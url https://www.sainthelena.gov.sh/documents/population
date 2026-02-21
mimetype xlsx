--- v0 (2025-12-13)
+++ v1 (2026-02-21)
@@ -32,51 +32,51 @@
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\Corporate Services\Corporate Policy &amp; Planning\Statistics\Databanks\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9384"/>
   </bookViews>
   <sheets>
     <sheet name="About" sheetId="5" r:id="rId1"/>
     <sheet name="Month" sheetId="2" r:id="rId2"/>
     <sheet name="Year" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Month!$A$1:$F$40</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2858" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2894" uniqueCount="335">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>2010, 01</t>
   </si>
   <si>
     <t>2010, 02</t>
   </si>
   <si>
     <t>2010, 03</t>
   </si>
   <si>
     <t>2010, 04</t>
   </si>
   <si>
@@ -1037,51 +1037,51 @@
   <si>
     <t>Three year averages (t-1, t, t+1)</t>
   </si>
   <si>
     <t>2025, 02</t>
   </si>
   <si>
     <t>2025, 03</t>
   </si>
   <si>
     <t>Resident St Helenian population, based on ten-year average death rates (t-10, t)</t>
   </si>
   <si>
     <t xml:space="preserve">February 2025: Population estimates for residents and visitors, and for Saints and non-Saints, are not available from November 2024 onwards. This is due to the changes made by the Immigration Service in the data they collect from arrivals of St Helenian nationals. Alternative methods for making these classifications are being developed. </t>
   </si>
   <si>
     <t>2025, 04</t>
   </si>
   <si>
     <t>2025, 05</t>
   </si>
   <si>
     <t>2025, 06</t>
   </si>
   <si>
-    <t xml:space="preserve">This file was last updated on October 21, 2025. </t>
+    <t xml:space="preserve">This file was last updated on July 30, 2025. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1297,51 +1297,51 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="81">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -1466,53 +1466,50 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="123" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="127">
     <cellStyle name="Comma 2" xfId="3"/>
     <cellStyle name="Comma 2 2" xfId="117"/>
     <cellStyle name="Comma 2 2 2" xfId="120"/>
     <cellStyle name="Comma 2 3" xfId="118"/>
     <cellStyle name="Comma 2 4" xfId="121"/>
     <cellStyle name="Comma 2 5" xfId="125"/>
     <cellStyle name="Comma 2 6" xfId="126"/>
     <cellStyle name="Comma 3" xfId="105"/>
     <cellStyle name="Comma 3 2" xfId="119"/>
     <cellStyle name="Comma 4" xfId="122"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="4"/>
     <cellStyle name="Normal 10 2" xfId="5"/>
     <cellStyle name="Normal 10 3" xfId="6"/>
     <cellStyle name="Normal 11" xfId="7"/>
     <cellStyle name="Normal 11 2" xfId="8"/>
     <cellStyle name="Normal 11 2 2" xfId="90"/>
     <cellStyle name="Normal 11 3" xfId="67"/>
     <cellStyle name="Normal 12" xfId="9"/>
     <cellStyle name="Normal 12 2" xfId="10"/>
     <cellStyle name="Normal 12 2 2" xfId="68"/>
     <cellStyle name="Normal 12 3" xfId="11"/>
     <cellStyle name="Normal 13" xfId="12"/>
@@ -1899,51 +1896,53 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:XFD28"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="A12" sqref="A12"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="184" style="12" customWidth="1"/>
     <col min="2" max="2" width="39.6640625" style="12" customWidth="1"/>
     <col min="3" max="3" width="9.109375" style="12"/>
     <col min="4" max="4" width="9.109375" style="11"/>
     <col min="5" max="5" width="18.109375" style="12" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.33203125" style="12" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.109375" style="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.88671875" style="12" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="42.44140625" style="12" customWidth="1"/>
     <col min="10" max="16384" width="9.109375" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16384" s="13" customFormat="1" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A1" s="20" t="s">
         <v>313</v>
       </c>
       <c r="D1" s="21"/>
     </row>
     <row r="2" spans="1:16384" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="22" t="s">
         <v>334</v>
       </c>
@@ -18555,79 +18554,77 @@
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.3">
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.3">
       <c r="G27" s="28"/>
       <c r="H27" s="28"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.3">
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:GJ40"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="FR2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="GE2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="GL20" sqref="GL20"/>
+      <selection pane="bottomRight" activeCell="GO13" sqref="GO13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="30.88671875" style="59" customWidth="1"/>
     <col min="2" max="2" width="50.5546875" style="59" customWidth="1"/>
     <col min="3" max="3" width="15.5546875" style="59" customWidth="1"/>
     <col min="4" max="4" width="36.5546875" style="59" customWidth="1"/>
     <col min="5" max="5" width="24.5546875" style="59" customWidth="1"/>
     <col min="6" max="6" width="11.6640625" style="60" customWidth="1"/>
     <col min="7" max="157" width="9.109375" style="59" customWidth="1"/>
     <col min="158" max="160" width="9.109375" style="59"/>
     <col min="161" max="161" width="9.109375" style="58"/>
     <col min="162" max="162" width="9.109375" style="59"/>
     <col min="163" max="165" width="9.109375" style="58"/>
     <col min="166" max="166" width="9.109375" style="59"/>
     <col min="167" max="169" width="9.109375" style="58"/>
     <col min="170" max="170" width="9.109375" style="59"/>
     <col min="171" max="171" width="9.109375" style="58" customWidth="1"/>
-    <col min="172" max="174" width="9.109375" style="58"/>
-[...4 lines deleted...]
-    <col min="186" max="187" width="9.109375" style="71"/>
+    <col min="172" max="177" width="9.109375" style="58"/>
+    <col min="178" max="180" width="9.109375" style="59"/>
+    <col min="181" max="184" width="9.109375" style="58"/>
+    <col min="185" max="187" width="9.109375" style="71"/>
     <col min="188" max="16384" width="9.109375" style="59"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:192" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A1" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="48" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="48" t="s">
         <v>172</v>
       </c>
       <c r="D1" s="49" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="48" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="50" t="s">
         <v>292</v>
       </c>
       <c r="G1" s="55" t="s">
         <v>4</v>
       </c>
@@ -20296,67 +20293,67 @@
       </c>
       <c r="FW3" s="69">
         <v>128</v>
       </c>
       <c r="FX3" s="69">
         <v>91</v>
       </c>
       <c r="FY3" s="69">
         <v>127</v>
       </c>
       <c r="FZ3" s="69">
         <v>89</v>
       </c>
       <c r="GA3" s="69">
         <v>174</v>
       </c>
       <c r="GB3" s="69">
         <v>151</v>
       </c>
       <c r="GC3" s="72">
         <v>187</v>
       </c>
       <c r="GD3" s="72">
         <v>508</v>
       </c>
-      <c r="GE3" s="72">
-[...15 lines deleted...]
-        <v>124</v>
+      <c r="GE3" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GF3" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GG3" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GH3" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GI3" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GJ3" s="72" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="4" spans="1:192" x14ac:dyDescent="0.3">
       <c r="A4" s="51" t="s">
         <v>257</v>
       </c>
       <c r="B4" s="59" t="s">
         <v>163</v>
       </c>
       <c r="C4" s="59" t="s">
         <v>173</v>
       </c>
       <c r="D4" s="59" t="s">
         <v>278</v>
       </c>
       <c r="F4" s="60" t="s">
         <v>294</v>
       </c>
       <c r="G4" s="71">
         <v>135</v>
       </c>
       <c r="H4" s="71">
         <v>287</v>
       </c>
       <c r="I4" s="71">
@@ -20871,67 +20868,67 @@
       </c>
       <c r="FW4" s="71">
         <v>146</v>
       </c>
       <c r="FX4" s="71">
         <v>105</v>
       </c>
       <c r="FY4" s="71">
         <v>111</v>
       </c>
       <c r="FZ4" s="71">
         <v>114</v>
       </c>
       <c r="GA4" s="71">
         <v>141</v>
       </c>
       <c r="GB4" s="71">
         <v>177</v>
       </c>
       <c r="GC4" s="72">
         <v>235</v>
       </c>
       <c r="GD4" s="72">
         <v>212</v>
       </c>
-      <c r="GE4" s="80">
-[...15 lines deleted...]
-        <v>154</v>
+      <c r="GE4" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GF4" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GG4" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GH4" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GI4" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GJ4" s="72" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="5" spans="1:192" x14ac:dyDescent="0.3">
       <c r="A5" s="51" t="s">
         <v>259</v>
       </c>
       <c r="B5" s="59" t="s">
         <v>263</v>
       </c>
       <c r="C5" s="59" t="s">
         <v>173</v>
       </c>
       <c r="D5" s="59" t="s">
         <v>278</v>
       </c>
       <c r="F5" s="60" t="s">
         <v>294</v>
       </c>
       <c r="G5" s="58" t="s">
         <v>211</v>
       </c>
       <c r="H5" s="58" t="s">
         <v>211</v>
       </c>
       <c r="I5" s="58" t="s">
@@ -23171,67 +23168,67 @@
       </c>
       <c r="FW8" s="73">
         <v>121</v>
       </c>
       <c r="FX8" s="73">
         <v>142</v>
       </c>
       <c r="FY8" s="73">
         <v>175</v>
       </c>
       <c r="FZ8" s="73">
         <v>149</v>
       </c>
       <c r="GA8" s="73">
         <v>108</v>
       </c>
       <c r="GB8" s="73">
         <v>94</v>
       </c>
       <c r="GC8" s="72">
         <v>149</v>
       </c>
       <c r="GD8" s="72">
         <v>210</v>
       </c>
-      <c r="GE8" s="72">
-[...15 lines deleted...]
-        <v>161</v>
+      <c r="GE8" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GF8" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GG8" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GH8" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GI8" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GJ8" s="72" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="9" spans="1:192" x14ac:dyDescent="0.3">
       <c r="A9" s="59" t="s">
         <v>258</v>
       </c>
       <c r="B9" s="59" t="s">
         <v>164</v>
       </c>
       <c r="C9" s="59" t="s">
         <v>173</v>
       </c>
       <c r="D9" s="59" t="s">
         <v>278</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>294</v>
       </c>
       <c r="G9" s="71">
         <v>131</v>
       </c>
       <c r="H9" s="71">
         <v>205</v>
       </c>
       <c r="I9" s="71">
@@ -23746,67 +23743,67 @@
       </c>
       <c r="FW9" s="71">
         <v>179</v>
       </c>
       <c r="FX9" s="71">
         <v>107</v>
       </c>
       <c r="FY9" s="71">
         <v>98</v>
       </c>
       <c r="FZ9" s="71">
         <v>109</v>
       </c>
       <c r="GA9" s="71">
         <v>123</v>
       </c>
       <c r="GB9" s="71">
         <v>158</v>
       </c>
       <c r="GC9" s="72">
         <v>171</v>
       </c>
       <c r="GD9" s="72">
         <v>280</v>
       </c>
-      <c r="GE9" s="80">
-[...15 lines deleted...]
-        <v>134</v>
+      <c r="GE9" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GF9" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GG9" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GH9" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GI9" s="72" t="s">
+        <v>211</v>
+      </c>
+      <c r="GJ9" s="72" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="10" spans="1:192" x14ac:dyDescent="0.3">
       <c r="A10" s="59" t="s">
         <v>261</v>
       </c>
       <c r="B10" s="59" t="s">
         <v>265</v>
       </c>
       <c r="C10" s="59" t="s">
         <v>173</v>
       </c>
       <c r="D10" s="59" t="s">
         <v>278</v>
       </c>
       <c r="F10" s="60" t="s">
         <v>294</v>
       </c>
       <c r="G10" s="58" t="s">
         <v>211</v>
       </c>
       <c r="H10" s="58" t="s">
         <v>211</v>
       </c>
       <c r="I10" s="58" t="s">
@@ -28943,51 +28940,51 @@
       <c r="FW18" s="59">
         <v>4190</v>
       </c>
       <c r="FX18" s="59">
         <v>4136</v>
       </c>
       <c r="FY18" s="58">
         <v>4101</v>
       </c>
       <c r="FZ18" s="58">
         <v>4044</v>
       </c>
       <c r="GA18" s="58">
         <v>4126</v>
       </c>
       <c r="GB18" s="58">
         <v>4196</v>
       </c>
       <c r="GC18" s="71">
         <v>4288</v>
       </c>
       <c r="GD18" s="71">
         <v>4514</v>
       </c>
       <c r="GE18" s="71">
-        <v>4295</v>
+        <v>4293</v>
       </c>
       <c r="GF18" s="71">
         <v>4282</v>
       </c>
       <c r="GG18" s="71">
         <v>4217</v>
       </c>
       <c r="GH18" s="71">
         <v>4173</v>
       </c>
       <c r="GI18" s="71">
         <v>4146</v>
       </c>
       <c r="GJ18" s="71">
         <v>4122</v>
       </c>
     </row>
     <row r="19" spans="1:192" x14ac:dyDescent="0.3">
       <c r="A19" s="51" t="s">
         <v>213</v>
       </c>
       <c r="B19" s="52" t="s">
         <v>160</v>
       </c>
       <c r="C19" s="59" t="s">
@@ -29520,67 +29517,67 @@
       </c>
       <c r="FW19" s="59">
         <v>3925</v>
       </c>
       <c r="FX19" s="59">
         <v>3873</v>
       </c>
       <c r="FY19" s="59">
         <v>3825</v>
       </c>
       <c r="FZ19" s="59">
         <v>3763</v>
       </c>
       <c r="GA19" s="59">
         <v>3827</v>
       </c>
       <c r="GB19" s="59">
         <v>3878</v>
       </c>
       <c r="GC19" s="71">
         <v>3904</v>
       </c>
       <c r="GD19" s="71">
         <v>4198</v>
       </c>
-      <c r="GE19" s="71">
-[...15 lines deleted...]
-        <v>3754</v>
+      <c r="GE19" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GF19" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GG19" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GH19" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GI19" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GJ19" s="71" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="20" spans="1:192" x14ac:dyDescent="0.3">
       <c r="A20" s="51" t="s">
         <v>214</v>
       </c>
       <c r="B20" s="52" t="s">
         <v>171</v>
       </c>
       <c r="C20" s="59" t="s">
         <v>174</v>
       </c>
       <c r="D20" s="51" t="s">
         <v>123</v>
       </c>
       <c r="E20" s="52" t="s">
         <v>237</v>
       </c>
       <c r="F20" s="60" t="s">
         <v>294</v>
       </c>
       <c r="G20" s="58">
         <v>131</v>
       </c>
       <c r="H20" s="58">
@@ -30098,67 +30095,67 @@
       </c>
       <c r="FW20" s="59">
         <v>265</v>
       </c>
       <c r="FX20" s="59">
         <v>263</v>
       </c>
       <c r="FY20" s="59">
         <v>276</v>
       </c>
       <c r="FZ20" s="59">
         <v>281</v>
       </c>
       <c r="GA20" s="59">
         <v>299</v>
       </c>
       <c r="GB20" s="59">
         <v>318</v>
       </c>
       <c r="GC20" s="71">
         <v>384</v>
       </c>
       <c r="GD20" s="71">
         <v>316</v>
       </c>
-      <c r="GE20" s="71">
-[...15 lines deleted...]
-        <v>368</v>
+      <c r="GE20" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GF20" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GG20" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GH20" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GI20" s="71" t="s">
+        <v>211</v>
+      </c>
+      <c r="GJ20" s="71" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="21" spans="1:192" x14ac:dyDescent="0.3">
       <c r="A21" s="59" t="s">
         <v>215</v>
       </c>
       <c r="B21" s="59" t="s">
         <v>168</v>
       </c>
       <c r="C21" s="59" t="s">
         <v>174</v>
       </c>
       <c r="D21" s="51" t="s">
         <v>123</v>
       </c>
       <c r="E21" s="52" t="s">
         <v>235</v>
       </c>
       <c r="F21" s="60" t="s">
         <v>294</v>
       </c>
       <c r="G21" s="59">
         <v>3961</v>
       </c>
       <c r="H21" s="59">
@@ -43996,50 +43993,65 @@
       <c r="AU21" s="41"/>
     </row>
     <row r="22" spans="26:58" x14ac:dyDescent="0.3">
       <c r="AS22" s="40"/>
       <c r="AU22" s="41"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FA7CC9C01A01214D806DA3AF257C230A" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9356f25f0898e190126f25044d1ea66b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c64490b4aec6201516c3a874156f37b2">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -44109,100 +44121,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4118D76E-9E03-4951-A12B-C1E21B7BEDC5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F64E3B4-6D9A-4598-AEA2-BF2B469D499C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F0C0A06-9742-4BD8-B844-1CA824B0E124}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F64E3B4-6D9A-4598-AEA2-BF2B469D499C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4118D76E-9E03-4951-A12B-C1E21B7BEDC5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Month</vt:lpstr>
       <vt:lpstr>Year</vt:lpstr>
     </vt:vector>