--- v0 (2025-12-18)
+++ v1 (2026-01-29)
@@ -1,83 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\shgsharepoint\DavWWWRoot\services\sppu\statistics\statisticswork\Databank\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\Corporate Services\Corporate Policy &amp; Planning\Statistics\Databanks\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14580" tabRatio="755"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9372" tabRatio="755"/>
   </bookViews>
   <sheets>
     <sheet name="About" sheetId="13" r:id="rId1"/>
     <sheet name="Quarterly" sheetId="18" r:id="rId2"/>
     <sheet name="Annual" sheetId="17" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="a">#REF!,#REF!</definedName>
     <definedName name="About">About!$A$2:$H$42</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <customWorkbookViews>
     <customWorkbookView name="Natasha Stevens - Personal View" guid="{F09F7AC7-AFB1-4528-882D-64F3BA45AA1D}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1920" windowHeight="855" tabRatio="755" activeSheetId="7"/>
     <customWorkbookView name="Justine Joshua - Personal View" guid="{F6DEE78C-D331-4A00-8176-F1368F0DC044}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1920" windowHeight="855" tabRatio="755" activeSheetId="3"/>
   </customWorkbookViews>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="CF10" i="17" l="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="810" uniqueCount="253">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>..</t>
   </si>
   <si>
     <t>Tuna</t>
   </si>
   <si>
     <t>Wahoo</t>
   </si>
   <si>
     <t>Mackerel</t>
   </si>
   <si>
     <t>Grouper</t>
   </si>
   <si>
     <t>Cavalley</t>
   </si>
   <si>
     <t>Bullseye</t>
   </si>
   <si>
@@ -689,62 +696,155 @@
   <si>
     <t xml:space="preserve">Code </t>
   </si>
   <si>
     <t>Landed weight (wet)</t>
   </si>
   <si>
     <t>No longer collected after 2012 when sales were privatized</t>
   </si>
   <si>
     <t>2018, Q1</t>
   </si>
   <si>
     <t>2018, Q2</t>
   </si>
   <si>
     <t>2018, Q3</t>
   </si>
   <si>
     <t>2018, Q4</t>
   </si>
   <si>
     <t>2019, Q1</t>
   </si>
   <si>
-    <t>2019,Q2</t>
+    <t>2020, Q1</t>
   </si>
   <si>
-    <t>2019,Q3</t>
+    <t>2019, Q2</t>
   </si>
   <si>
-    <t>2019,Q4</t>
+    <t>2019, Q3</t>
   </si>
   <si>
-    <t xml:space="preserve">This file contains data on production from 1945, includuing results from the livestock censuses, meat production, fishing, and forestry. It is compiled by the Statistics Office of the St Helena Government from data from various sources, including the Fisheries Corporation and the Agricultture and Natural Resources Department. It is updated each quarter. Blank cells or ".." in the data series mean that the data are not available or not applicable; a zero is represented by "0".
-[...1 lines deleted...]
-This file was last updated on Febuary 27, 2020. </t>
+    <t>2019, Q4</t>
+  </si>
+  <si>
+    <t>2020, Q2</t>
+  </si>
+  <si>
+    <t>June 2020: During the first quarter of 2020, the St Helena Fisheries Corporation closed. This resulted in fish stock being sold directly from local vendors and consequently full data for February onwards could not be captured.</t>
+  </si>
+  <si>
+    <t>2020, Q3</t>
+  </si>
+  <si>
+    <t>LIVESTOCK.BEE HIVES</t>
+  </si>
+  <si>
+    <t>LIVESTOCK.OTHER</t>
+  </si>
+  <si>
+    <t>Bee Hives</t>
+  </si>
+  <si>
+    <t>Dogs, Cats &amp; Other</t>
+  </si>
+  <si>
+    <t>2020, Q4</t>
+  </si>
+  <si>
+    <t>2021, Q1</t>
+  </si>
+  <si>
+    <t>2021, Q2</t>
+  </si>
+  <si>
+    <t>2021, Q3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2021 Q2: Data only for April &amp; May. Please note that due to the change of management at the Fisheries only limited data is available from Q2 2021. </t>
+  </si>
+  <si>
+    <t>2021, Q4</t>
+  </si>
+  <si>
+    <t>2022, Q1</t>
+  </si>
+  <si>
+    <t>2022, Q2</t>
+  </si>
+  <si>
+    <t>2022, Q3</t>
+  </si>
+  <si>
+    <t>2022, Q4</t>
+  </si>
+  <si>
+    <t>2023, Q1</t>
+  </si>
+  <si>
+    <t>2023, Q2</t>
+  </si>
+  <si>
+    <t>2023, Q3</t>
+  </si>
+  <si>
+    <t>2023, Q4</t>
+  </si>
+  <si>
+    <t>November 2024: Animal Slaughter &amp; Meat Production figures have been revised from 2014 onwards due to revised methodology.</t>
+  </si>
+  <si>
+    <t>2024, Q1</t>
+  </si>
+  <si>
+    <t>2024, Q2</t>
+  </si>
+  <si>
+    <t>2024, Q3</t>
+  </si>
+  <si>
+    <t>2024, Q4</t>
+  </si>
+  <si>
+    <t>2025, Q1</t>
+  </si>
+  <si>
+    <t>2025, Q2</t>
+  </si>
+  <si>
+    <t>2025, Q3</t>
+  </si>
+  <si>
+    <t>October 2025: Fish data is no longer available.</t>
+  </si>
+  <si>
+    <t>This file contains data on production from 1945, including results from the livestock censuses, meat production, fishing, and forestry. It is compiled by the Statistics Office of the St Helena Government from data from various sources, including the Fisheries Corporation and the Environment, Natural Resources &amp; Planning Portfolio. It is updated each quarter. Blank cells or ".." in the data series mean that the data are not available or not applicable; a zero is represented by "0".
+Please contact the Statistics Office with any questions or queries, or requests for additional analyses. Telephone 22138 within St Helena, or +290 22138 if dialling internationally. Alternatively, contact us by email on statistics@sainthelena.gov.sh or visit our web site at https://www.sainthelena.gov.sh/st-helena/statistics/.
+This file was last updated on October 22, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="11">
     <numFmt numFmtId="44" formatCode="_-&quot;£&quot;* #,##0.00_-;\-&quot;£&quot;* #,##0.00_-;_-&quot;£&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_)_£_ ;_ * \(#,##0.00\)_£_ ;_ * &quot;-&quot;??_)_£_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="&quot; &quot;#,##0.00&quot; &quot;;&quot;-&quot;#,##0.00&quot; &quot;;&quot; -&quot;00&quot; &quot;;&quot; &quot;@&quot; &quot;"/>
     <numFmt numFmtId="168" formatCode="&quot; &quot;#,##0.00&quot; &quot;;&quot; (&quot;#,##0.00&quot;)&quot;;&quot; -&quot;00&quot; &quot;;&quot; &quot;@&quot; &quot;"/>
     <numFmt numFmtId="169" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* \-??_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="&quot; &quot;[$£]#,##0.00&quot; &quot;;&quot;-&quot;[$£]#,##0.00&quot; &quot;;&quot; &quot;[$£]&quot;-&quot;00&quot; &quot;;&quot; &quot;@&quot; &quot;"/>
     <numFmt numFmtId="171" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="59">
     <font>
       <sz val="8"/>
       <name val="Arial MT"/>
     </font>
     <font>
@@ -5586,76 +5686,75 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="4" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="172" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="4" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="3" fontId="47" fillId="0" borderId="0" xfId="235" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -5666,50 +5765,68 @@
     </xf>
     <xf numFmtId="165" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="172" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="58" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="172" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="172" fontId="55" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="172" fontId="55" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="47" fillId="0" borderId="0" xfId="235" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="172" fontId="55" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="4034">
     <cellStyle name="20% - Accent1 2" xfId="1"/>
     <cellStyle name="20% - Accent1 2 2" xfId="2"/>
     <cellStyle name="20% - Accent2 2" xfId="3"/>
     <cellStyle name="20% - Accent2 2 2" xfId="4"/>
     <cellStyle name="20% - Accent3 2" xfId="5"/>
     <cellStyle name="20% - Accent3 2 2" xfId="6"/>
     <cellStyle name="20% - Accent4 2" xfId="7"/>
     <cellStyle name="20% - Accent4 2 2" xfId="8"/>
     <cellStyle name="20% - Accent5 2" xfId="9"/>
     <cellStyle name="20% - Accent5 2 2" xfId="10"/>
     <cellStyle name="20% - Accent6 2" xfId="11"/>
     <cellStyle name="20% - Accent6 2 2" xfId="12"/>
     <cellStyle name="40% - Accent1 2" xfId="13"/>
     <cellStyle name="40% - Accent1 2 2" xfId="14"/>
     <cellStyle name="40% - Accent2 2" xfId="15"/>
     <cellStyle name="40% - Accent2 2 2" xfId="16"/>
     <cellStyle name="40% - Accent3 2" xfId="17"/>
     <cellStyle name="40% - Accent3 2 2" xfId="18"/>
     <cellStyle name="40% - Accent4 2" xfId="19"/>
     <cellStyle name="40% - Accent4 2 2" xfId="20"/>
     <cellStyle name="40% - Accent5 2" xfId="21"/>
     <cellStyle name="40% - Accent5 2 2" xfId="22"/>
     <cellStyle name="40% - Accent6 2" xfId="23"/>
@@ -9722,51 +9839,51 @@
     <cellStyle name="Title 2 2" xfId="4027"/>
     <cellStyle name="Total 2" xfId="4028"/>
     <cellStyle name="Total 2 2" xfId="4029"/>
     <cellStyle name="Warning Text 2" xfId="4030"/>
     <cellStyle name="Warning Text 2 2" xfId="4031"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10071,80 +10188,106 @@
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G42"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="A22" sqref="A22"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="185.33203125" style="6" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="9.1640625" style="1"/>
+    <col min="1" max="1" width="185.28515625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="32.7109375" style="7" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.140625" style="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="84.42578125" style="6" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="7.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="120">
+    <row r="1" spans="1:2" ht="115.2">
       <c r="A1" s="11" t="s">
-        <v>221</v>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" s="6" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" s="6" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" s="6" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" s="6" t="s">
+        <v>251</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" s="6"/>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" s="6"/>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" s="6"/>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" s="6"/>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" s="6"/>
     </row>
     <row r="14" spans="1:2">
       <c r="B14" s="6"/>
     </row>
     <row r="15" spans="1:2">
       <c r="B15" s="6"/>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" s="6"/>
@@ -10214,118 +10357,86 @@
       <c r="A37" s="9"/>
       <c r="B37" s="9"/>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" s="9"/>
       <c r="B38" s="9"/>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" s="9"/>
       <c r="B39" s="9"/>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" s="10"/>
       <c r="B40" s="10"/>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" s="10"/>
       <c r="B41" s="10"/>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" s="10"/>
       <c r="B42" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:DI29"/>
+  <dimension ref="A1:EF29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="5" ySplit="1" topLeftCell="CU2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="5" ySplit="1" topLeftCell="DV2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="DI1" sqref="DI1"/>
+      <selection pane="bottomRight" activeCell="EF1" sqref="EF1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="28.83203125" bestFit="1" customWidth="1"/>
-[...47 lines deleted...]
-    <col min="113" max="113" width="10.6640625" style="37" customWidth="1"/>
+    <col min="1" max="1" width="28.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="34.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="26.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="26.140625" customWidth="1"/>
+    <col min="6" max="105" width="10.42578125" customWidth="1"/>
+    <col min="106" max="109" width="10.42578125" style="17" customWidth="1"/>
+    <col min="110" max="110" width="10.42578125" style="27" customWidth="1"/>
+    <col min="111" max="112" width="10.42578125" customWidth="1"/>
+    <col min="113" max="113" width="10.42578125" style="36" customWidth="1"/>
+    <col min="114" max="115" width="10.42578125" style="27" customWidth="1"/>
+    <col min="116" max="117" width="10.42578125" style="37" customWidth="1"/>
+    <col min="118" max="121" width="10.42578125" style="28" customWidth="1"/>
+    <col min="122" max="123" width="10.42578125" style="45" customWidth="1"/>
+    <col min="124" max="124" width="10.42578125" style="46" customWidth="1"/>
+    <col min="125" max="125" width="10.42578125" style="45" customWidth="1"/>
+    <col min="126" max="136" width="10.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:113" s="5" customFormat="1">
+    <row r="1" spans="1:136" s="5" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>210</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>209</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>66</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>67</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I1" s="4" t="s">
@@ -10597,76 +10708,145 @@
       </c>
       <c r="CT1" s="4" t="s">
         <v>158</v>
       </c>
       <c r="CU1" s="4" t="s">
         <v>159</v>
       </c>
       <c r="CV1" s="4" t="s">
         <v>160</v>
       </c>
       <c r="CW1" s="4" t="s">
         <v>161</v>
       </c>
       <c r="CX1" s="4" t="s">
         <v>162</v>
       </c>
       <c r="CY1" s="4" t="s">
         <v>163</v>
       </c>
       <c r="CZ1" s="4" t="s">
         <v>164</v>
       </c>
       <c r="DA1" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="DB1" s="19" t="s">
+      <c r="DB1" s="18" t="s">
         <v>213</v>
       </c>
-      <c r="DC1" s="20" t="s">
+      <c r="DC1" s="19" t="s">
         <v>214</v>
       </c>
-      <c r="DD1" s="20" t="s">
+      <c r="DD1" s="19" t="s">
         <v>215</v>
       </c>
-      <c r="DE1" s="20" t="s">
+      <c r="DE1" s="19" t="s">
         <v>216</v>
       </c>
-      <c r="DF1" s="26" t="s">
+      <c r="DF1" s="25" t="s">
         <v>217</v>
       </c>
-      <c r="DG1" s="26" t="s">
+      <c r="DG1" s="25" t="s">
+        <v>219</v>
+      </c>
+      <c r="DH1" s="25" t="s">
+        <v>220</v>
+      </c>
+      <c r="DI1" s="35" t="s">
+        <v>221</v>
+      </c>
+      <c r="DJ1" s="25" t="s">
         <v>218</v>
       </c>
-      <c r="DH1" s="26" t="s">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="DK1" s="25" t="s">
+        <v>222</v>
+      </c>
+      <c r="DL1" s="38" t="s">
+        <v>224</v>
+      </c>
+      <c r="DM1" s="38" t="s">
+        <v>229</v>
+      </c>
+      <c r="DN1" s="41" t="s">
+        <v>230</v>
+      </c>
+      <c r="DO1" s="41" t="s">
+        <v>231</v>
+      </c>
+      <c r="DP1" s="41" t="s">
+        <v>232</v>
+      </c>
+      <c r="DQ1" s="41" t="s">
+        <v>234</v>
+      </c>
+      <c r="DR1" s="44" t="s">
+        <v>235</v>
+      </c>
+      <c r="DS1" s="44" t="s">
+        <v>236</v>
+      </c>
+      <c r="DT1" s="44" t="s">
+        <v>237</v>
+      </c>
+      <c r="DU1" s="44" t="s">
+        <v>238</v>
+      </c>
+      <c r="DV1" s="44" t="s">
+        <v>239</v>
+      </c>
+      <c r="DW1" s="44" t="s">
+        <v>240</v>
+      </c>
+      <c r="DX1" s="44" t="s">
+        <v>241</v>
+      </c>
+      <c r="DY1" s="44" t="s">
+        <v>242</v>
+      </c>
+      <c r="DZ1" s="44" t="s">
+        <v>244</v>
+      </c>
+      <c r="EA1" s="44" t="s">
+        <v>245</v>
+      </c>
+      <c r="EB1" s="44" t="s">
+        <v>246</v>
+      </c>
+      <c r="EC1" s="44" t="s">
+        <v>247</v>
+      </c>
+      <c r="ED1" s="44" t="s">
+        <v>248</v>
+      </c>
+      <c r="EE1" s="44" t="s">
+        <v>249</v>
+      </c>
+      <c r="EF1" s="44" t="s">
+        <v>250</v>
       </c>
     </row>
-    <row r="2" spans="1:113">
+    <row r="2" spans="1:136">
       <c r="A2" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>211</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
@@ -10922,76 +11102,145 @@
       </c>
       <c r="CT2" s="3">
         <v>51.88</v>
       </c>
       <c r="CU2" s="3">
         <v>207.36</v>
       </c>
       <c r="CV2" s="3">
         <v>61.83</v>
       </c>
       <c r="CW2" s="3">
         <v>88.4</v>
       </c>
       <c r="CX2" s="3">
         <v>74.650000000000006</v>
       </c>
       <c r="CY2" s="3">
         <v>78.16</v>
       </c>
       <c r="CZ2" s="3">
         <v>64.92</v>
       </c>
       <c r="DA2" s="3">
         <v>83.18</v>
       </c>
-      <c r="DB2" s="21">
+      <c r="DB2" s="20">
         <v>78.8</v>
       </c>
-      <c r="DC2" s="21">
+      <c r="DC2" s="20">
         <v>80.14</v>
       </c>
-      <c r="DD2" s="21">
+      <c r="DD2" s="20">
         <v>53.990000000000016</v>
       </c>
-      <c r="DE2" s="21">
+      <c r="DE2" s="20">
         <v>56.12</v>
       </c>
-      <c r="DF2" s="27">
+      <c r="DF2" s="26">
         <v>104.89</v>
       </c>
-      <c r="DG2" s="21">
+      <c r="DG2" s="20">
         <v>175.5</v>
       </c>
-      <c r="DH2" s="21">
+      <c r="DH2" s="20">
         <v>27.85</v>
       </c>
-      <c r="DI2" s="31">
+      <c r="DI2" s="30">
         <v>21.1</v>
       </c>
+      <c r="DJ2" s="26">
+        <v>23.01</v>
+      </c>
+      <c r="DK2" s="26">
+        <v>22.15</v>
+      </c>
+      <c r="DL2" s="29">
+        <v>22.47</v>
+      </c>
+      <c r="DM2" s="29">
+        <v>21.68</v>
+      </c>
+      <c r="DN2" s="26">
+        <v>26.08</v>
+      </c>
+      <c r="DO2" s="26">
+        <v>19.559999999999999</v>
+      </c>
+      <c r="DP2" s="26">
+        <v>7.01</v>
+      </c>
+      <c r="DQ2" s="26">
+        <v>17.091999999999999</v>
+      </c>
+      <c r="DR2" s="26">
+        <v>19.943999999999999</v>
+      </c>
+      <c r="DS2" s="26">
+        <v>34.450000000000003</v>
+      </c>
+      <c r="DT2" s="26">
+        <v>20.343</v>
+      </c>
+      <c r="DU2" s="26">
+        <v>19.779999999999994</v>
+      </c>
+      <c r="DV2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE2" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF2" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="3" spans="1:113">
+    <row r="3" spans="1:136">
       <c r="A3" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E3" s="1"/>
       <c r="F3" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3">
@@ -11245,76 +11494,145 @@
       </c>
       <c r="CT3" s="3">
         <v>36.837369999999993</v>
       </c>
       <c r="CU3" s="3">
         <v>94.264949999999999</v>
       </c>
       <c r="CV3" s="3">
         <v>41.827889999999996</v>
       </c>
       <c r="CW3" s="3">
         <v>56.292279999999998</v>
       </c>
       <c r="CX3" s="3">
         <v>46.613</v>
       </c>
       <c r="CY3" s="3">
         <v>64.590999999999994</v>
       </c>
       <c r="CZ3" s="3">
         <v>54.375</v>
       </c>
       <c r="DA3" s="3">
         <v>65.376000000000005</v>
       </c>
-      <c r="DB3" s="21">
+      <c r="DB3" s="20">
         <v>53.598999999999997</v>
       </c>
-      <c r="DC3" s="21">
+      <c r="DC3" s="20">
         <v>69.531610000000001</v>
       </c>
-      <c r="DD3" s="22">
+      <c r="DD3" s="21">
         <v>48.158029999999997</v>
       </c>
-      <c r="DE3" s="21">
+      <c r="DE3" s="20">
         <v>46.278419999999997</v>
       </c>
-      <c r="DF3" s="27">
+      <c r="DF3" s="26">
         <v>85.817300000000003</v>
       </c>
-      <c r="DG3" s="21">
+      <c r="DG3" s="20">
         <v>148.97842</v>
       </c>
-      <c r="DH3" s="22">
+      <c r="DH3" s="21">
         <v>27.45626</v>
       </c>
-      <c r="DI3" s="37">
+      <c r="DI3" s="36">
         <v>21.072859999999999</v>
       </c>
+      <c r="DJ3" s="34">
+        <v>4.8610800000000003</v>
+      </c>
+      <c r="DK3" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="DL3" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="DM3" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="DN3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DO3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DP3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DQ3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DR3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DS3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DT3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DU3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DV3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF3" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="4" spans="1:113">
+    <row r="4" spans="1:136">
       <c r="A4" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
@@ -11566,76 +11884,145 @@
       </c>
       <c r="CT4" s="3">
         <v>14.025471</v>
       </c>
       <c r="CU4" s="3">
         <v>14.932109999999998</v>
       </c>
       <c r="CV4" s="3">
         <v>13.572929999999999</v>
       </c>
       <c r="CW4" s="3">
         <v>14.212509999999998</v>
       </c>
       <c r="CX4" s="3">
         <v>14.426539999999999</v>
       </c>
       <c r="CY4" s="3">
         <v>15.026179999999998</v>
       </c>
       <c r="CZ4" s="3">
         <v>15.414199999999999</v>
       </c>
       <c r="DA4" s="3">
         <v>14.314440000000001</v>
       </c>
-      <c r="DB4" s="21">
+      <c r="DB4" s="20">
         <v>17.431999999999999</v>
       </c>
-      <c r="DC4" s="21">
+      <c r="DC4" s="20">
         <v>18.088999999999999</v>
       </c>
-      <c r="DD4" s="21">
+      <c r="DD4" s="20">
         <v>16.399999999999999</v>
       </c>
-      <c r="DE4" s="21">
+      <c r="DE4" s="20">
         <v>15.47</v>
       </c>
-      <c r="DF4" s="27">
+      <c r="DF4" s="26">
         <v>15.128640000000001</v>
       </c>
-      <c r="DG4" s="21">
+      <c r="DG4" s="20">
         <v>13.18277</v>
       </c>
-      <c r="DH4" s="21">
+      <c r="DH4" s="20">
         <v>15.03537</v>
       </c>
-      <c r="DI4" s="31">
+      <c r="DI4" s="30">
         <v>16.508659000000002</v>
       </c>
+      <c r="DJ4" s="34">
+        <v>9.26</v>
+      </c>
+      <c r="DK4" s="34">
+        <v>13.32</v>
+      </c>
+      <c r="DL4" s="37">
+        <v>13.860440000000004</v>
+      </c>
+      <c r="DM4" s="37">
+        <v>14.76</v>
+      </c>
+      <c r="DN4" s="26">
+        <v>17.360209999999999</v>
+      </c>
+      <c r="DO4" s="26">
+        <v>11.06359</v>
+      </c>
+      <c r="DP4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DQ4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DR4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DS4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DT4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DU4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DV4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE4" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF4" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="5" spans="1:113">
+    <row r="5" spans="1:136">
       <c r="A5" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E5" s="1"/>
       <c r="F5" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3">
@@ -11885,76 +12272,145 @@
       </c>
       <c r="CT5" s="3">
         <v>37.885489999999997</v>
       </c>
       <c r="CU5" s="3">
         <v>48.107840000000003</v>
       </c>
       <c r="CV5" s="3">
         <v>37.752369999999999</v>
       </c>
       <c r="CW5" s="3">
         <v>39.61947</v>
       </c>
       <c r="CX5" s="3">
         <v>44.544199999999996</v>
       </c>
       <c r="CY5" s="3">
         <v>47.509749999999997</v>
       </c>
       <c r="CZ5" s="3">
         <v>46.479818000000002</v>
       </c>
       <c r="DA5" s="3">
         <v>42.759619999999998</v>
       </c>
-      <c r="DB5" s="21">
+      <c r="DB5" s="20">
         <v>47.241999999999997</v>
       </c>
-      <c r="DC5" s="21">
+      <c r="DC5" s="20">
         <v>59.361139999999999</v>
       </c>
-      <c r="DD5" s="21">
+      <c r="DD5" s="20">
         <v>47.638100000000001</v>
       </c>
-      <c r="DE5" s="21">
+      <c r="DE5" s="20">
         <v>47.959949999999999</v>
       </c>
-      <c r="DF5" s="27">
+      <c r="DF5" s="26">
         <v>51.029179999999997</v>
       </c>
-      <c r="DG5" s="21">
+      <c r="DG5" s="20">
         <v>49.375369999999997</v>
       </c>
-      <c r="DH5" s="22">
+      <c r="DH5" s="21">
         <v>50.741390000000003</v>
       </c>
-      <c r="DI5" s="31">
+      <c r="DI5" s="30">
         <v>51.690849999999998</v>
       </c>
+      <c r="DJ5" s="34">
+        <v>14.67713</v>
+      </c>
+      <c r="DK5" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="DL5" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="DM5" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="DN5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DO5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DP5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DQ5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DR5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DS5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DT5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DU5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DV5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE5" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF5" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="6" spans="1:113">
+    <row r="6" spans="1:136">
       <c r="A6" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
@@ -12210,76 +12666,145 @@
       </c>
       <c r="CT6" s="3">
         <v>84.819369999999992</v>
       </c>
       <c r="CU6" s="3">
         <v>23.43</v>
       </c>
       <c r="CV6" s="3">
         <v>161.73599999999999</v>
       </c>
       <c r="CW6" s="3">
         <v>42.788649999999997</v>
       </c>
       <c r="CX6" s="3">
         <v>74.28</v>
       </c>
       <c r="CY6" s="3">
         <v>62.305999999999997</v>
       </c>
       <c r="CZ6" s="3">
         <v>30.532</v>
       </c>
       <c r="DA6" s="3">
         <v>21.652999999999999</v>
       </c>
-      <c r="DB6" s="21">
+      <c r="DB6" s="20">
         <v>41.17</v>
       </c>
-      <c r="DC6" s="21">
+      <c r="DC6" s="20">
         <v>33.695</v>
       </c>
-      <c r="DD6" s="21">
+      <c r="DD6" s="20">
         <v>45.167000000000002</v>
       </c>
-      <c r="DE6" s="21">
+      <c r="DE6" s="20">
         <v>33.378329999999998</v>
       </c>
-      <c r="DF6" s="27">
+      <c r="DF6" s="26">
         <v>43.665559999999999</v>
       </c>
-      <c r="DG6" s="22">
+      <c r="DG6" s="21">
         <v>119.03667</v>
       </c>
-      <c r="DH6" s="22">
+      <c r="DH6" s="21">
         <v>67.187570000000008</v>
       </c>
-      <c r="DI6" s="31">
-        <v>0</v>
+      <c r="DI6" s="30">
+        <v>0</v>
+      </c>
+      <c r="DJ6" s="34">
+        <v>0</v>
+      </c>
+      <c r="DK6" s="34">
+        <v>0</v>
+      </c>
+      <c r="DL6" s="37">
+        <v>0</v>
+      </c>
+      <c r="DM6" s="37">
+        <v>0</v>
+      </c>
+      <c r="DN6" s="26">
+        <v>0</v>
+      </c>
+      <c r="DO6" s="26">
+        <v>0</v>
+      </c>
+      <c r="DP6" s="26">
+        <v>0</v>
+      </c>
+      <c r="DQ6" s="26">
+        <v>0</v>
+      </c>
+      <c r="DR6" s="26">
+        <v>0</v>
+      </c>
+      <c r="DS6" s="26">
+        <v>0</v>
+      </c>
+      <c r="DT6" s="26">
+        <v>0</v>
+      </c>
+      <c r="DU6" s="26">
+        <v>0</v>
+      </c>
+      <c r="DV6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF6" s="26" t="s">
+        <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:113">
+    <row r="7" spans="1:136">
       <c r="A7" s="1" t="s">
         <v>175</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
@@ -12429,6980 +12954,8388 @@
       <c r="CC7" s="3"/>
       <c r="CD7" s="3"/>
       <c r="CE7" s="3"/>
       <c r="CF7" s="3"/>
       <c r="CG7" s="3"/>
       <c r="CH7" s="3"/>
       <c r="CI7" s="3"/>
       <c r="CJ7" s="3"/>
       <c r="CK7" s="3"/>
       <c r="CL7" s="3"/>
       <c r="CM7" s="3"/>
       <c r="CN7" s="3"/>
       <c r="CO7" s="3"/>
       <c r="CP7" s="3"/>
       <c r="CQ7" s="3"/>
       <c r="CR7" s="3"/>
       <c r="CS7" s="3"/>
       <c r="CT7" s="3"/>
       <c r="CU7" s="3"/>
       <c r="CV7" s="3"/>
       <c r="CW7" s="3"/>
       <c r="CX7" s="3"/>
       <c r="CY7" s="3"/>
       <c r="CZ7" s="3"/>
       <c r="DA7" s="3"/>
-      <c r="DB7" s="21"/>
-[...2 lines deleted...]
-      <c r="DE7" s="15"/>
+      <c r="DB7" s="20"/>
+      <c r="DC7" s="14"/>
+      <c r="DD7" s="14"/>
+      <c r="DE7" s="14"/>
+      <c r="DV7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE7" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF7" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="8" spans="1:113" s="18" customFormat="1">
-      <c r="A8" s="15" t="s">
+    <row r="8" spans="1:136" s="17" customFormat="1">
+      <c r="A8" s="14" t="s">
         <v>176</v>
       </c>
-      <c r="B8" s="15" t="s">
+      <c r="B8" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="15" t="s">
+      <c r="C8" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="15" t="s">
+      <c r="D8" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E8" s="15"/>
-      <c r="F8" s="16">
+      <c r="E8" s="14"/>
+      <c r="F8" s="15">
         <v>29525</v>
       </c>
-      <c r="G8" s="16">
+      <c r="G8" s="15">
         <v>63317</v>
       </c>
-      <c r="H8" s="16">
+      <c r="H8" s="15">
         <v>90871</v>
       </c>
-      <c r="I8" s="16">
+      <c r="I8" s="15">
         <v>31007</v>
       </c>
-      <c r="J8" s="16">
+      <c r="J8" s="15">
         <v>55423</v>
       </c>
-      <c r="K8" s="16">
+      <c r="K8" s="15">
         <v>67791</v>
       </c>
-      <c r="L8" s="16">
+      <c r="L8" s="15">
         <v>24518</v>
       </c>
-      <c r="M8" s="16">
+      <c r="M8" s="15">
         <v>14449</v>
       </c>
-      <c r="N8" s="16">
+      <c r="N8" s="15">
         <v>27312</v>
       </c>
-      <c r="O8" s="16">
+      <c r="O8" s="15">
         <v>47232</v>
       </c>
-      <c r="P8" s="16">
+      <c r="P8" s="15">
         <v>140254</v>
       </c>
-      <c r="Q8" s="16">
+      <c r="Q8" s="15">
         <v>36932</v>
       </c>
-      <c r="R8" s="16">
+      <c r="R8" s="15">
         <v>31603</v>
       </c>
-      <c r="S8" s="16">
+      <c r="S8" s="15">
         <v>44726</v>
       </c>
-      <c r="T8" s="16">
+      <c r="T8" s="15">
         <v>99933</v>
       </c>
-      <c r="U8" s="16">
+      <c r="U8" s="15">
         <v>13377</v>
       </c>
-      <c r="V8" s="16">
+      <c r="V8" s="15">
         <v>18774</v>
       </c>
-      <c r="W8" s="16">
+      <c r="W8" s="15">
         <v>35305</v>
       </c>
-      <c r="X8" s="16">
+      <c r="X8" s="15">
         <v>25170</v>
       </c>
-      <c r="Y8" s="16">
+      <c r="Y8" s="15">
         <v>44663</v>
       </c>
-      <c r="Z8" s="16">
+      <c r="Z8" s="15">
         <v>34595</v>
       </c>
-      <c r="AA8" s="16">
+      <c r="AA8" s="15">
         <v>76718</v>
       </c>
-      <c r="AB8" s="16">
+      <c r="AB8" s="15">
         <v>37856</v>
       </c>
-      <c r="AC8" s="16">
+      <c r="AC8" s="15">
         <v>29840</v>
       </c>
-      <c r="AD8" s="16">
+      <c r="AD8" s="15">
         <v>28030</v>
       </c>
-      <c r="AE8" s="16">
+      <c r="AE8" s="15">
         <v>57410</v>
       </c>
-      <c r="AF8" s="16">
+      <c r="AF8" s="15">
         <v>13330</v>
       </c>
-      <c r="AG8" s="16">
+      <c r="AG8" s="15">
         <v>11620</v>
       </c>
-      <c r="AH8" s="16">
+      <c r="AH8" s="15">
         <v>29350</v>
       </c>
-      <c r="AI8" s="16">
+      <c r="AI8" s="15">
         <v>42230</v>
       </c>
-      <c r="AJ8" s="16">
+      <c r="AJ8" s="15">
         <v>85030</v>
       </c>
-      <c r="AK8" s="16">
+      <c r="AK8" s="15">
         <v>45310</v>
       </c>
-      <c r="AL8" s="16">
+      <c r="AL8" s="15">
         <v>31680</v>
       </c>
-      <c r="AM8" s="16">
+      <c r="AM8" s="15">
         <v>27450</v>
       </c>
-      <c r="AN8" s="16">
+      <c r="AN8" s="15">
         <v>11630</v>
       </c>
-      <c r="AO8" s="16">
+      <c r="AO8" s="15">
         <v>15040</v>
       </c>
-      <c r="AP8" s="16">
+      <c r="AP8" s="15">
         <v>21240</v>
       </c>
-      <c r="AQ8" s="16">
+      <c r="AQ8" s="15">
         <v>28210</v>
       </c>
-      <c r="AR8" s="16">
+      <c r="AR8" s="15">
         <v>16590</v>
       </c>
-      <c r="AS8" s="16">
+      <c r="AS8" s="15">
         <v>30520</v>
       </c>
-      <c r="AT8" s="16">
+      <c r="AT8" s="15">
         <v>22020</v>
       </c>
-      <c r="AU8" s="16">
+      <c r="AU8" s="15">
         <v>41340</v>
       </c>
-      <c r="AV8" s="16">
+      <c r="AV8" s="15">
         <v>66970</v>
       </c>
-      <c r="AW8" s="16">
+      <c r="AW8" s="15">
         <v>33150</v>
       </c>
-      <c r="AX8" s="16">
+      <c r="AX8" s="15">
         <v>37260</v>
       </c>
-      <c r="AY8" s="16">
+      <c r="AY8" s="15">
         <v>64330</v>
       </c>
-      <c r="AZ8" s="16">
+      <c r="AZ8" s="15">
         <v>79310</v>
       </c>
-      <c r="BA8" s="16">
+      <c r="BA8" s="15">
         <v>53760</v>
       </c>
-      <c r="BB8" s="16">
+      <c r="BB8" s="15">
         <v>42310</v>
       </c>
-      <c r="BC8" s="16">
+      <c r="BC8" s="15">
         <v>76800</v>
       </c>
-      <c r="BD8" s="16">
+      <c r="BD8" s="15">
         <v>120320</v>
       </c>
-      <c r="BE8" s="16">
+      <c r="BE8" s="15">
         <v>71360</v>
       </c>
-      <c r="BF8" s="16">
+      <c r="BF8" s="15">
         <v>86310</v>
       </c>
-      <c r="BG8" s="16">
+      <c r="BG8" s="15">
         <v>100140</v>
       </c>
-      <c r="BH8" s="16">
+      <c r="BH8" s="15">
         <v>136770</v>
       </c>
-      <c r="BI8" s="16">
+      <c r="BI8" s="15">
         <v>127260</v>
       </c>
-      <c r="BJ8" s="16">
+      <c r="BJ8" s="15">
         <v>51480</v>
       </c>
-      <c r="BK8" s="16">
+      <c r="BK8" s="15">
         <v>79900</v>
       </c>
-      <c r="BL8" s="16">
+      <c r="BL8" s="15">
         <v>93630</v>
       </c>
-      <c r="BM8" s="16">
+      <c r="BM8" s="15">
         <v>16100</v>
       </c>
-      <c r="BN8" s="16">
+      <c r="BN8" s="15">
         <v>6780</v>
       </c>
-      <c r="BO8" s="16">
+      <c r="BO8" s="15">
         <v>70710</v>
       </c>
-      <c r="BP8" s="16">
+      <c r="BP8" s="15">
         <v>118760</v>
       </c>
-      <c r="BQ8" s="16">
+      <c r="BQ8" s="15">
         <v>22370</v>
       </c>
-      <c r="BR8" s="16">
+      <c r="BR8" s="15">
         <v>20080</v>
       </c>
-      <c r="BS8" s="16">
+      <c r="BS8" s="15">
         <v>43630</v>
       </c>
-      <c r="BT8" s="16">
+      <c r="BT8" s="15">
         <v>115180</v>
       </c>
-      <c r="BU8" s="16">
+      <c r="BU8" s="15">
         <v>23640</v>
       </c>
-      <c r="BV8" s="16">
+      <c r="BV8" s="15">
         <v>13700</v>
       </c>
-      <c r="BW8" s="16">
+      <c r="BW8" s="15">
         <v>35810</v>
       </c>
-      <c r="BX8" s="16">
+      <c r="BX8" s="15">
         <v>15170</v>
       </c>
-      <c r="BY8" s="16">
+      <c r="BY8" s="15">
         <v>13830</v>
       </c>
-      <c r="BZ8" s="16">
+      <c r="BZ8" s="15">
         <v>92810</v>
       </c>
-      <c r="CA8" s="16">
+      <c r="CA8" s="15">
         <v>176790</v>
       </c>
-      <c r="CB8" s="16">
+      <c r="CB8" s="15">
         <v>148880</v>
       </c>
-      <c r="CC8" s="16">
+      <c r="CC8" s="15">
         <v>57470</v>
       </c>
-      <c r="CD8" s="16">
+      <c r="CD8" s="15">
         <v>82080</v>
       </c>
-      <c r="CE8" s="16">
+      <c r="CE8" s="15">
         <v>49450</v>
       </c>
-      <c r="CF8" s="16">
+      <c r="CF8" s="15">
         <v>28790</v>
       </c>
-      <c r="CG8" s="16">
+      <c r="CG8" s="15">
         <v>41820.000000000007</v>
       </c>
-      <c r="CH8" s="16">
+      <c r="CH8" s="15">
         <v>28410</v>
       </c>
-      <c r="CI8" s="16">
+      <c r="CI8" s="15">
         <v>20400</v>
       </c>
-      <c r="CJ8" s="16">
+      <c r="CJ8" s="15">
         <v>9130</v>
       </c>
-      <c r="CK8" s="16">
+      <c r="CK8" s="15">
         <v>18440</v>
       </c>
-      <c r="CL8" s="16">
+      <c r="CL8" s="15">
         <v>22230</v>
       </c>
-      <c r="CM8" s="16">
+      <c r="CM8" s="15">
         <v>56500</v>
       </c>
-      <c r="CN8" s="16">
+      <c r="CN8" s="15">
         <v>42186</v>
       </c>
-      <c r="CO8" s="16">
+      <c r="CO8" s="15">
         <v>48290</v>
       </c>
-      <c r="CP8" s="16">
+      <c r="CP8" s="15">
         <v>48150</v>
       </c>
-      <c r="CQ8" s="16">
+      <c r="CQ8" s="15">
         <v>60310</v>
       </c>
-      <c r="CR8" s="16">
+      <c r="CR8" s="15">
         <v>30019.999999999996</v>
       </c>
-      <c r="CS8" s="16">
+      <c r="CS8" s="15">
         <v>83700</v>
       </c>
-      <c r="CT8" s="16">
+      <c r="CT8" s="15">
         <v>48550</v>
       </c>
-      <c r="CU8" s="16">
+      <c r="CU8" s="15">
         <v>75710.000000000015</v>
       </c>
-      <c r="CV8" s="16">
+      <c r="CV8" s="15">
         <v>49620</v>
       </c>
-      <c r="CW8" s="16">
+      <c r="CW8" s="15">
         <v>84330</v>
       </c>
-      <c r="CX8" s="16">
+      <c r="CX8" s="15">
         <v>65020</v>
       </c>
-      <c r="CY8" s="16">
+      <c r="CY8" s="15">
         <v>60680</v>
       </c>
-      <c r="CZ8" s="16">
+      <c r="CZ8" s="15">
         <v>54340</v>
       </c>
-      <c r="DA8" s="16">
+      <c r="DA8" s="15">
         <v>78100</v>
       </c>
-      <c r="DB8" s="16">
+      <c r="DB8" s="15">
         <v>73240</v>
       </c>
-      <c r="DC8" s="16">
+      <c r="DC8" s="15">
         <v>61460</v>
       </c>
-      <c r="DD8" s="17">
+      <c r="DD8" s="16">
         <v>37770</v>
       </c>
-      <c r="DE8" s="17">
+      <c r="DE8" s="16">
         <v>51880</v>
       </c>
-      <c r="DF8" s="17">
+      <c r="DF8" s="16">
         <v>96460</v>
       </c>
-      <c r="DG8" s="16">
+      <c r="DG8" s="15">
         <v>147490</v>
       </c>
-      <c r="DH8" s="16">
+      <c r="DH8" s="15">
         <v>20570</v>
       </c>
-      <c r="DI8" s="33">
+      <c r="DI8" s="32">
         <v>13080</v>
       </c>
+      <c r="DJ8" s="16">
+        <v>20300</v>
+      </c>
+      <c r="DK8" s="16">
+        <v>17310</v>
+      </c>
+      <c r="DL8" s="16">
+        <v>20120</v>
+      </c>
+      <c r="DM8" s="16">
+        <v>19620</v>
+      </c>
+      <c r="DN8" s="16">
+        <v>23670</v>
+      </c>
+      <c r="DO8" s="16">
+        <v>15120</v>
+      </c>
+      <c r="DP8" s="16">
+        <v>6530</v>
+      </c>
+      <c r="DQ8" s="16">
+        <v>13845</v>
+      </c>
+      <c r="DR8" s="16">
+        <v>15888</v>
+      </c>
+      <c r="DS8" s="16">
+        <v>29450</v>
+      </c>
+      <c r="DT8" s="16">
+        <v>15411</v>
+      </c>
+      <c r="DU8" s="16">
+        <v>15338</v>
+      </c>
+      <c r="DV8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE8" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF8" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="9" spans="1:113" s="18" customFormat="1">
-      <c r="A9" s="15" t="s">
+    <row r="9" spans="1:136" s="17" customFormat="1">
+      <c r="A9" s="14" t="s">
         <v>177</v>
       </c>
-      <c r="B9" s="15" t="s">
+      <c r="B9" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="15" t="s">
+      <c r="C9" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D9" s="15" t="s">
+      <c r="D9" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E9" s="15"/>
-      <c r="F9" s="16">
+      <c r="E9" s="14"/>
+      <c r="F9" s="15">
         <v>6413</v>
       </c>
-      <c r="G9" s="16">
+      <c r="G9" s="15">
         <v>10424</v>
       </c>
-      <c r="H9" s="16">
+      <c r="H9" s="15">
         <v>6772</v>
       </c>
-      <c r="I9" s="16">
+      <c r="I9" s="15">
         <v>11392</v>
       </c>
-      <c r="J9" s="16">
+      <c r="J9" s="15">
         <v>3606</v>
       </c>
-      <c r="K9" s="16">
+      <c r="K9" s="15">
         <v>6798</v>
       </c>
-      <c r="L9" s="16">
+      <c r="L9" s="15">
         <v>4150</v>
       </c>
-      <c r="M9" s="16">
+      <c r="M9" s="15">
         <v>11821</v>
       </c>
-      <c r="N9" s="16">
+      <c r="N9" s="15">
         <v>3112</v>
       </c>
-      <c r="O9" s="16">
+      <c r="O9" s="15">
         <v>9669.4</v>
       </c>
-      <c r="P9" s="16">
+      <c r="P9" s="15">
         <v>3712</v>
       </c>
-      <c r="Q9" s="16">
+      <c r="Q9" s="15">
         <v>8759.9</v>
       </c>
-      <c r="R9" s="16">
+      <c r="R9" s="15">
         <v>7015.2</v>
       </c>
-      <c r="S9" s="16">
+      <c r="S9" s="15">
         <v>9980.7800000000007</v>
       </c>
-      <c r="T9" s="16">
+      <c r="T9" s="15">
         <v>4762</v>
       </c>
-      <c r="U9" s="16">
+      <c r="U9" s="15">
         <v>1638.35</v>
       </c>
-      <c r="V9" s="16">
+      <c r="V9" s="15">
         <v>3104</v>
       </c>
-      <c r="W9" s="16">
+      <c r="W9" s="15">
         <v>7980.6</v>
       </c>
-      <c r="X9" s="16">
+      <c r="X9" s="15">
         <v>1616.1</v>
       </c>
-      <c r="Y9" s="16">
+      <c r="Y9" s="15">
         <v>5895.2</v>
       </c>
-      <c r="Z9" s="16">
+      <c r="Z9" s="15">
         <v>2509.52</v>
       </c>
-      <c r="AA9" s="16">
+      <c r="AA9" s="15">
         <v>4287.5200000000004</v>
       </c>
-      <c r="AB9" s="16">
+      <c r="AB9" s="15">
         <v>1341.12</v>
       </c>
-      <c r="AC9" s="16">
+      <c r="AC9" s="15">
         <v>1859.28</v>
       </c>
-      <c r="AD9" s="16">
+      <c r="AD9" s="15">
         <v>5250</v>
       </c>
-      <c r="AE9" s="16">
+      <c r="AE9" s="15">
         <v>6310</v>
       </c>
-      <c r="AF9" s="16">
+      <c r="AF9" s="15">
         <v>2040</v>
       </c>
-      <c r="AG9" s="16">
+      <c r="AG9" s="15">
         <v>1100</v>
       </c>
-      <c r="AH9" s="16">
+      <c r="AH9" s="15">
         <v>3320</v>
       </c>
-      <c r="AI9" s="16">
+      <c r="AI9" s="15">
         <v>5740</v>
       </c>
-      <c r="AJ9" s="16">
+      <c r="AJ9" s="15">
         <v>4050</v>
       </c>
-      <c r="AK9" s="16">
+      <c r="AK9" s="15">
         <v>1740</v>
       </c>
-      <c r="AL9" s="16">
+      <c r="AL9" s="15">
         <v>5830</v>
       </c>
-      <c r="AM9" s="16">
+      <c r="AM9" s="15">
         <v>8590</v>
       </c>
-      <c r="AN9" s="16">
+      <c r="AN9" s="15">
         <v>1260</v>
       </c>
-      <c r="AO9" s="16">
+      <c r="AO9" s="15">
         <v>6650</v>
       </c>
-      <c r="AP9" s="16">
+      <c r="AP9" s="15">
         <v>5350</v>
       </c>
-      <c r="AQ9" s="16">
+      <c r="AQ9" s="15">
         <v>6150</v>
       </c>
-      <c r="AR9" s="16">
+      <c r="AR9" s="15">
         <v>2090</v>
       </c>
-      <c r="AS9" s="16">
+      <c r="AS9" s="15">
         <v>10940</v>
       </c>
-      <c r="AT9" s="16">
+      <c r="AT9" s="15">
         <v>4250</v>
       </c>
-      <c r="AU9" s="16">
+      <c r="AU9" s="15">
         <v>6760</v>
       </c>
-      <c r="AV9" s="16">
+      <c r="AV9" s="15">
         <v>2790</v>
       </c>
-      <c r="AW9" s="16">
+      <c r="AW9" s="15">
         <v>4430</v>
       </c>
-      <c r="AX9" s="16">
+      <c r="AX9" s="15">
         <v>2100</v>
       </c>
-      <c r="AY9" s="16">
+      <c r="AY9" s="15">
         <v>5350</v>
       </c>
-      <c r="AZ9" s="16">
+      <c r="AZ9" s="15">
         <v>6230</v>
       </c>
-      <c r="BA9" s="16">
+      <c r="BA9" s="15">
         <v>3030</v>
       </c>
-      <c r="BB9" s="16">
+      <c r="BB9" s="15">
         <v>2300</v>
       </c>
-      <c r="BC9" s="16">
+      <c r="BC9" s="15">
         <v>6580</v>
       </c>
-      <c r="BD9" s="16">
+      <c r="BD9" s="15">
         <v>1530</v>
       </c>
-      <c r="BE9" s="16">
+      <c r="BE9" s="15">
         <v>970</v>
       </c>
-      <c r="BF9" s="16">
+      <c r="BF9" s="15">
         <v>5660</v>
       </c>
-      <c r="BG9" s="16">
+      <c r="BG9" s="15">
         <v>12630</v>
       </c>
-      <c r="BH9" s="16">
+      <c r="BH9" s="15">
         <v>820</v>
       </c>
-      <c r="BI9" s="16">
+      <c r="BI9" s="15">
         <v>950</v>
       </c>
-      <c r="BJ9" s="16">
+      <c r="BJ9" s="15">
         <v>4090</v>
       </c>
-      <c r="BK9" s="16">
+      <c r="BK9" s="15">
         <v>6340</v>
       </c>
-      <c r="BL9" s="16">
+      <c r="BL9" s="15">
         <v>1570</v>
       </c>
-      <c r="BM9" s="16">
+      <c r="BM9" s="15">
         <v>650</v>
       </c>
-      <c r="BN9" s="16">
+      <c r="BN9" s="15">
         <v>2370</v>
       </c>
-      <c r="BO9" s="16">
+      <c r="BO9" s="15">
         <v>10250</v>
       </c>
-      <c r="BP9" s="16">
+      <c r="BP9" s="15">
         <v>3040</v>
       </c>
-      <c r="BQ9" s="16">
+      <c r="BQ9" s="15">
         <v>2820</v>
       </c>
-      <c r="BR9" s="16">
+      <c r="BR9" s="15">
         <v>5530</v>
       </c>
-      <c r="BS9" s="16">
+      <c r="BS9" s="15">
         <v>15670</v>
       </c>
-      <c r="BT9" s="16">
+      <c r="BT9" s="15">
         <v>2990</v>
       </c>
-      <c r="BU9" s="16">
+      <c r="BU9" s="15">
         <v>5180</v>
       </c>
-      <c r="BV9" s="16">
+      <c r="BV9" s="15">
         <v>4810</v>
       </c>
-      <c r="BW9" s="16">
+      <c r="BW9" s="15">
         <v>9190</v>
       </c>
-      <c r="BX9" s="16">
+      <c r="BX9" s="15">
         <v>3320</v>
       </c>
-      <c r="BY9" s="16">
+      <c r="BY9" s="15">
         <v>1370</v>
       </c>
-      <c r="BZ9" s="16">
+      <c r="BZ9" s="15">
         <v>2160</v>
       </c>
-      <c r="CA9" s="16">
+      <c r="CA9" s="15">
         <v>19760</v>
       </c>
-      <c r="CB9" s="16">
+      <c r="CB9" s="15">
         <v>6870</v>
       </c>
-      <c r="CC9" s="16">
+      <c r="CC9" s="15">
         <v>2310</v>
       </c>
-      <c r="CD9" s="16">
+      <c r="CD9" s="15">
         <v>2590</v>
       </c>
-      <c r="CE9" s="16">
+      <c r="CE9" s="15">
         <v>7189.9999999999991</v>
       </c>
-      <c r="CF9" s="16">
+      <c r="CF9" s="15">
         <v>1440.0000000000002</v>
       </c>
-      <c r="CG9" s="16">
+      <c r="CG9" s="15">
         <v>339.99999999999994</v>
       </c>
-      <c r="CH9" s="16">
+      <c r="CH9" s="15">
         <v>1020</v>
       </c>
-      <c r="CI9" s="16">
+      <c r="CI9" s="15">
         <v>11830</v>
       </c>
-      <c r="CJ9" s="16">
+      <c r="CJ9" s="15">
         <v>1820</v>
       </c>
-      <c r="CK9" s="16">
+      <c r="CK9" s="15">
         <v>1180</v>
       </c>
-      <c r="CL9" s="16">
+      <c r="CL9" s="15">
         <v>1609.9999999999998</v>
       </c>
-      <c r="CM9" s="16">
+      <c r="CM9" s="15">
         <v>8510</v>
       </c>
-      <c r="CN9" s="16">
+      <c r="CN9" s="15">
         <v>5000.9999999999991</v>
       </c>
-      <c r="CO9" s="16">
+      <c r="CO9" s="15">
         <v>930</v>
       </c>
-      <c r="CP9" s="16">
+      <c r="CP9" s="15">
         <v>1600</v>
       </c>
-      <c r="CQ9" s="16">
+      <c r="CQ9" s="15">
         <v>5779.9999999999991</v>
       </c>
-      <c r="CR9" s="16">
+      <c r="CR9" s="15">
         <v>1880</v>
       </c>
-      <c r="CS9" s="16">
+      <c r="CS9" s="15">
         <v>1060</v>
       </c>
-      <c r="CT9" s="16">
+      <c r="CT9" s="15">
         <v>2080</v>
       </c>
-      <c r="CU9" s="16">
+      <c r="CU9" s="15">
         <v>8129.9999999999991</v>
       </c>
-      <c r="CV9" s="16">
+      <c r="CV9" s="15">
         <v>1900</v>
       </c>
-      <c r="CW9" s="16">
+      <c r="CW9" s="15">
         <v>2520</v>
       </c>
-      <c r="CX9" s="16">
+      <c r="CX9" s="15">
         <v>3690</v>
       </c>
-      <c r="CY9" s="16">
+      <c r="CY9" s="15">
         <v>6500</v>
       </c>
-      <c r="CZ9" s="16">
+      <c r="CZ9" s="15">
         <v>3230</v>
       </c>
-      <c r="DA9" s="16">
+      <c r="DA9" s="15">
         <v>450</v>
       </c>
-      <c r="DB9" s="16">
+      <c r="DB9" s="15">
         <v>2320</v>
       </c>
-      <c r="DC9" s="16">
+      <c r="DC9" s="15">
         <v>4200</v>
       </c>
-      <c r="DD9" s="16">
+      <c r="DD9" s="15">
         <v>700</v>
       </c>
-      <c r="DE9" s="17">
+      <c r="DE9" s="16">
         <v>810</v>
       </c>
-      <c r="DF9" s="17">
+      <c r="DF9" s="16">
         <v>410</v>
       </c>
-      <c r="DG9" s="16">
+      <c r="DG9" s="15">
         <v>2150</v>
       </c>
-      <c r="DH9" s="16">
+      <c r="DH9" s="15">
         <v>1080</v>
       </c>
-      <c r="DI9" s="33">
+      <c r="DI9" s="32">
         <v>420</v>
       </c>
+      <c r="DJ9" s="16">
+        <v>1140</v>
+      </c>
+      <c r="DK9" s="16">
+        <v>2070</v>
+      </c>
+      <c r="DL9" s="16">
+        <v>800</v>
+      </c>
+      <c r="DM9" s="16">
+        <v>390</v>
+      </c>
+      <c r="DN9" s="16">
+        <v>840</v>
+      </c>
+      <c r="DO9" s="16">
+        <v>2040</v>
+      </c>
+      <c r="DP9" s="16">
+        <v>420</v>
+      </c>
+      <c r="DQ9" s="16">
+        <v>795.17000000000007</v>
+      </c>
+      <c r="DR9" s="16">
+        <v>2408</v>
+      </c>
+      <c r="DS9" s="16">
+        <v>1267</v>
+      </c>
+      <c r="DT9" s="16">
+        <v>1412</v>
+      </c>
+      <c r="DU9" s="16">
+        <v>693</v>
+      </c>
+      <c r="DV9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE9" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF9" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="10" spans="1:113" s="18" customFormat="1">
-      <c r="A10" s="15" t="s">
+    <row r="10" spans="1:136" s="17" customFormat="1">
+      <c r="A10" s="14" t="s">
         <v>178</v>
       </c>
-      <c r="B10" s="15" t="s">
+      <c r="B10" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="C10" s="15" t="s">
+      <c r="C10" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D10" s="15" t="s">
+      <c r="D10" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E10" s="15"/>
-      <c r="F10" s="16">
+      <c r="E10" s="14"/>
+      <c r="F10" s="15">
         <v>2267</v>
       </c>
-      <c r="G10" s="16">
+      <c r="G10" s="15">
         <v>422</v>
       </c>
-      <c r="H10" s="16">
+      <c r="H10" s="15">
         <v>987</v>
       </c>
-      <c r="I10" s="16">
+      <c r="I10" s="15">
         <v>3130</v>
       </c>
-      <c r="J10" s="16">
+      <c r="J10" s="15">
         <v>1157</v>
       </c>
-      <c r="K10" s="16">
+      <c r="K10" s="15">
         <v>58</v>
       </c>
-      <c r="L10" s="16">
+      <c r="L10" s="15">
         <v>766</v>
       </c>
-      <c r="M10" s="16">
+      <c r="M10" s="15">
         <v>5997</v>
       </c>
-      <c r="N10" s="16">
+      <c r="N10" s="15">
         <v>2074</v>
       </c>
-      <c r="O10" s="16">
+      <c r="O10" s="15">
         <v>111.8</v>
       </c>
-      <c r="P10" s="16">
+      <c r="P10" s="15">
         <v>1781.1</v>
       </c>
-      <c r="Q10" s="16">
+      <c r="Q10" s="15">
         <v>2799</v>
       </c>
-      <c r="R10" s="16">
+      <c r="R10" s="15">
         <v>100.2</v>
       </c>
-      <c r="S10" s="16">
+      <c r="S10" s="15">
         <v>96</v>
       </c>
-      <c r="T10" s="16">
+      <c r="T10" s="15">
         <v>361.7</v>
       </c>
-      <c r="U10" s="16">
+      <c r="U10" s="15">
         <v>6064.57</v>
       </c>
-      <c r="V10" s="16">
+      <c r="V10" s="15">
         <v>4719.8500000000004</v>
       </c>
-      <c r="W10" s="16">
+      <c r="W10" s="15">
         <v>169.5</v>
       </c>
-      <c r="X10" s="16">
+      <c r="X10" s="15">
         <v>6286.22</v>
       </c>
-      <c r="Y10" s="16">
+      <c r="Y10" s="15">
         <v>1240.5</v>
       </c>
-      <c r="Z10" s="16">
+      <c r="Z10" s="15">
         <v>528.32000000000005</v>
       </c>
-      <c r="AA10" s="16">
+      <c r="AA10" s="15">
         <v>121.92</v>
       </c>
-      <c r="AB10" s="16">
+      <c r="AB10" s="15">
         <v>487.68</v>
       </c>
-      <c r="AC10" s="16">
+      <c r="AC10" s="15">
         <v>843.28</v>
       </c>
-      <c r="AD10" s="16">
+      <c r="AD10" s="15">
         <v>1360</v>
       </c>
-      <c r="AE10" s="16">
+      <c r="AE10" s="15">
         <v>60</v>
       </c>
-      <c r="AF10" s="16">
+      <c r="AF10" s="15">
         <v>2990</v>
       </c>
-      <c r="AG10" s="16">
+      <c r="AG10" s="15">
         <v>3690</v>
       </c>
-      <c r="AH10" s="16">
+      <c r="AH10" s="15">
         <v>1330</v>
       </c>
-      <c r="AI10" s="16">
+      <c r="AI10" s="15">
         <v>40</v>
       </c>
-      <c r="AJ10" s="16">
+      <c r="AJ10" s="15">
         <v>650</v>
       </c>
-      <c r="AK10" s="16">
+      <c r="AK10" s="15">
         <v>1500</v>
       </c>
-      <c r="AL10" s="16">
+      <c r="AL10" s="15">
         <v>1230</v>
       </c>
-      <c r="AM10" s="16">
+      <c r="AM10" s="15">
         <v>920</v>
       </c>
-      <c r="AN10" s="16">
+      <c r="AN10" s="15">
         <v>200</v>
       </c>
-      <c r="AO10" s="16">
+      <c r="AO10" s="15">
         <v>300</v>
       </c>
-      <c r="AP10" s="16">
+      <c r="AP10" s="15">
         <v>3000</v>
       </c>
-      <c r="AQ10" s="16">
+      <c r="AQ10" s="15">
         <v>530</v>
       </c>
-      <c r="AR10" s="16">
+      <c r="AR10" s="15">
         <v>1820</v>
       </c>
-      <c r="AS10" s="16">
+      <c r="AS10" s="15">
         <v>2090</v>
       </c>
-      <c r="AT10" s="16">
+      <c r="AT10" s="15">
         <v>1530</v>
       </c>
-      <c r="AU10" s="16">
-[...2 lines deleted...]
-      <c r="AV10" s="16">
+      <c r="AU10" s="15">
+        <v>0</v>
+      </c>
+      <c r="AV10" s="15">
         <v>90</v>
       </c>
-      <c r="AW10" s="16">
+      <c r="AW10" s="15">
         <v>1460</v>
       </c>
-      <c r="AX10" s="16">
+      <c r="AX10" s="15">
         <v>560</v>
       </c>
-      <c r="AY10" s="16">
+      <c r="AY10" s="15">
         <v>200</v>
       </c>
-      <c r="AZ10" s="16">
+      <c r="AZ10" s="15">
         <v>250</v>
       </c>
-      <c r="BA10" s="16">
+      <c r="BA10" s="15">
         <v>330</v>
       </c>
-      <c r="BB10" s="16">
+      <c r="BB10" s="15">
         <v>90</v>
       </c>
-      <c r="BC10" s="16">
-[...8 lines deleted...]
-      <c r="BF10" s="16">
+      <c r="BC10" s="15">
+        <v>0</v>
+      </c>
+      <c r="BD10" s="15">
+        <v>0</v>
+      </c>
+      <c r="BE10" s="15">
+        <v>0</v>
+      </c>
+      <c r="BF10" s="15">
         <v>290</v>
       </c>
-      <c r="BG10" s="16">
+      <c r="BG10" s="15">
         <v>420</v>
       </c>
-      <c r="BH10" s="16">
+      <c r="BH10" s="15">
         <v>740</v>
       </c>
-      <c r="BI10" s="16">
+      <c r="BI10" s="15">
         <v>400</v>
       </c>
-      <c r="BJ10" s="16">
+      <c r="BJ10" s="15">
         <v>170</v>
       </c>
-      <c r="BK10" s="16">
-[...2 lines deleted...]
-      <c r="BL10" s="16">
+      <c r="BK10" s="15">
+        <v>0</v>
+      </c>
+      <c r="BL10" s="15">
         <v>240</v>
       </c>
-      <c r="BM10" s="16">
+      <c r="BM10" s="15">
         <v>990</v>
       </c>
-      <c r="BN10" s="16">
+      <c r="BN10" s="15">
         <v>670</v>
       </c>
-      <c r="BO10" s="16">
-[...2 lines deleted...]
-      <c r="BP10" s="16">
+      <c r="BO10" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP10" s="15">
         <v>10</v>
       </c>
-      <c r="BQ10" s="16">
+      <c r="BQ10" s="15">
         <v>120</v>
       </c>
-      <c r="BR10" s="16">
-[...5 lines deleted...]
-      <c r="BT10" s="16">
+      <c r="BR10" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS10" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT10" s="15">
         <v>260</v>
       </c>
-      <c r="BU10" s="16">
+      <c r="BU10" s="15">
         <v>940</v>
       </c>
-      <c r="BV10" s="16">
+      <c r="BV10" s="15">
         <v>1250</v>
       </c>
-      <c r="BW10" s="16">
-[...2 lines deleted...]
-      <c r="BX10" s="16">
+      <c r="BW10" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX10" s="15">
         <v>120</v>
       </c>
-      <c r="BY10" s="16">
+      <c r="BY10" s="15">
         <v>6570</v>
       </c>
-      <c r="BZ10" s="16">
+      <c r="BZ10" s="15">
         <v>140</v>
       </c>
-      <c r="CA10" s="16">
-[...5 lines deleted...]
-      <c r="CC10" s="16">
+      <c r="CA10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CB10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CC10" s="15">
         <v>2009.9999999999998</v>
       </c>
-      <c r="CD10" s="16">
-[...2 lines deleted...]
-      <c r="CE10" s="16">
+      <c r="CD10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CE10" s="15">
         <v>40</v>
       </c>
-      <c r="CF10" s="16">
+      <c r="CF10" s="15">
         <v>1290</v>
       </c>
-      <c r="CG10" s="16">
+      <c r="CG10" s="15">
         <v>500</v>
       </c>
-      <c r="CH10" s="16">
+      <c r="CH10" s="15">
         <v>600</v>
       </c>
-      <c r="CI10" s="16">
-[...2 lines deleted...]
-      <c r="CJ10" s="16">
+      <c r="CI10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CJ10" s="15">
         <v>380</v>
       </c>
-      <c r="CK10" s="16">
+      <c r="CK10" s="15">
         <v>140</v>
       </c>
-      <c r="CL10" s="16">
+      <c r="CL10" s="15">
         <v>1450.0000000000002</v>
       </c>
-      <c r="CM10" s="16">
-[...2 lines deleted...]
-      <c r="CN10" s="16">
+      <c r="CM10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CN10" s="15">
         <v>140</v>
       </c>
-      <c r="CO10" s="16">
+      <c r="CO10" s="15">
         <v>260</v>
       </c>
-      <c r="CP10" s="16">
+      <c r="CP10" s="15">
         <v>140</v>
       </c>
-      <c r="CQ10" s="16">
-[...17 lines deleted...]
-      <c r="CW10" s="16">
+      <c r="CQ10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CR10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CS10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CT10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CU10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CV10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CW10" s="15">
         <v>670</v>
       </c>
-      <c r="CX10" s="16">
+      <c r="CX10" s="15">
         <v>850</v>
       </c>
-      <c r="CY10" s="16">
-[...2 lines deleted...]
-      <c r="CZ10" s="16">
+      <c r="CY10" s="15">
+        <v>0</v>
+      </c>
+      <c r="CZ10" s="15">
         <v>1420</v>
       </c>
-      <c r="DA10" s="16">
+      <c r="DA10" s="15">
         <v>1570</v>
       </c>
-      <c r="DB10" s="16">
+      <c r="DB10" s="15">
         <v>880</v>
       </c>
-      <c r="DC10" s="16">
+      <c r="DC10" s="15">
         <v>160</v>
       </c>
-      <c r="DD10" s="16">
+      <c r="DD10" s="15">
         <v>2470</v>
       </c>
-      <c r="DE10" s="17">
+      <c r="DE10" s="16">
         <v>390</v>
       </c>
-      <c r="DF10" s="17">
+      <c r="DF10" s="16">
         <v>1350</v>
       </c>
-      <c r="DG10" s="16">
+      <c r="DG10" s="15">
         <v>20</v>
       </c>
-      <c r="DH10" s="16">
+      <c r="DH10" s="15">
         <v>710</v>
       </c>
-      <c r="DI10" s="33">
+      <c r="DI10" s="32">
         <v>2060</v>
       </c>
+      <c r="DJ10" s="16">
+        <v>30</v>
+      </c>
+      <c r="DK10" s="16">
+        <v>0</v>
+      </c>
+      <c r="DL10" s="16">
+        <v>10</v>
+      </c>
+      <c r="DM10" s="16">
+        <v>180</v>
+      </c>
+      <c r="DN10" s="16">
+        <v>0</v>
+      </c>
+      <c r="DO10" s="16">
+        <v>0</v>
+      </c>
+      <c r="DP10" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ10" s="16">
+        <v>792.26</v>
+      </c>
+      <c r="DR10" s="16">
+        <v>324</v>
+      </c>
+      <c r="DS10" s="16">
+        <v>71</v>
+      </c>
+      <c r="DT10" s="16">
+        <v>2085</v>
+      </c>
+      <c r="DU10" s="16">
+        <v>284</v>
+      </c>
+      <c r="DV10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE10" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF10" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="11" spans="1:113" s="18" customFormat="1">
-      <c r="A11" s="15" t="s">
+    <row r="11" spans="1:136" s="17" customFormat="1">
+      <c r="A11" s="14" t="s">
         <v>179</v>
       </c>
-      <c r="B11" s="15" t="s">
+      <c r="B11" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="C11" s="15" t="s">
+      <c r="C11" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D11" s="15" t="s">
+      <c r="D11" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E11" s="15"/>
-      <c r="F11" s="16">
+      <c r="E11" s="14"/>
+      <c r="F11" s="15">
         <v>4136</v>
       </c>
-      <c r="G11" s="16">
+      <c r="G11" s="15">
         <v>3752</v>
       </c>
-      <c r="H11" s="16">
+      <c r="H11" s="15">
         <v>8095</v>
       </c>
-      <c r="I11" s="16">
+      <c r="I11" s="15">
         <v>3996</v>
       </c>
-      <c r="J11" s="16">
+      <c r="J11" s="15">
         <v>700</v>
       </c>
-      <c r="K11" s="16">
+      <c r="K11" s="15">
         <v>14556</v>
       </c>
-      <c r="L11" s="16">
+      <c r="L11" s="15">
         <v>19209</v>
       </c>
-      <c r="M11" s="16">
+      <c r="M11" s="15">
         <v>3018</v>
       </c>
-      <c r="N11" s="16">
+      <c r="N11" s="15">
         <v>1795</v>
       </c>
-      <c r="O11" s="16">
+      <c r="O11" s="15">
         <v>18874.5</v>
       </c>
-      <c r="P11" s="16">
+      <c r="P11" s="15">
         <v>8548.1</v>
       </c>
-      <c r="Q11" s="16">
+      <c r="Q11" s="15">
         <v>2816.9</v>
       </c>
-      <c r="R11" s="16">
+      <c r="R11" s="15">
         <v>518.29999999999995</v>
       </c>
-      <c r="S11" s="16">
+      <c r="S11" s="15">
         <v>28626.95</v>
       </c>
-      <c r="T11" s="16">
+      <c r="T11" s="15">
         <v>16272.31</v>
       </c>
-      <c r="U11" s="16">
+      <c r="U11" s="15">
         <v>2836.6</v>
       </c>
-      <c r="V11" s="16">
+      <c r="V11" s="15">
         <v>473</v>
       </c>
-      <c r="W11" s="16">
+      <c r="W11" s="15">
         <v>26377.599999999999</v>
       </c>
-      <c r="X11" s="16">
+      <c r="X11" s="15">
         <v>11371.4</v>
       </c>
-      <c r="Y11" s="16">
+      <c r="Y11" s="15">
         <v>2305</v>
       </c>
-      <c r="Z11" s="16">
+      <c r="Z11" s="15">
         <v>8707.1200000000008</v>
       </c>
-      <c r="AA11" s="16">
+      <c r="AA11" s="15">
         <v>34086.799999999996</v>
       </c>
-      <c r="AB11" s="16">
+      <c r="AB11" s="15">
         <v>13218.16</v>
       </c>
-      <c r="AC11" s="16">
+      <c r="AC11" s="15">
         <v>4307.84</v>
       </c>
-      <c r="AD11" s="16">
+      <c r="AD11" s="15">
         <v>2420</v>
       </c>
-      <c r="AE11" s="16">
+      <c r="AE11" s="15">
         <v>18180</v>
       </c>
-      <c r="AF11" s="16">
+      <c r="AF11" s="15">
         <v>10840</v>
       </c>
-      <c r="AG11" s="16">
+      <c r="AG11" s="15">
         <v>1500</v>
       </c>
-      <c r="AH11" s="16">
+      <c r="AH11" s="15">
         <v>830</v>
       </c>
-      <c r="AI11" s="16">
+      <c r="AI11" s="15">
         <v>9320</v>
       </c>
-      <c r="AJ11" s="16">
+      <c r="AJ11" s="15">
         <v>4040</v>
       </c>
-      <c r="AK11" s="16">
+      <c r="AK11" s="15">
         <v>2590</v>
       </c>
-      <c r="AL11" s="16">
+      <c r="AL11" s="15">
         <v>1690</v>
       </c>
-      <c r="AM11" s="16">
+      <c r="AM11" s="15">
         <v>2230</v>
       </c>
-      <c r="AN11" s="16">
+      <c r="AN11" s="15">
         <v>11590</v>
       </c>
-      <c r="AO11" s="16">
+      <c r="AO11" s="15">
         <v>1960</v>
       </c>
-      <c r="AP11" s="16">
+      <c r="AP11" s="15">
         <v>1350</v>
       </c>
-      <c r="AQ11" s="16">
+      <c r="AQ11" s="15">
         <v>1490</v>
       </c>
-      <c r="AR11" s="16">
+      <c r="AR11" s="15">
         <v>9880</v>
       </c>
-      <c r="AS11" s="16">
+      <c r="AS11" s="15">
         <v>830</v>
       </c>
-      <c r="AT11" s="16">
+      <c r="AT11" s="15">
         <v>140</v>
       </c>
-      <c r="AU11" s="16">
+      <c r="AU11" s="15">
         <v>3280</v>
       </c>
-      <c r="AV11" s="16">
+      <c r="AV11" s="15">
         <v>2980</v>
       </c>
-      <c r="AW11" s="16">
+      <c r="AW11" s="15">
         <v>950</v>
       </c>
-      <c r="AX11" s="16">
+      <c r="AX11" s="15">
         <v>330</v>
       </c>
-      <c r="AY11" s="16">
+      <c r="AY11" s="15">
         <v>7790</v>
       </c>
-      <c r="AZ11" s="16">
+      <c r="AZ11" s="15">
         <v>10970</v>
       </c>
-      <c r="BA11" s="16">
+      <c r="BA11" s="15">
         <v>760</v>
       </c>
-      <c r="BB11" s="16">
+      <c r="BB11" s="15">
         <v>140</v>
       </c>
-      <c r="BC11" s="16">
+      <c r="BC11" s="15">
         <v>12000</v>
       </c>
-      <c r="BD11" s="16">
+      <c r="BD11" s="15">
         <v>8070</v>
       </c>
-      <c r="BE11" s="16">
+      <c r="BE11" s="15">
         <v>390</v>
       </c>
-      <c r="BF11" s="16">
+      <c r="BF11" s="15">
         <v>140</v>
       </c>
-      <c r="BG11" s="16">
+      <c r="BG11" s="15">
         <v>4600</v>
       </c>
-      <c r="BH11" s="16">
+      <c r="BH11" s="15">
         <v>5980</v>
       </c>
-      <c r="BI11" s="16">
+      <c r="BI11" s="15">
         <v>140</v>
       </c>
-      <c r="BJ11" s="16">
+      <c r="BJ11" s="15">
         <v>50</v>
       </c>
-      <c r="BK11" s="16">
+      <c r="BK11" s="15">
         <v>6960</v>
       </c>
-      <c r="BL11" s="16">
+      <c r="BL11" s="15">
         <v>21340</v>
       </c>
-      <c r="BM11" s="16">
+      <c r="BM11" s="15">
         <v>11800</v>
       </c>
-      <c r="BN11" s="16">
+      <c r="BN11" s="15">
         <v>5110</v>
       </c>
-      <c r="BO11" s="16">
+      <c r="BO11" s="15">
         <v>3540</v>
       </c>
-      <c r="BP11" s="16">
+      <c r="BP11" s="15">
         <v>2390</v>
       </c>
-      <c r="BQ11" s="16">
+      <c r="BQ11" s="15">
         <v>440</v>
       </c>
-      <c r="BR11" s="16">
+      <c r="BR11" s="15">
         <v>910</v>
       </c>
-      <c r="BS11" s="16">
+      <c r="BS11" s="15">
         <v>1040</v>
       </c>
-      <c r="BT11" s="16">
+      <c r="BT11" s="15">
         <v>4450</v>
       </c>
-      <c r="BU11" s="16">
+      <c r="BU11" s="15">
         <v>1710</v>
       </c>
-      <c r="BV11" s="16">
+      <c r="BV11" s="15">
         <v>2430</v>
       </c>
-      <c r="BW11" s="16">
+      <c r="BW11" s="15">
         <v>6420</v>
       </c>
-      <c r="BX11" s="16">
+      <c r="BX11" s="15">
         <v>2840</v>
       </c>
-      <c r="BY11" s="16">
+      <c r="BY11" s="15">
         <v>1720</v>
       </c>
-      <c r="BZ11" s="16">
+      <c r="BZ11" s="15">
         <v>310</v>
       </c>
-      <c r="CA11" s="16">
+      <c r="CA11" s="15">
         <v>1920.0000000000002</v>
       </c>
-      <c r="CB11" s="16">
+      <c r="CB11" s="15">
         <v>3580</v>
       </c>
-      <c r="CC11" s="16">
+      <c r="CC11" s="15">
         <v>2380</v>
       </c>
-      <c r="CD11" s="16">
+      <c r="CD11" s="15">
         <v>630</v>
       </c>
-      <c r="CE11" s="16">
+      <c r="CE11" s="15">
         <v>6570</v>
       </c>
-      <c r="CF11" s="16">
+      <c r="CF11" s="15">
         <v>2409.9999999999995</v>
       </c>
-      <c r="CG11" s="16">
+      <c r="CG11" s="15">
         <v>420</v>
       </c>
-      <c r="CH11" s="16">
+      <c r="CH11" s="15">
         <v>60</v>
       </c>
-      <c r="CI11" s="16">
+      <c r="CI11" s="15">
         <v>960</v>
       </c>
-      <c r="CJ11" s="16">
+      <c r="CJ11" s="15">
         <v>1690</v>
       </c>
-      <c r="CK11" s="16">
+      <c r="CK11" s="15">
         <v>920</v>
       </c>
-      <c r="CL11" s="16">
+      <c r="CL11" s="15">
         <v>30</v>
       </c>
-      <c r="CM11" s="16">
+      <c r="CM11" s="15">
         <v>700</v>
       </c>
-      <c r="CN11" s="16">
+      <c r="CN11" s="15">
         <v>618</v>
       </c>
-      <c r="CO11" s="16">
+      <c r="CO11" s="15">
         <v>91</v>
       </c>
-      <c r="CP11" s="16">
+      <c r="CP11" s="15">
         <v>20</v>
       </c>
-      <c r="CQ11" s="16">
-[...2 lines deleted...]
-      <c r="CR11" s="16">
+      <c r="CQ11" s="15">
+        <v>0</v>
+      </c>
+      <c r="CR11" s="15">
         <v>290.00000000000006</v>
       </c>
-      <c r="CS11" s="16">
+      <c r="CS11" s="15">
         <v>40</v>
       </c>
-      <c r="CT11" s="16">
+      <c r="CT11" s="15">
         <v>210</v>
       </c>
-      <c r="CU11" s="16">
+      <c r="CU11" s="15">
         <v>1350</v>
       </c>
-      <c r="CV11" s="16">
+      <c r="CV11" s="15">
         <v>3860</v>
       </c>
-      <c r="CW11" s="16">
+      <c r="CW11" s="15">
         <v>70</v>
       </c>
-      <c r="CX11" s="16">
+      <c r="CX11" s="15">
         <v>620</v>
       </c>
-      <c r="CY11" s="16">
+      <c r="CY11" s="15">
         <v>5650</v>
       </c>
-      <c r="CZ11" s="16">
+      <c r="CZ11" s="15">
         <v>2510</v>
       </c>
-      <c r="DA11" s="16">
+      <c r="DA11" s="15">
         <v>1090</v>
       </c>
-      <c r="DB11" s="16">
+      <c r="DB11" s="15">
         <v>670</v>
       </c>
-      <c r="DC11" s="16">
+      <c r="DC11" s="15">
         <v>7620</v>
       </c>
-      <c r="DD11" s="16">
+      <c r="DD11" s="15">
         <v>8850</v>
       </c>
-      <c r="DE11" s="17">
+      <c r="DE11" s="16">
         <v>2170</v>
       </c>
-      <c r="DF11" s="17">
+      <c r="DF11" s="16">
         <v>130</v>
       </c>
-      <c r="DG11" s="16">
+      <c r="DG11" s="15">
         <v>2060</v>
       </c>
-      <c r="DH11" s="16">
+      <c r="DH11" s="15">
         <v>4750</v>
       </c>
-      <c r="DI11" s="33">
+      <c r="DI11" s="32">
         <v>2560</v>
       </c>
+      <c r="DJ11" s="16">
+        <v>250</v>
+      </c>
+      <c r="DK11" s="16">
+        <v>920</v>
+      </c>
+      <c r="DL11" s="16">
+        <v>180</v>
+      </c>
+      <c r="DM11" s="16">
+        <v>40</v>
+      </c>
+      <c r="DN11" s="16">
+        <v>20</v>
+      </c>
+      <c r="DO11" s="16">
+        <v>480</v>
+      </c>
+      <c r="DP11" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ11" s="16">
+        <v>40.200000000000003</v>
+      </c>
+      <c r="DR11" s="16">
+        <v>25</v>
+      </c>
+      <c r="DS11" s="16">
+        <v>469</v>
+      </c>
+      <c r="DT11" s="16">
+        <v>140</v>
+      </c>
+      <c r="DU11" s="16">
+        <v>138</v>
+      </c>
+      <c r="DV11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE11" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF11" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="12" spans="1:113" s="18" customFormat="1">
-      <c r="A12" s="15" t="s">
+    <row r="12" spans="1:136" s="17" customFormat="1">
+      <c r="A12" s="14" t="s">
         <v>180</v>
       </c>
-      <c r="B12" s="15" t="s">
+      <c r="B12" s="14" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="15" t="s">
+      <c r="C12" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D12" s="15" t="s">
+      <c r="D12" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E12" s="15" t="s">
+      <c r="E12" s="14" t="s">
         <v>48</v>
       </c>
-      <c r="F12" s="16">
+      <c r="F12" s="15">
         <v>1017</v>
       </c>
-      <c r="G12" s="16">
+      <c r="G12" s="15">
         <v>1131</v>
       </c>
-      <c r="H12" s="16">
+      <c r="H12" s="15">
         <v>1411</v>
       </c>
-      <c r="I12" s="16">
+      <c r="I12" s="15">
         <v>3058</v>
       </c>
-      <c r="J12" s="16">
+      <c r="J12" s="15">
         <v>472</v>
       </c>
-      <c r="K12" s="16">
+      <c r="K12" s="15">
         <v>1903</v>
       </c>
-      <c r="L12" s="16">
+      <c r="L12" s="15">
         <v>2051</v>
       </c>
-      <c r="M12" s="16">
+      <c r="M12" s="15">
         <v>21</v>
       </c>
-      <c r="N12" s="16">
+      <c r="N12" s="15">
         <v>289</v>
       </c>
-      <c r="O12" s="16">
+      <c r="O12" s="15">
         <v>2157.1999999999998</v>
       </c>
-      <c r="P12" s="16">
+      <c r="P12" s="15">
         <v>991.5</v>
       </c>
-      <c r="Q12" s="16">
+      <c r="Q12" s="15">
         <v>1462.7</v>
       </c>
-      <c r="R12" s="16">
+      <c r="R12" s="15">
         <v>494</v>
       </c>
-      <c r="S12" s="16">
+      <c r="S12" s="15">
         <v>551.6</v>
       </c>
-      <c r="T12" s="16">
-[...2 lines deleted...]
-      <c r="U12" s="16">
+      <c r="T12" s="15">
+        <v>0</v>
+      </c>
+      <c r="U12" s="15">
         <v>267.2</v>
       </c>
-      <c r="V12" s="16">
+      <c r="V12" s="15">
         <v>773.80000000000007</v>
       </c>
-      <c r="W12" s="16">
+      <c r="W12" s="15">
         <v>906.2</v>
       </c>
-      <c r="X12" s="16">
+      <c r="X12" s="15">
         <v>1123</v>
       </c>
-      <c r="Y12" s="16">
+      <c r="Y12" s="15">
         <v>354.09999999999997</v>
       </c>
-      <c r="Z12" s="16">
+      <c r="Z12" s="15">
         <v>1391.9199999999998</v>
       </c>
-      <c r="AA12" s="16">
+      <c r="AA12" s="15">
         <v>284.48</v>
       </c>
-      <c r="AB12" s="16">
+      <c r="AB12" s="15">
         <v>548.64</v>
       </c>
-      <c r="AC12" s="16">
+      <c r="AC12" s="15">
         <v>802.64</v>
       </c>
-      <c r="AD12" s="16">
+      <c r="AD12" s="15">
         <v>990</v>
       </c>
-      <c r="AE12" s="16">
+      <c r="AE12" s="15">
         <v>340</v>
       </c>
-      <c r="AF12" s="16">
+      <c r="AF12" s="15">
         <v>850</v>
       </c>
-      <c r="AG12" s="16">
+      <c r="AG12" s="15">
         <v>370</v>
       </c>
-      <c r="AH12" s="16">
+      <c r="AH12" s="15">
         <v>430</v>
       </c>
-      <c r="AI12" s="16">
+      <c r="AI12" s="15">
         <v>780</v>
       </c>
-      <c r="AJ12" s="16">
+      <c r="AJ12" s="15">
         <v>640</v>
       </c>
-      <c r="AK12" s="16">
+      <c r="AK12" s="15">
         <v>760</v>
       </c>
-      <c r="AL12" s="16">
+      <c r="AL12" s="15">
         <v>1700</v>
       </c>
-      <c r="AM12" s="16">
+      <c r="AM12" s="15">
         <v>190</v>
       </c>
-      <c r="AN12" s="16">
+      <c r="AN12" s="15">
         <v>2350</v>
       </c>
-      <c r="AO12" s="16">
+      <c r="AO12" s="15">
         <v>330</v>
       </c>
-      <c r="AP12" s="16">
+      <c r="AP12" s="15">
         <v>1000</v>
       </c>
-      <c r="AQ12" s="16">
+      <c r="AQ12" s="15">
         <v>190</v>
       </c>
-      <c r="AR12" s="16">
+      <c r="AR12" s="15">
         <v>1060</v>
       </c>
-      <c r="AS12" s="16">
+      <c r="AS12" s="15">
         <v>40</v>
       </c>
-      <c r="AT12" s="16">
+      <c r="AT12" s="15">
         <v>960</v>
       </c>
-      <c r="AU12" s="16">
+      <c r="AU12" s="15">
         <v>450</v>
       </c>
-      <c r="AV12" s="16">
+      <c r="AV12" s="15">
         <v>710</v>
       </c>
-      <c r="AW12" s="16">
+      <c r="AW12" s="15">
         <v>170</v>
       </c>
-      <c r="AX12" s="16">
+      <c r="AX12" s="15">
         <v>390</v>
       </c>
-      <c r="AY12" s="16">
+      <c r="AY12" s="15">
         <v>1110</v>
       </c>
-      <c r="AZ12" s="16">
+      <c r="AZ12" s="15">
         <v>1520</v>
       </c>
-      <c r="BA12" s="16">
+      <c r="BA12" s="15">
         <v>60</v>
       </c>
-      <c r="BB12" s="16">
+      <c r="BB12" s="15">
         <v>140</v>
       </c>
-      <c r="BC12" s="16">
+      <c r="BC12" s="15">
         <v>820</v>
       </c>
-      <c r="BD12" s="16">
+      <c r="BD12" s="15">
         <v>560</v>
       </c>
-      <c r="BE12" s="16">
+      <c r="BE12" s="15">
         <v>90</v>
       </c>
-      <c r="BF12" s="16">
+      <c r="BF12" s="15">
         <v>530</v>
       </c>
-      <c r="BG12" s="16">
+      <c r="BG12" s="15">
         <v>200</v>
       </c>
-      <c r="BH12" s="16">
+      <c r="BH12" s="15">
         <v>910</v>
       </c>
-      <c r="BI12" s="16">
+      <c r="BI12" s="15">
         <v>150</v>
       </c>
-      <c r="BJ12" s="16">
+      <c r="BJ12" s="15">
         <v>1180</v>
       </c>
-      <c r="BK12" s="16">
+      <c r="BK12" s="15">
         <v>410</v>
       </c>
-      <c r="BL12" s="16">
+      <c r="BL12" s="15">
         <v>1380</v>
       </c>
-      <c r="BM12" s="16">
+      <c r="BM12" s="15">
         <v>1330</v>
       </c>
-      <c r="BN12" s="16">
+      <c r="BN12" s="15">
         <v>1930</v>
       </c>
-      <c r="BO12" s="16">
+      <c r="BO12" s="15">
         <v>410</v>
       </c>
-      <c r="BP12" s="16">
+      <c r="BP12" s="15">
         <v>520</v>
       </c>
-      <c r="BQ12" s="16">
+      <c r="BQ12" s="15">
         <v>630</v>
       </c>
-      <c r="BR12" s="16">
+      <c r="BR12" s="15">
         <v>980</v>
       </c>
-      <c r="BS12" s="16">
+      <c r="BS12" s="15">
         <v>160</v>
       </c>
-      <c r="BT12" s="16">
+      <c r="BT12" s="15">
         <v>680</v>
       </c>
-      <c r="BU12" s="16">
+      <c r="BU12" s="15">
         <v>700</v>
       </c>
-      <c r="BV12" s="16">
+      <c r="BV12" s="15">
         <v>2450</v>
       </c>
-      <c r="BW12" s="16">
+      <c r="BW12" s="15">
         <v>730</v>
       </c>
-      <c r="BX12" s="16">
+      <c r="BX12" s="15">
         <v>1600</v>
       </c>
-      <c r="BY12" s="16">
+      <c r="BY12" s="15">
         <v>310</v>
       </c>
-      <c r="BZ12" s="16">
+      <c r="BZ12" s="15">
         <v>50</v>
       </c>
-      <c r="CA12" s="16">
+      <c r="CA12" s="15">
         <v>310</v>
       </c>
-      <c r="CB12" s="16">
+      <c r="CB12" s="15">
         <v>420.00000000000006</v>
       </c>
-      <c r="CC12" s="16">
+      <c r="CC12" s="15">
         <v>1109.9999999999998</v>
       </c>
-      <c r="CD12" s="16">
+      <c r="CD12" s="15">
         <v>110</v>
       </c>
-      <c r="CE12" s="16">
+      <c r="CE12" s="15">
         <v>2700</v>
       </c>
-      <c r="CF12" s="16">
+      <c r="CF12" s="15">
         <v>1050</v>
       </c>
-      <c r="CG12" s="16">
+      <c r="CG12" s="15">
         <v>230</v>
       </c>
-      <c r="CH12" s="16">
+      <c r="CH12" s="15">
         <v>140</v>
       </c>
-      <c r="CI12" s="16">
+      <c r="CI12" s="15">
         <v>310</v>
       </c>
-      <c r="CJ12" s="16">
+      <c r="CJ12" s="15">
         <v>1630</v>
       </c>
-      <c r="CK12" s="16">
+      <c r="CK12" s="15">
         <v>450</v>
       </c>
-      <c r="CL12" s="16">
+      <c r="CL12" s="15">
         <v>160</v>
       </c>
-      <c r="CM12" s="16">
+      <c r="CM12" s="15">
         <v>20</v>
       </c>
-      <c r="CN12" s="16">
+      <c r="CN12" s="15">
         <v>30</v>
       </c>
-      <c r="CO12" s="16">
+      <c r="CO12" s="15">
         <v>199.99999999999997</v>
       </c>
-      <c r="CP12" s="16">
+      <c r="CP12" s="15">
         <v>50</v>
       </c>
-      <c r="CQ12" s="16">
-[...2 lines deleted...]
-      <c r="CR12" s="16">
+      <c r="CQ12" s="15">
+        <v>0</v>
+      </c>
+      <c r="CR12" s="15">
         <v>20</v>
       </c>
-      <c r="CS12" s="16">
+      <c r="CS12" s="15">
         <v>10</v>
       </c>
-      <c r="CT12" s="16">
-[...2 lines deleted...]
-      <c r="CU12" s="16">
+      <c r="CT12" s="15">
+        <v>0</v>
+      </c>
+      <c r="CU12" s="15">
         <v>290</v>
       </c>
-      <c r="CV12" s="16">
+      <c r="CV12" s="15">
         <v>90</v>
       </c>
-      <c r="CW12" s="16">
+      <c r="CW12" s="15">
         <v>20</v>
       </c>
-      <c r="CX12" s="16">
+      <c r="CX12" s="15">
         <v>600</v>
       </c>
-      <c r="CY12" s="16">
+      <c r="CY12" s="15">
         <v>430</v>
       </c>
-      <c r="CZ12" s="16">
+      <c r="CZ12" s="15">
         <v>690</v>
       </c>
-      <c r="DA12" s="16">
+      <c r="DA12" s="15">
         <v>240</v>
       </c>
-      <c r="DB12" s="16">
+      <c r="DB12" s="15">
         <v>480</v>
       </c>
-      <c r="DC12" s="16">
+      <c r="DC12" s="15">
         <v>1380</v>
       </c>
-      <c r="DD12" s="16">
+      <c r="DD12" s="15">
         <v>750</v>
       </c>
-      <c r="DE12" s="17">
+      <c r="DE12" s="16">
         <v>50</v>
       </c>
-      <c r="DF12" s="17">
+      <c r="DF12" s="16">
         <v>480</v>
       </c>
-      <c r="DG12" s="16">
+      <c r="DG12" s="15">
         <v>100</v>
       </c>
-      <c r="DH12" s="16">
+      <c r="DH12" s="15">
         <v>230</v>
       </c>
-      <c r="DI12" s="33">
+      <c r="DI12" s="32">
         <v>1540</v>
       </c>
+      <c r="DJ12" s="16">
+        <v>260</v>
+      </c>
+      <c r="DK12" s="16">
+        <v>180</v>
+      </c>
+      <c r="DL12" s="16">
+        <v>1070</v>
+      </c>
+      <c r="DM12" s="16">
+        <v>710</v>
+      </c>
+      <c r="DN12" s="16">
+        <v>730</v>
+      </c>
+      <c r="DO12" s="16">
+        <v>330</v>
+      </c>
+      <c r="DP12" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ12" s="16">
+        <v>768.22</v>
+      </c>
+      <c r="DR12" s="16">
+        <v>311</v>
+      </c>
+      <c r="DS12" s="16">
+        <v>611</v>
+      </c>
+      <c r="DT12" s="16">
+        <v>604</v>
+      </c>
+      <c r="DU12" s="16">
+        <v>752</v>
+      </c>
+      <c r="DV12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE12" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF12" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="13" spans="1:113" s="18" customFormat="1">
-      <c r="A13" s="15" t="s">
+    <row r="13" spans="1:136" s="17" customFormat="1">
+      <c r="A13" s="14" t="s">
         <v>181</v>
       </c>
-      <c r="B13" s="15" t="s">
+      <c r="B13" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="C13" s="15" t="s">
+      <c r="C13" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D13" s="15" t="s">
+      <c r="D13" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E13" s="15"/>
-      <c r="F13" s="16">
+      <c r="E13" s="14"/>
+      <c r="F13" s="15">
         <v>847</v>
       </c>
-      <c r="G13" s="16">
+      <c r="G13" s="15">
         <v>551</v>
       </c>
-      <c r="H13" s="16">
+      <c r="H13" s="15">
         <v>631</v>
       </c>
-      <c r="I13" s="16">
+      <c r="I13" s="15">
         <v>642</v>
       </c>
-      <c r="J13" s="16">
+      <c r="J13" s="15">
         <v>640</v>
       </c>
-      <c r="K13" s="16">
+      <c r="K13" s="15">
         <v>591</v>
       </c>
-      <c r="L13" s="16">
+      <c r="L13" s="15">
         <v>594</v>
       </c>
-      <c r="M13" s="16">
+      <c r="M13" s="15">
         <v>169</v>
       </c>
-      <c r="N13" s="16">
+      <c r="N13" s="15">
         <v>545</v>
       </c>
-      <c r="O13" s="16">
+      <c r="O13" s="15">
         <v>958.8</v>
       </c>
-      <c r="P13" s="16">
+      <c r="P13" s="15">
         <v>318.89999999999998</v>
       </c>
-      <c r="Q13" s="16">
+      <c r="Q13" s="15">
         <v>56.2</v>
       </c>
-      <c r="R13" s="16">
+      <c r="R13" s="15">
         <v>414.4</v>
       </c>
-      <c r="S13" s="16">
+      <c r="S13" s="15">
         <v>965.7</v>
       </c>
-      <c r="T13" s="16">
+      <c r="T13" s="15">
         <v>868.2</v>
       </c>
-      <c r="U13" s="16">
+      <c r="U13" s="15">
         <v>203</v>
       </c>
-      <c r="V13" s="16">
+      <c r="V13" s="15">
         <v>390.90000000000003</v>
       </c>
-      <c r="W13" s="16">
+      <c r="W13" s="15">
         <v>1258.3</v>
       </c>
-      <c r="X13" s="16">
+      <c r="X13" s="15">
         <v>992.16000000000008</v>
       </c>
-      <c r="Y13" s="16">
+      <c r="Y13" s="15">
         <v>455.7</v>
       </c>
-      <c r="Z13" s="16">
+      <c r="Z13" s="15">
         <v>985.52</v>
       </c>
-      <c r="AA13" s="16">
+      <c r="AA13" s="15">
         <v>233.67999999999998</v>
       </c>
-      <c r="AB13" s="16">
+      <c r="AB13" s="15">
         <v>436.88000000000005</v>
       </c>
-      <c r="AC13" s="16">
+      <c r="AC13" s="15">
         <v>375.92</v>
       </c>
-      <c r="AD13" s="16">
+      <c r="AD13" s="15">
         <v>710</v>
       </c>
-      <c r="AE13" s="16">
+      <c r="AE13" s="15">
         <v>820</v>
       </c>
-      <c r="AF13" s="16">
+      <c r="AF13" s="15">
         <v>1020</v>
       </c>
-      <c r="AG13" s="16">
+      <c r="AG13" s="15">
         <v>180</v>
       </c>
-      <c r="AH13" s="16">
+      <c r="AH13" s="15">
         <v>70</v>
       </c>
-      <c r="AI13" s="16">
+      <c r="AI13" s="15">
         <v>750</v>
       </c>
-      <c r="AJ13" s="16">
+      <c r="AJ13" s="15">
         <v>150</v>
       </c>
-      <c r="AK13" s="16">
+      <c r="AK13" s="15">
         <v>90</v>
       </c>
-      <c r="AL13" s="16">
+      <c r="AL13" s="15">
         <v>100</v>
       </c>
-      <c r="AM13" s="16">
+      <c r="AM13" s="15">
         <v>180</v>
       </c>
-      <c r="AN13" s="16">
+      <c r="AN13" s="15">
         <v>280</v>
       </c>
-      <c r="AO13" s="16">
+      <c r="AO13" s="15">
         <v>110</v>
       </c>
-      <c r="AP13" s="16">
+      <c r="AP13" s="15">
         <v>410</v>
       </c>
-      <c r="AQ13" s="16">
+      <c r="AQ13" s="15">
         <v>150</v>
       </c>
-      <c r="AR13" s="16">
+      <c r="AR13" s="15">
         <v>450</v>
       </c>
-      <c r="AS13" s="16">
+      <c r="AS13" s="15">
         <v>20</v>
       </c>
-      <c r="AT13" s="16">
+      <c r="AT13" s="15">
         <v>240</v>
       </c>
-      <c r="AU13" s="16">
+      <c r="AU13" s="15">
         <v>220</v>
       </c>
-      <c r="AV13" s="16">
+      <c r="AV13" s="15">
         <v>170</v>
       </c>
-      <c r="AW13" s="16">
+      <c r="AW13" s="15">
         <v>150</v>
       </c>
-      <c r="AX13" s="16">
+      <c r="AX13" s="15">
         <v>50</v>
       </c>
-      <c r="AY13" s="16">
+      <c r="AY13" s="15">
         <v>320</v>
       </c>
-      <c r="AZ13" s="16">
+      <c r="AZ13" s="15">
         <v>340</v>
       </c>
-      <c r="BA13" s="16">
+      <c r="BA13" s="15">
         <v>230</v>
       </c>
-      <c r="BB13" s="16">
+      <c r="BB13" s="15">
         <v>490</v>
       </c>
-      <c r="BC13" s="16">
+      <c r="BC13" s="15">
         <v>390</v>
       </c>
-      <c r="BD13" s="16">
+      <c r="BD13" s="15">
         <v>250</v>
       </c>
-      <c r="BE13" s="16">
+      <c r="BE13" s="15">
         <v>90</v>
       </c>
-      <c r="BF13" s="16">
+      <c r="BF13" s="15">
         <v>120</v>
       </c>
-      <c r="BG13" s="16">
+      <c r="BG13" s="15">
         <v>310</v>
       </c>
-      <c r="BH13" s="16">
+      <c r="BH13" s="15">
         <v>390</v>
       </c>
-      <c r="BI13" s="16">
+      <c r="BI13" s="15">
         <v>200</v>
       </c>
-      <c r="BJ13" s="16">
+      <c r="BJ13" s="15">
         <v>470</v>
       </c>
-      <c r="BK13" s="16">
+      <c r="BK13" s="15">
         <v>720</v>
       </c>
-      <c r="BL13" s="16">
+      <c r="BL13" s="15">
         <v>730</v>
       </c>
-      <c r="BM13" s="16">
+      <c r="BM13" s="15">
         <v>540</v>
       </c>
-      <c r="BN13" s="16">
+      <c r="BN13" s="15">
         <v>1190</v>
       </c>
-      <c r="BO13" s="16">
+      <c r="BO13" s="15">
         <v>1050</v>
       </c>
-      <c r="BP13" s="16">
+      <c r="BP13" s="15">
         <v>210</v>
       </c>
-      <c r="BQ13" s="16">
+      <c r="BQ13" s="15">
         <v>160</v>
       </c>
-      <c r="BR13" s="16">
+      <c r="BR13" s="15">
         <v>930</v>
       </c>
-      <c r="BS13" s="16">
+      <c r="BS13" s="15">
         <v>680</v>
       </c>
-      <c r="BT13" s="16">
+      <c r="BT13" s="15">
         <v>450</v>
       </c>
-      <c r="BU13" s="16">
+      <c r="BU13" s="15">
         <v>400</v>
       </c>
-      <c r="BV13" s="16">
+      <c r="BV13" s="15">
         <v>1270</v>
       </c>
-      <c r="BW13" s="16">
+      <c r="BW13" s="15">
         <v>1160</v>
       </c>
-      <c r="BX13" s="16">
+      <c r="BX13" s="15">
         <v>310</v>
       </c>
-      <c r="BY13" s="16">
+      <c r="BY13" s="15">
         <v>80</v>
       </c>
-      <c r="BZ13" s="16">
+      <c r="BZ13" s="15">
         <v>180</v>
       </c>
-      <c r="CA13" s="16">
+      <c r="CA13" s="15">
         <v>350.00000000000006</v>
       </c>
-      <c r="CB13" s="16">
+      <c r="CB13" s="15">
         <v>280</v>
       </c>
-      <c r="CC13" s="16">
+      <c r="CC13" s="15">
         <v>380</v>
       </c>
-      <c r="CD13" s="16">
+      <c r="CD13" s="15">
         <v>660</v>
       </c>
-      <c r="CE13" s="16">
+      <c r="CE13" s="15">
         <v>630</v>
       </c>
-      <c r="CF13" s="16">
+      <c r="CF13" s="15">
         <v>240.00000000000003</v>
       </c>
-      <c r="CG13" s="16">
+      <c r="CG13" s="15">
         <v>120</v>
       </c>
-      <c r="CH13" s="16">
+      <c r="CH13" s="15">
         <v>80</v>
       </c>
-      <c r="CI13" s="16">
+      <c r="CI13" s="15">
         <v>310</v>
       </c>
-      <c r="CJ13" s="16">
+      <c r="CJ13" s="15">
         <v>380</v>
       </c>
-      <c r="CK13" s="16">
+      <c r="CK13" s="15">
         <v>300</v>
       </c>
-      <c r="CL13" s="16">
+      <c r="CL13" s="15">
         <v>210.00000000000003</v>
       </c>
-      <c r="CM13" s="16">
+      <c r="CM13" s="15">
         <v>270</v>
       </c>
-      <c r="CN13" s="16">
+      <c r="CN13" s="15">
         <v>194</v>
       </c>
-      <c r="CO13" s="16">
+      <c r="CO13" s="15">
         <v>10</v>
       </c>
-      <c r="CP13" s="16">
+      <c r="CP13" s="15">
         <v>300.00000000000006</v>
       </c>
-      <c r="CQ13" s="16">
+      <c r="CQ13" s="15">
         <v>30</v>
       </c>
-      <c r="CR13" s="16">
+      <c r="CR13" s="15">
         <v>50</v>
       </c>
-      <c r="CS13" s="16">
+      <c r="CS13" s="15">
         <v>50</v>
       </c>
-      <c r="CT13" s="16">
+      <c r="CT13" s="15">
         <v>279.99999999999994</v>
       </c>
-      <c r="CU13" s="16">
+      <c r="CU13" s="15">
         <v>229.99999999999997</v>
       </c>
-      <c r="CV13" s="16">
+      <c r="CV13" s="15">
         <v>270</v>
       </c>
-      <c r="CW13" s="16">
+      <c r="CW13" s="15">
         <v>70</v>
       </c>
-      <c r="CX13" s="16">
+      <c r="CX13" s="15">
         <v>430</v>
       </c>
-      <c r="CY13" s="16">
+      <c r="CY13" s="15">
         <v>1230</v>
       </c>
-      <c r="CZ13" s="16">
+      <c r="CZ13" s="15">
         <v>190</v>
       </c>
-      <c r="DA13" s="16">
+      <c r="DA13" s="15">
         <v>50</v>
       </c>
-      <c r="DB13" s="16">
+      <c r="DB13" s="15">
         <v>190</v>
       </c>
-      <c r="DC13" s="16">
+      <c r="DC13" s="15">
         <v>140</v>
       </c>
-      <c r="DD13" s="16">
+      <c r="DD13" s="15">
         <v>150</v>
       </c>
-      <c r="DE13" s="17">
+      <c r="DE13" s="16">
         <v>30</v>
       </c>
-      <c r="DF13" s="17">
+      <c r="DF13" s="16">
         <v>120</v>
       </c>
-      <c r="DG13" s="16">
+      <c r="DG13" s="15">
         <v>60</v>
       </c>
-      <c r="DH13" s="16">
+      <c r="DH13" s="15">
         <v>140</v>
       </c>
-      <c r="DI13" s="33">
+      <c r="DI13" s="32">
         <v>60</v>
       </c>
+      <c r="DJ13" s="16">
+        <v>50</v>
+      </c>
+      <c r="DK13" s="16">
+        <v>50</v>
+      </c>
+      <c r="DL13" s="16">
+        <v>160</v>
+      </c>
+      <c r="DM13" s="16">
+        <v>220</v>
+      </c>
+      <c r="DN13" s="16">
+        <v>170</v>
+      </c>
+      <c r="DO13" s="16">
+        <v>160</v>
+      </c>
+      <c r="DP13" s="16">
+        <v>20</v>
+      </c>
+      <c r="DQ13" s="16">
+        <v>68.790000000000006</v>
+      </c>
+      <c r="DR13" s="16">
+        <v>0</v>
+      </c>
+      <c r="DS13" s="16">
+        <v>6</v>
+      </c>
+      <c r="DT13" s="16">
+        <v>14</v>
+      </c>
+      <c r="DU13" s="16">
+        <v>95</v>
+      </c>
+      <c r="DV13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE13" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF13" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="14" spans="1:113" s="18" customFormat="1">
-      <c r="A14" s="15" t="s">
+    <row r="14" spans="1:136" s="17" customFormat="1">
+      <c r="A14" s="14" t="s">
         <v>182</v>
       </c>
-      <c r="B14" s="15" t="s">
+      <c r="B14" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="15" t="s">
+      <c r="C14" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D14" s="15" t="s">
+      <c r="D14" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E14" s="15"/>
-      <c r="F14" s="16">
+      <c r="E14" s="14"/>
+      <c r="F14" s="15">
         <v>363</v>
       </c>
-      <c r="G14" s="16">
+      <c r="G14" s="15">
         <v>143</v>
       </c>
-      <c r="H14" s="16">
+      <c r="H14" s="15">
         <v>407</v>
       </c>
-      <c r="I14" s="16">
+      <c r="I14" s="15">
         <v>1645</v>
       </c>
-      <c r="J14" s="16">
+      <c r="J14" s="15">
         <v>1437</v>
       </c>
-      <c r="K14" s="16">
+      <c r="K14" s="15">
         <v>1448</v>
       </c>
-      <c r="L14" s="16">
+      <c r="L14" s="15">
         <v>2793</v>
       </c>
-      <c r="M14" s="16">
+      <c r="M14" s="15">
         <v>2163</v>
       </c>
-      <c r="N14" s="16">
+      <c r="N14" s="15">
         <v>1396</v>
       </c>
-      <c r="O14" s="16">
+      <c r="O14" s="15">
         <v>601.29999999999995</v>
       </c>
-      <c r="P14" s="16">
+      <c r="P14" s="15">
         <v>235.8</v>
       </c>
-      <c r="Q14" s="16">
+      <c r="Q14" s="15">
         <v>986.8</v>
       </c>
-      <c r="R14" s="16">
-[...2 lines deleted...]
-      <c r="S14" s="16">
+      <c r="R14" s="15">
+        <v>0</v>
+      </c>
+      <c r="S14" s="15">
         <v>11.1</v>
       </c>
-      <c r="T14" s="16">
+      <c r="T14" s="15">
         <v>18.600000000000001</v>
       </c>
-      <c r="U14" s="16">
+      <c r="U14" s="15">
         <v>635.20000000000005</v>
       </c>
-      <c r="V14" s="16">
+      <c r="V14" s="15">
         <v>746.40000000000009</v>
       </c>
-      <c r="W14" s="16">
+      <c r="W14" s="15">
         <v>89.1</v>
       </c>
-      <c r="X14" s="16">
+      <c r="X14" s="15">
         <v>396.6</v>
       </c>
-      <c r="Y14" s="16">
+      <c r="Y14" s="15">
         <v>220.20000000000002</v>
       </c>
-      <c r="Z14" s="16">
+      <c r="Z14" s="15">
         <v>111.76</v>
       </c>
-      <c r="AA14" s="16">
+      <c r="AA14" s="15">
         <v>233.68</v>
       </c>
-      <c r="AB14" s="16">
+      <c r="AB14" s="15">
         <v>609.6</v>
       </c>
-      <c r="AC14" s="16">
+      <c r="AC14" s="15">
         <v>2225.04</v>
       </c>
-      <c r="AD14" s="16">
+      <c r="AD14" s="15">
         <v>1330</v>
       </c>
-      <c r="AE14" s="16">
+      <c r="AE14" s="15">
         <v>390</v>
       </c>
-      <c r="AF14" s="16">
+      <c r="AF14" s="15">
         <v>1730</v>
       </c>
-      <c r="AG14" s="16">
+      <c r="AG14" s="15">
         <v>3310</v>
       </c>
-      <c r="AH14" s="16">
+      <c r="AH14" s="15">
         <v>310</v>
       </c>
-      <c r="AI14" s="16">
+      <c r="AI14" s="15">
         <v>290</v>
       </c>
-      <c r="AJ14" s="16">
+      <c r="AJ14" s="15">
         <v>490</v>
       </c>
-      <c r="AK14" s="16">
+      <c r="AK14" s="15">
         <v>580</v>
       </c>
-      <c r="AL14" s="16">
+      <c r="AL14" s="15">
         <v>210</v>
       </c>
-      <c r="AM14" s="16">
+      <c r="AM14" s="15">
         <v>230</v>
       </c>
-      <c r="AN14" s="16">
+      <c r="AN14" s="15">
         <v>280</v>
       </c>
-      <c r="AO14" s="16">
+      <c r="AO14" s="15">
         <v>300</v>
       </c>
-      <c r="AP14" s="16">
+      <c r="AP14" s="15">
         <v>520</v>
       </c>
-      <c r="AQ14" s="16">
+      <c r="AQ14" s="15">
         <v>610</v>
       </c>
-      <c r="AR14" s="16">
+      <c r="AR14" s="15">
         <v>320</v>
       </c>
-      <c r="AS14" s="16">
+      <c r="AS14" s="15">
         <v>450</v>
       </c>
-      <c r="AT14" s="16">
+      <c r="AT14" s="15">
         <v>530</v>
       </c>
-      <c r="AU14" s="16">
+      <c r="AU14" s="15">
         <v>110</v>
       </c>
-      <c r="AV14" s="16">
+      <c r="AV14" s="15">
         <v>250</v>
       </c>
-      <c r="AW14" s="16">
+      <c r="AW14" s="15">
         <v>200</v>
       </c>
-      <c r="AX14" s="16">
+      <c r="AX14" s="15">
         <v>340</v>
       </c>
-      <c r="AY14" s="16">
+      <c r="AY14" s="15">
         <v>110</v>
       </c>
-      <c r="AZ14" s="16">
+      <c r="AZ14" s="15">
         <v>610</v>
       </c>
-      <c r="BA14" s="16">
+      <c r="BA14" s="15">
         <v>70</v>
       </c>
-      <c r="BB14" s="16">
+      <c r="BB14" s="15">
         <v>190</v>
       </c>
-      <c r="BC14" s="16">
+      <c r="BC14" s="15">
         <v>90</v>
       </c>
-      <c r="BD14" s="16">
+      <c r="BD14" s="15">
         <v>440</v>
       </c>
-      <c r="BE14" s="16">
+      <c r="BE14" s="15">
         <v>390</v>
       </c>
-      <c r="BF14" s="16">
+      <c r="BF14" s="15">
         <v>680</v>
       </c>
-      <c r="BG14" s="16">
+      <c r="BG14" s="15">
         <v>210</v>
       </c>
-      <c r="BH14" s="16">
+      <c r="BH14" s="15">
         <v>380</v>
       </c>
-      <c r="BI14" s="16">
+      <c r="BI14" s="15">
         <v>800</v>
       </c>
-      <c r="BJ14" s="16">
+      <c r="BJ14" s="15">
         <v>1310</v>
       </c>
-      <c r="BK14" s="16">
+      <c r="BK14" s="15">
         <v>120</v>
       </c>
-      <c r="BL14" s="16">
+      <c r="BL14" s="15">
         <v>480</v>
       </c>
-      <c r="BM14" s="16">
+      <c r="BM14" s="15">
         <v>1390</v>
       </c>
-      <c r="BN14" s="16">
+      <c r="BN14" s="15">
         <v>750</v>
       </c>
-      <c r="BO14" s="16">
+      <c r="BO14" s="15">
         <v>170</v>
       </c>
-      <c r="BP14" s="16">
+      <c r="BP14" s="15">
         <v>70</v>
       </c>
-      <c r="BQ14" s="16">
+      <c r="BQ14" s="15">
         <v>670</v>
       </c>
-      <c r="BR14" s="16">
+      <c r="BR14" s="15">
         <v>310</v>
       </c>
-      <c r="BS14" s="16">
+      <c r="BS14" s="15">
         <v>80</v>
       </c>
-      <c r="BT14" s="16">
+      <c r="BT14" s="15">
         <v>90</v>
       </c>
-      <c r="BU14" s="16">
+      <c r="BU14" s="15">
         <v>610</v>
       </c>
-      <c r="BV14" s="16">
+      <c r="BV14" s="15">
         <v>100</v>
       </c>
-      <c r="BW14" s="16">
+      <c r="BW14" s="15">
         <v>290</v>
       </c>
-      <c r="BX14" s="16">
+      <c r="BX14" s="15">
         <v>110</v>
       </c>
-      <c r="BY14" s="16">
+      <c r="BY14" s="15">
         <v>190</v>
       </c>
-      <c r="BZ14" s="16">
-[...2 lines deleted...]
-      <c r="CA14" s="16">
+      <c r="BZ14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CA14" s="15">
         <v>60</v>
       </c>
-      <c r="CB14" s="16">
+      <c r="CB14" s="15">
         <v>69.999999999999986</v>
       </c>
-      <c r="CC14" s="16">
+      <c r="CC14" s="15">
         <v>169.99999999999997</v>
       </c>
-      <c r="CD14" s="16">
+      <c r="CD14" s="15">
         <v>220</v>
       </c>
-      <c r="CE14" s="16">
+      <c r="CE14" s="15">
         <v>140</v>
       </c>
-      <c r="CF14" s="16">
+      <c r="CF14" s="15">
         <v>90</v>
       </c>
-      <c r="CG14" s="16">
+      <c r="CG14" s="15">
         <v>40</v>
       </c>
-      <c r="CH14" s="16">
-[...2 lines deleted...]
-      <c r="CI14" s="16">
+      <c r="CH14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CI14" s="15">
         <v>30</v>
       </c>
-      <c r="CJ14" s="16">
+      <c r="CJ14" s="15">
         <v>20</v>
       </c>
-      <c r="CK14" s="16">
+      <c r="CK14" s="15">
         <v>1130</v>
       </c>
-      <c r="CL14" s="16">
-[...8 lines deleted...]
-      <c r="CO14" s="16">
+      <c r="CL14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CM14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CN14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CO14" s="15">
         <v>99.999999999999986</v>
       </c>
-      <c r="CP14" s="16">
-[...2 lines deleted...]
-      <c r="CQ14" s="16">
+      <c r="CP14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CQ14" s="15">
         <v>40</v>
       </c>
-      <c r="CR14" s="16">
-[...17 lines deleted...]
-      <c r="CX14" s="16">
+      <c r="CR14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CS14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CT14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CU14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CV14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CW14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CX14" s="15">
         <v>50</v>
       </c>
-      <c r="CY14" s="16">
-[...2 lines deleted...]
-      <c r="CZ14" s="16">
+      <c r="CY14" s="15">
+        <v>0</v>
+      </c>
+      <c r="CZ14" s="15">
         <v>60</v>
       </c>
-      <c r="DA14" s="16">
-[...2 lines deleted...]
-      <c r="DB14" s="16">
+      <c r="DA14" s="15">
+        <v>0</v>
+      </c>
+      <c r="DB14" s="15">
         <v>30</v>
       </c>
-      <c r="DC14" s="16">
-[...2 lines deleted...]
-      <c r="DD14" s="16">
+      <c r="DC14" s="15">
+        <v>0</v>
+      </c>
+      <c r="DD14" s="15">
         <v>30</v>
       </c>
-      <c r="DE14" s="17">
+      <c r="DE14" s="16">
         <v>200</v>
       </c>
-      <c r="DF14" s="17">
+      <c r="DF14" s="16">
         <v>90</v>
       </c>
-      <c r="DG14" s="16">
-[...2 lines deleted...]
-      <c r="DH14" s="16">
+      <c r="DG14" s="15">
+        <v>0</v>
+      </c>
+      <c r="DH14" s="15">
         <v>50</v>
       </c>
-      <c r="DI14" s="33">
+      <c r="DI14" s="32">
         <v>360</v>
       </c>
+      <c r="DJ14" s="16">
+        <v>90</v>
+      </c>
+      <c r="DK14" s="16">
+        <v>680</v>
+      </c>
+      <c r="DL14" s="16">
+        <v>10</v>
+      </c>
+      <c r="DM14" s="16">
+        <v>300</v>
+      </c>
+      <c r="DN14" s="16">
+        <v>460</v>
+      </c>
+      <c r="DO14" s="16">
+        <v>160</v>
+      </c>
+      <c r="DP14" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ14" s="16">
+        <v>134.47999999999999</v>
+      </c>
+      <c r="DR14" s="16">
+        <v>51</v>
+      </c>
+      <c r="DS14" s="16">
+        <v>942</v>
+      </c>
+      <c r="DT14" s="16">
+        <v>253</v>
+      </c>
+      <c r="DU14" s="16">
+        <v>1045</v>
+      </c>
+      <c r="DV14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF14" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="15" spans="1:113" s="18" customFormat="1">
-      <c r="A15" s="15" t="s">
+    <row r="15" spans="1:136" s="17" customFormat="1">
+      <c r="A15" s="14" t="s">
         <v>183</v>
       </c>
-      <c r="B15" s="15" t="s">
+      <c r="B15" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="C15" s="15" t="s">
+      <c r="C15" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D15" s="15" t="s">
+      <c r="D15" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E15" s="15"/>
-      <c r="F15" s="16">
+      <c r="E15" s="14"/>
+      <c r="F15" s="15">
         <v>13132</v>
       </c>
-      <c r="G15" s="16">
+      <c r="G15" s="15">
         <v>41697</v>
       </c>
-      <c r="H15" s="16">
+      <c r="H15" s="15">
         <v>5809</v>
       </c>
-      <c r="I15" s="16">
+      <c r="I15" s="15">
         <v>4026</v>
       </c>
-      <c r="J15" s="16">
+      <c r="J15" s="15">
         <v>48535</v>
       </c>
-      <c r="K15" s="16">
+      <c r="K15" s="15">
         <v>6076</v>
       </c>
-      <c r="L15" s="16">
+      <c r="L15" s="15">
         <v>166</v>
       </c>
-      <c r="M15" s="16">
-[...8 lines deleted...]
-      <c r="P15" s="16">
+      <c r="M15" s="15">
+        <v>0</v>
+      </c>
+      <c r="N15" s="15">
+        <v>0</v>
+      </c>
+      <c r="O15" s="15">
+        <v>0</v>
+      </c>
+      <c r="P15" s="15">
         <v>1444</v>
       </c>
-      <c r="Q15" s="16">
+      <c r="Q15" s="15">
         <v>801</v>
       </c>
-      <c r="R15" s="16">
+      <c r="R15" s="15">
         <v>84393.5</v>
       </c>
-      <c r="S15" s="16">
+      <c r="S15" s="15">
         <v>204</v>
       </c>
-      <c r="T15" s="16">
+      <c r="T15" s="15">
         <v>1636.3</v>
       </c>
-      <c r="U15" s="16">
+      <c r="U15" s="15">
         <v>42.6</v>
       </c>
-      <c r="V15" s="16">
+      <c r="V15" s="15">
         <v>21570.1</v>
       </c>
-      <c r="W15" s="16">
+      <c r="W15" s="15">
         <v>64155.500000000007</v>
       </c>
-      <c r="X15" s="16">
+      <c r="X15" s="15">
         <v>5759.7999999999993</v>
       </c>
-      <c r="Y15" s="16">
+      <c r="Y15" s="15">
         <v>202046</v>
       </c>
-      <c r="Z15" s="16">
+      <c r="Z15" s="15">
         <v>202529.44</v>
       </c>
-      <c r="AA15" s="16">
+      <c r="AA15" s="15">
         <v>100116.64</v>
       </c>
-      <c r="AB15" s="16">
+      <c r="AB15" s="15">
         <v>609.6</v>
       </c>
-      <c r="AC15" s="16">
-[...2 lines deleted...]
-      <c r="AD15" s="16">
+      <c r="AC15" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD15" s="15">
         <v>570</v>
       </c>
-      <c r="AE15" s="16">
+      <c r="AE15" s="15">
         <v>11340</v>
       </c>
-      <c r="AF15" s="16">
+      <c r="AF15" s="15">
         <v>570</v>
       </c>
-      <c r="AG15" s="16">
+      <c r="AG15" s="15">
         <v>540</v>
       </c>
-      <c r="AH15" s="16">
+      <c r="AH15" s="15">
         <v>14120</v>
       </c>
-      <c r="AI15" s="16">
+      <c r="AI15" s="15">
         <v>35840</v>
       </c>
-      <c r="AJ15" s="16">
+      <c r="AJ15" s="15">
         <v>13430</v>
       </c>
-      <c r="AK15" s="16">
+      <c r="AK15" s="15">
         <v>1000</v>
       </c>
-      <c r="AL15" s="16">
+      <c r="AL15" s="15">
         <v>103020</v>
       </c>
-      <c r="AM15" s="16">
+      <c r="AM15" s="15">
         <v>101370</v>
       </c>
-      <c r="AN15" s="16">
+      <c r="AN15" s="15">
         <v>410</v>
       </c>
-      <c r="AO15" s="16">
-[...2 lines deleted...]
-      <c r="AP15" s="16">
+      <c r="AO15" s="15">
+        <v>0</v>
+      </c>
+      <c r="AP15" s="15">
         <v>10580</v>
       </c>
-      <c r="AQ15" s="16">
+      <c r="AQ15" s="15">
         <v>44110</v>
       </c>
-      <c r="AR15" s="16">
+      <c r="AR15" s="15">
         <v>7270</v>
       </c>
-      <c r="AS15" s="16">
+      <c r="AS15" s="15">
         <v>630</v>
       </c>
-      <c r="AT15" s="16">
+      <c r="AT15" s="15">
         <v>48340</v>
       </c>
-      <c r="AU15" s="16">
+      <c r="AU15" s="15">
         <v>124890</v>
       </c>
-      <c r="AV15" s="16">
+      <c r="AV15" s="15">
         <v>4720</v>
       </c>
-      <c r="AW15" s="16">
-[...2 lines deleted...]
-      <c r="AX15" s="16">
+      <c r="AW15" s="15">
+        <v>0</v>
+      </c>
+      <c r="AX15" s="15">
         <v>163410</v>
       </c>
-      <c r="AY15" s="16">
+      <c r="AY15" s="15">
         <v>81390</v>
       </c>
-      <c r="AZ15" s="16">
+      <c r="AZ15" s="15">
         <v>31830</v>
       </c>
-      <c r="BA15" s="16">
+      <c r="BA15" s="15">
         <v>40000</v>
       </c>
-      <c r="BB15" s="16">
+      <c r="BB15" s="15">
         <v>204970</v>
       </c>
-      <c r="BC15" s="16">
+      <c r="BC15" s="15">
         <v>111020</v>
       </c>
-      <c r="BD15" s="16">
+      <c r="BD15" s="15">
         <v>4290</v>
       </c>
-      <c r="BE15" s="16">
+      <c r="BE15" s="15">
         <v>480</v>
       </c>
-      <c r="BF15" s="16">
+      <c r="BF15" s="15">
         <v>25240</v>
       </c>
-      <c r="BG15" s="16">
+      <c r="BG15" s="15">
         <v>57220</v>
       </c>
-      <c r="BH15" s="16">
+      <c r="BH15" s="15">
         <v>3110</v>
       </c>
-      <c r="BI15" s="16">
+      <c r="BI15" s="15">
         <v>2760</v>
       </c>
-      <c r="BJ15" s="16">
+      <c r="BJ15" s="15">
         <v>7010</v>
       </c>
-      <c r="BK15" s="16">
+      <c r="BK15" s="15">
         <v>89620</v>
       </c>
-      <c r="BL15" s="16">
+      <c r="BL15" s="15">
         <v>2950</v>
       </c>
-      <c r="BM15" s="16">
+      <c r="BM15" s="15">
         <v>10120</v>
       </c>
-      <c r="BN15" s="16">
+      <c r="BN15" s="15">
         <v>19190</v>
       </c>
-      <c r="BO15" s="16">
+      <c r="BO15" s="15">
         <v>26090</v>
       </c>
-      <c r="BP15" s="16">
+      <c r="BP15" s="15">
         <v>70</v>
       </c>
-      <c r="BQ15" s="16">
-[...2 lines deleted...]
-      <c r="BR15" s="16">
+      <c r="BQ15" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR15" s="15">
         <v>34320</v>
       </c>
-      <c r="BS15" s="16">
+      <c r="BS15" s="15">
         <v>97850</v>
       </c>
-      <c r="BT15" s="16">
+      <c r="BT15" s="15">
         <v>19860</v>
       </c>
-      <c r="BU15" s="16">
+      <c r="BU15" s="15">
         <v>120</v>
       </c>
-      <c r="BV15" s="16">
+      <c r="BV15" s="15">
         <v>26550</v>
       </c>
-      <c r="BW15" s="16">
+      <c r="BW15" s="15">
         <v>52390</v>
       </c>
-      <c r="BX15" s="16">
+      <c r="BX15" s="15">
         <v>2700</v>
       </c>
-      <c r="BY15" s="16">
+      <c r="BY15" s="15">
         <v>168820</v>
       </c>
-      <c r="BZ15" s="16">
+      <c r="BZ15" s="15">
         <v>352110</v>
       </c>
-      <c r="CA15" s="16">
+      <c r="CA15" s="15">
         <v>13620.000000000002</v>
       </c>
-      <c r="CB15" s="16">
+      <c r="CB15" s="15">
         <v>4680</v>
       </c>
-      <c r="CC15" s="16">
+      <c r="CC15" s="15">
         <v>649.99999999999989</v>
       </c>
-      <c r="CD15" s="16">
+      <c r="CD15" s="15">
         <v>710</v>
       </c>
-      <c r="CE15" s="16">
+      <c r="CE15" s="15">
         <v>27990.000000000004</v>
       </c>
-      <c r="CF15" s="16">
+      <c r="CF15" s="15">
         <v>490</v>
       </c>
-      <c r="CG15" s="16">
+      <c r="CG15" s="15">
         <v>50</v>
       </c>
-      <c r="CH15" s="16">
+      <c r="CH15" s="15">
         <v>330</v>
       </c>
-      <c r="CI15" s="16">
+      <c r="CI15" s="15">
         <v>6430</v>
       </c>
-      <c r="CJ15" s="16">
+      <c r="CJ15" s="15">
         <v>70</v>
       </c>
-      <c r="CK15" s="16">
-[...2 lines deleted...]
-      <c r="CL15" s="16">
+      <c r="CK15" s="15">
+        <v>0</v>
+      </c>
+      <c r="CL15" s="15">
         <v>330</v>
       </c>
-      <c r="CM15" s="16">
+      <c r="CM15" s="15">
         <v>22060.000000000004</v>
       </c>
-      <c r="CN15" s="16">
+      <c r="CN15" s="15">
         <v>2170</v>
       </c>
-      <c r="CO15" s="16">
+      <c r="CO15" s="15">
         <v>1350</v>
       </c>
-      <c r="CP15" s="16">
+      <c r="CP15" s="15">
         <v>3550</v>
       </c>
-      <c r="CQ15" s="16">
+      <c r="CQ15" s="15">
         <v>2090</v>
       </c>
-      <c r="CR15" s="16">
+      <c r="CR15" s="15">
         <v>50</v>
       </c>
-      <c r="CS15" s="16">
+      <c r="CS15" s="15">
         <v>130</v>
       </c>
-      <c r="CT15" s="16">
+      <c r="CT15" s="15">
         <v>220</v>
       </c>
-      <c r="CU15" s="16">
+      <c r="CU15" s="15">
         <v>121039.99999999999</v>
       </c>
-      <c r="CV15" s="16">
+      <c r="CV15" s="15">
         <v>5920</v>
       </c>
-      <c r="CW15" s="16">
+      <c r="CW15" s="15">
         <v>260</v>
       </c>
-      <c r="CX15" s="16">
+      <c r="CX15" s="15">
         <v>1960</v>
       </c>
-      <c r="CY15" s="16">
+      <c r="CY15" s="15">
         <v>2960</v>
       </c>
-      <c r="CZ15" s="16">
+      <c r="CZ15" s="15">
         <v>2260</v>
       </c>
-      <c r="DA15" s="16">
+      <c r="DA15" s="15">
         <v>1320</v>
       </c>
-      <c r="DB15" s="16">
+      <c r="DB15" s="15">
         <v>440</v>
       </c>
-      <c r="DC15" s="16">
+      <c r="DC15" s="15">
         <v>3880</v>
       </c>
-      <c r="DD15" s="16">
+      <c r="DD15" s="15">
         <v>2680</v>
       </c>
-      <c r="DE15" s="17">
+      <c r="DE15" s="16">
         <v>230</v>
       </c>
-      <c r="DF15" s="17">
+      <c r="DF15" s="16">
         <v>5200</v>
       </c>
-      <c r="DG15" s="16">
+      <c r="DG15" s="15">
         <v>23130</v>
       </c>
-      <c r="DH15" s="16">
+      <c r="DH15" s="15">
         <v>60</v>
       </c>
-      <c r="DI15" s="33">
-        <v>0</v>
+      <c r="DI15" s="32">
+        <v>0</v>
+      </c>
+      <c r="DJ15" s="16">
+        <v>510</v>
+      </c>
+      <c r="DK15" s="16">
+        <v>390</v>
+      </c>
+      <c r="DL15" s="16">
+        <v>0</v>
+      </c>
+      <c r="DM15" s="16">
+        <v>0</v>
+      </c>
+      <c r="DN15" s="16">
+        <v>0</v>
+      </c>
+      <c r="DO15" s="16">
+        <v>1080</v>
+      </c>
+      <c r="DP15" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ15" s="16">
+        <v>562.24</v>
+      </c>
+      <c r="DR15" s="16">
+        <v>263</v>
+      </c>
+      <c r="DS15" s="16">
+        <v>462</v>
+      </c>
+      <c r="DT15" s="16">
+        <v>147</v>
+      </c>
+      <c r="DU15" s="16">
+        <v>0</v>
+      </c>
+      <c r="DV15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE15" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF15" s="26" t="s">
+        <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:113" s="18" customFormat="1">
-      <c r="A16" s="15" t="s">
+    <row r="16" spans="1:136" s="17" customFormat="1">
+      <c r="A16" s="14" t="s">
         <v>184</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="C16" s="15" t="s">
+      <c r="C16" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E16" s="15"/>
-      <c r="F16" s="16">
+      <c r="E16" s="14"/>
+      <c r="F16" s="15">
         <v>1051</v>
       </c>
-      <c r="G16" s="16">
+      <c r="G16" s="15">
         <v>1246</v>
       </c>
-      <c r="H16" s="16">
+      <c r="H16" s="15">
         <v>1208</v>
       </c>
-      <c r="I16" s="16">
+      <c r="I16" s="15">
         <v>8</v>
       </c>
-      <c r="J16" s="16">
-[...14 lines deleted...]
-      <c r="O16" s="16">
+      <c r="J16" s="15">
+        <v>0</v>
+      </c>
+      <c r="K16" s="15">
+        <v>0</v>
+      </c>
+      <c r="L16" s="15">
+        <v>0</v>
+      </c>
+      <c r="M16" s="15">
+        <v>0</v>
+      </c>
+      <c r="N16" s="15">
+        <v>0</v>
+      </c>
+      <c r="O16" s="15">
         <v>2149</v>
       </c>
-      <c r="P16" s="16">
+      <c r="P16" s="15">
         <v>128.30000000000001</v>
       </c>
-      <c r="Q16" s="16">
+      <c r="Q16" s="15">
         <v>107.1</v>
       </c>
-      <c r="R16" s="16">
+      <c r="R16" s="15">
         <v>672.8</v>
       </c>
-      <c r="S16" s="16">
+      <c r="S16" s="15">
         <v>1051</v>
       </c>
-      <c r="T16" s="16">
+      <c r="T16" s="15">
         <v>1105.0999999999999</v>
       </c>
-      <c r="U16" s="16">
+      <c r="U16" s="15">
         <v>100.6</v>
       </c>
-      <c r="V16" s="16">
+      <c r="V16" s="15">
         <v>119.69999999999999</v>
       </c>
-      <c r="W16" s="16">
+      <c r="W16" s="15">
         <v>353.6</v>
       </c>
-      <c r="X16" s="16">
+      <c r="X16" s="15">
         <v>283.3</v>
       </c>
-      <c r="Y16" s="16">
+      <c r="Y16" s="15">
         <v>61</v>
       </c>
-      <c r="Z16" s="16">
+      <c r="Z16" s="15">
         <v>213.35999999999999</v>
       </c>
-      <c r="AA16" s="16">
+      <c r="AA16" s="15">
         <v>609.6</v>
       </c>
-      <c r="AB16" s="16">
+      <c r="AB16" s="15">
         <v>497.84</v>
       </c>
-      <c r="AC16" s="16">
+      <c r="AC16" s="15">
         <v>568.96</v>
       </c>
-      <c r="AD16" s="16">
+      <c r="AD16" s="15">
         <v>1470</v>
       </c>
-      <c r="AE16" s="16">
+      <c r="AE16" s="15">
         <v>1940</v>
       </c>
-      <c r="AF16" s="16">
+      <c r="AF16" s="15">
         <v>180</v>
       </c>
-      <c r="AG16" s="16">
+      <c r="AG16" s="15">
         <v>280</v>
       </c>
-      <c r="AH16" s="16">
+      <c r="AH16" s="15">
         <v>540</v>
       </c>
-      <c r="AI16" s="16">
+      <c r="AI16" s="15">
         <v>2040</v>
       </c>
-      <c r="AJ16" s="16">
+      <c r="AJ16" s="15">
         <v>1160</v>
       </c>
-      <c r="AK16" s="16">
+      <c r="AK16" s="15">
         <v>210</v>
       </c>
-      <c r="AL16" s="16">
+      <c r="AL16" s="15">
         <v>1230</v>
       </c>
-      <c r="AM16" s="16">
+      <c r="AM16" s="15">
         <v>920</v>
       </c>
-      <c r="AN16" s="16">
+      <c r="AN16" s="15">
         <v>200</v>
       </c>
-      <c r="AO16" s="16">
+      <c r="AO16" s="15">
         <v>300</v>
       </c>
-      <c r="AP16" s="16">
+      <c r="AP16" s="15">
         <v>2230</v>
       </c>
-      <c r="AQ16" s="16">
+      <c r="AQ16" s="15">
         <v>680</v>
       </c>
-      <c r="AR16" s="16">
+      <c r="AR16" s="15">
         <v>350</v>
       </c>
-      <c r="AS16" s="16">
+      <c r="AS16" s="15">
         <v>310</v>
       </c>
-      <c r="AT16" s="16">
+      <c r="AT16" s="15">
         <v>270</v>
       </c>
-      <c r="AU16" s="16">
+      <c r="AU16" s="15">
         <v>220</v>
       </c>
-      <c r="AV16" s="16">
+      <c r="AV16" s="15">
         <v>260</v>
       </c>
-      <c r="AW16" s="16">
+      <c r="AW16" s="15">
         <v>30</v>
       </c>
-      <c r="AX16" s="16">
+      <c r="AX16" s="15">
         <v>350</v>
       </c>
-      <c r="AY16" s="16">
+      <c r="AY16" s="15">
         <v>700</v>
       </c>
-      <c r="AZ16" s="16">
+      <c r="AZ16" s="15">
         <v>90</v>
       </c>
-      <c r="BA16" s="16">
+      <c r="BA16" s="15">
         <v>60</v>
       </c>
-      <c r="BB16" s="16">
+      <c r="BB16" s="15">
         <v>320</v>
       </c>
-      <c r="BC16" s="16">
+      <c r="BC16" s="15">
         <v>760</v>
       </c>
-      <c r="BD16" s="16">
+      <c r="BD16" s="15">
         <v>180</v>
       </c>
-      <c r="BE16" s="16">
+      <c r="BE16" s="15">
         <v>400</v>
       </c>
-      <c r="BF16" s="16">
+      <c r="BF16" s="15">
         <v>490</v>
       </c>
-      <c r="BG16" s="16">
+      <c r="BG16" s="15">
         <v>740</v>
       </c>
-      <c r="BH16" s="16">
+      <c r="BH16" s="15">
         <v>620</v>
       </c>
-      <c r="BI16" s="16">
+      <c r="BI16" s="15">
         <v>230</v>
       </c>
-      <c r="BJ16" s="16">
+      <c r="BJ16" s="15">
         <v>1710</v>
       </c>
-      <c r="BK16" s="16">
+      <c r="BK16" s="15">
         <v>650</v>
       </c>
-      <c r="BL16" s="16">
+      <c r="BL16" s="15">
         <v>310</v>
       </c>
-      <c r="BM16" s="16">
+      <c r="BM16" s="15">
         <v>40</v>
       </c>
-      <c r="BN16" s="16">
+      <c r="BN16" s="15">
         <v>650</v>
       </c>
-      <c r="BO16" s="16">
+      <c r="BO16" s="15">
         <v>2050</v>
       </c>
-      <c r="BP16" s="16">
+      <c r="BP16" s="15">
         <v>690</v>
       </c>
-      <c r="BQ16" s="16">
+      <c r="BQ16" s="15">
         <v>300</v>
       </c>
-      <c r="BR16" s="16">
+      <c r="BR16" s="15">
         <v>790</v>
       </c>
-      <c r="BS16" s="16">
+      <c r="BS16" s="15">
         <v>1510</v>
       </c>
-      <c r="BT16" s="16">
+      <c r="BT16" s="15">
         <v>530</v>
       </c>
-      <c r="BU16" s="16">
+      <c r="BU16" s="15">
         <v>130</v>
       </c>
-      <c r="BV16" s="16">
+      <c r="BV16" s="15">
         <v>580</v>
       </c>
-      <c r="BW16" s="16">
+      <c r="BW16" s="15">
         <v>710</v>
       </c>
-      <c r="BX16" s="16">
+      <c r="BX16" s="15">
         <v>190</v>
       </c>
-      <c r="BY16" s="16">
+      <c r="BY16" s="15">
         <v>40</v>
       </c>
-      <c r="BZ16" s="16">
+      <c r="BZ16" s="15">
         <v>410.00000000000006</v>
       </c>
-      <c r="CA16" s="16">
+      <c r="CA16" s="15">
         <v>750</v>
       </c>
-      <c r="CB16" s="16">
+      <c r="CB16" s="15">
         <v>510</v>
       </c>
-      <c r="CC16" s="16">
+      <c r="CC16" s="15">
         <v>710.00000000000011</v>
       </c>
-      <c r="CD16" s="16">
+      <c r="CD16" s="15">
         <v>11899.999999999998</v>
       </c>
-      <c r="CE16" s="16">
+      <c r="CE16" s="15">
         <v>320</v>
       </c>
-      <c r="CF16" s="16">
+      <c r="CF16" s="15">
         <v>40</v>
       </c>
-      <c r="CG16" s="16">
+      <c r="CG16" s="15">
         <v>200</v>
       </c>
-      <c r="CH16" s="16">
+      <c r="CH16" s="15">
         <v>1900</v>
       </c>
-      <c r="CI16" s="16">
+      <c r="CI16" s="15">
         <v>70</v>
       </c>
-      <c r="CJ16" s="16">
+      <c r="CJ16" s="15">
         <v>230</v>
       </c>
-      <c r="CK16" s="16">
+      <c r="CK16" s="15">
         <v>100</v>
       </c>
-      <c r="CL16" s="16">
+      <c r="CL16" s="15">
         <v>880.00000000000011</v>
       </c>
-      <c r="CM16" s="16">
+      <c r="CM16" s="15">
         <v>320.00000000000006</v>
       </c>
-      <c r="CN16" s="16">
+      <c r="CN16" s="15">
         <v>25</v>
       </c>
-      <c r="CO16" s="16">
+      <c r="CO16" s="15">
         <v>30</v>
       </c>
-      <c r="CP16" s="16">
+      <c r="CP16" s="15">
         <v>680</v>
       </c>
-      <c r="CQ16" s="16">
+      <c r="CQ16" s="15">
         <v>40</v>
       </c>
-      <c r="CR16" s="16">
+      <c r="CR16" s="15">
         <v>30</v>
       </c>
-      <c r="CS16" s="16">
-[...2 lines deleted...]
-      <c r="CT16" s="16">
+      <c r="CS16" s="15">
+        <v>0</v>
+      </c>
+      <c r="CT16" s="15">
         <v>100</v>
       </c>
-      <c r="CU16" s="16">
+      <c r="CU16" s="15">
         <v>100</v>
       </c>
-      <c r="CV16" s="16">
+      <c r="CV16" s="15">
         <v>40</v>
       </c>
-      <c r="CW16" s="16">
+      <c r="CW16" s="15">
         <v>100</v>
       </c>
-      <c r="CX16" s="16">
+      <c r="CX16" s="15">
         <v>140</v>
       </c>
-      <c r="CY16" s="16">
+      <c r="CY16" s="15">
         <v>20</v>
       </c>
-      <c r="CZ16" s="16">
-[...2 lines deleted...]
-      <c r="DA16" s="16">
+      <c r="CZ16" s="15">
+        <v>0</v>
+      </c>
+      <c r="DA16" s="15">
         <v>90</v>
       </c>
-      <c r="DB16" s="16">
-[...2 lines deleted...]
-      <c r="DC16" s="16">
+      <c r="DB16" s="15">
+        <v>0</v>
+      </c>
+      <c r="DC16" s="15">
         <v>30</v>
       </c>
-      <c r="DD16" s="16">
-[...8 lines deleted...]
-      <c r="DG16" s="16">
+      <c r="DD16" s="15">
+        <v>0</v>
+      </c>
+      <c r="DE16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DF16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DG16" s="15">
         <v>30</v>
       </c>
-      <c r="DH16" s="16">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="DH16" s="15">
+        <v>0</v>
+      </c>
+      <c r="DI16" s="32">
+        <v>0</v>
+      </c>
+      <c r="DJ16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DK16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DL16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DM16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DN16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DO16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DP16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DR16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DS16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DT16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DU16" s="16">
+        <v>0</v>
+      </c>
+      <c r="DV16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE16" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF16" s="26" t="s">
+        <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:113" s="18" customFormat="1">
-      <c r="A17" s="15" t="s">
+    <row r="17" spans="1:136" s="17" customFormat="1">
+      <c r="A17" s="14" t="s">
         <v>185</v>
       </c>
-      <c r="B17" s="15" t="s">
+      <c r="B17" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="15" t="s">
+      <c r="C17" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="D17" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E17" s="15"/>
-      <c r="F17" s="16">
+      <c r="E17" s="14"/>
+      <c r="F17" s="15">
         <v>379</v>
       </c>
-      <c r="G17" s="16">
+      <c r="G17" s="15">
         <v>21</v>
       </c>
-      <c r="H17" s="16">
+      <c r="H17" s="15">
         <v>88</v>
       </c>
-      <c r="I17" s="16">
+      <c r="I17" s="15">
         <v>176</v>
       </c>
-      <c r="J17" s="16">
+      <c r="J17" s="15">
         <v>163</v>
       </c>
-      <c r="K17" s="16">
+      <c r="K17" s="15">
         <v>108</v>
       </c>
-      <c r="L17" s="16">
+      <c r="L17" s="15">
         <v>134</v>
       </c>
-      <c r="M17" s="16">
+      <c r="M17" s="15">
         <v>409</v>
       </c>
-      <c r="N17" s="16">
+      <c r="N17" s="15">
         <v>281</v>
       </c>
-      <c r="O17" s="16">
+      <c r="O17" s="15">
         <v>36</v>
       </c>
-      <c r="P17" s="16">
+      <c r="P17" s="15">
         <v>38.700000000000003</v>
       </c>
-      <c r="Q17" s="16">
+      <c r="Q17" s="15">
         <v>20.399999999999999</v>
       </c>
-      <c r="R17" s="16">
+      <c r="R17" s="15">
         <v>35</v>
       </c>
-      <c r="S17" s="16">
+      <c r="S17" s="15">
         <v>11.7</v>
       </c>
-      <c r="T17" s="16">
+      <c r="T17" s="15">
         <v>102.8</v>
       </c>
-      <c r="U17" s="16">
+      <c r="U17" s="15">
         <v>54.4</v>
       </c>
-      <c r="V17" s="16">
+      <c r="V17" s="15">
         <v>143.19999999999999</v>
       </c>
-      <c r="W17" s="16">
+      <c r="W17" s="15">
         <v>318.39999999999998</v>
       </c>
-      <c r="X17" s="16">
+      <c r="X17" s="15">
         <v>65.3</v>
       </c>
-      <c r="Y17" s="16">
+      <c r="Y17" s="15">
         <v>277.2</v>
       </c>
-      <c r="Z17" s="16">
+      <c r="Z17" s="15">
         <v>365.76</v>
       </c>
-      <c r="AA17" s="16">
+      <c r="AA17" s="15">
         <v>50.800000000000004</v>
       </c>
-      <c r="AB17" s="16">
+      <c r="AB17" s="15">
         <v>60.96</v>
       </c>
-      <c r="AC17" s="16">
+      <c r="AC17" s="15">
         <v>386.08</v>
       </c>
-      <c r="AD17" s="16">
+      <c r="AD17" s="15">
         <v>330</v>
       </c>
-      <c r="AE17" s="16">
+      <c r="AE17" s="15">
         <v>340</v>
       </c>
-      <c r="AF17" s="16">
+      <c r="AF17" s="15">
         <v>90</v>
       </c>
-      <c r="AG17" s="16">
+      <c r="AG17" s="15">
         <v>20</v>
       </c>
-      <c r="AH17" s="16">
+      <c r="AH17" s="15">
         <v>180</v>
       </c>
-      <c r="AI17" s="16">
+      <c r="AI17" s="15">
         <v>1150</v>
       </c>
-      <c r="AJ17" s="16">
+      <c r="AJ17" s="15">
         <v>220</v>
       </c>
-      <c r="AK17" s="16">
+      <c r="AK17" s="15">
         <v>110</v>
       </c>
-      <c r="AL17" s="16">
+      <c r="AL17" s="15">
         <v>1730</v>
       </c>
-      <c r="AM17" s="16">
-[...2 lines deleted...]
-      <c r="AN17" s="16">
+      <c r="AM17" s="15">
+        <v>0</v>
+      </c>
+      <c r="AN17" s="15">
         <v>5600</v>
       </c>
-      <c r="AO17" s="16">
+      <c r="AO17" s="15">
         <v>3690</v>
       </c>
-      <c r="AP17" s="16">
+      <c r="AP17" s="15">
         <v>50</v>
       </c>
-      <c r="AQ17" s="16">
+      <c r="AQ17" s="15">
         <v>110</v>
       </c>
-      <c r="AR17" s="16">
+      <c r="AR17" s="15">
         <v>90</v>
       </c>
-      <c r="AS17" s="16">
+      <c r="AS17" s="15">
         <v>170</v>
       </c>
-      <c r="AT17" s="16">
+      <c r="AT17" s="15">
         <v>140</v>
       </c>
-      <c r="AU17" s="16">
+      <c r="AU17" s="15">
         <v>20</v>
       </c>
-      <c r="AV17" s="16">
-[...2 lines deleted...]
-      <c r="AW17" s="16">
+      <c r="AV17" s="15">
+        <v>0</v>
+      </c>
+      <c r="AW17" s="15">
         <v>150</v>
       </c>
-      <c r="AX17" s="16">
+      <c r="AX17" s="15">
         <v>100</v>
       </c>
-      <c r="AY17" s="16">
+      <c r="AY17" s="15">
         <v>150</v>
       </c>
-      <c r="AZ17" s="16">
+      <c r="AZ17" s="15">
         <v>70</v>
       </c>
-      <c r="BA17" s="16">
+      <c r="BA17" s="15">
         <v>40</v>
       </c>
-      <c r="BB17" s="16">
+      <c r="BB17" s="15">
         <v>100</v>
       </c>
-      <c r="BC17" s="16">
+      <c r="BC17" s="15">
         <v>140</v>
       </c>
-      <c r="BD17" s="16">
+      <c r="BD17" s="15">
         <v>40</v>
       </c>
-      <c r="BE17" s="16">
+      <c r="BE17" s="15">
         <v>20</v>
       </c>
-      <c r="BF17" s="16">
+      <c r="BF17" s="15">
         <v>280</v>
       </c>
-      <c r="BG17" s="16">
+      <c r="BG17" s="15">
         <v>220</v>
       </c>
-      <c r="BH17" s="16">
+      <c r="BH17" s="15">
         <v>20</v>
       </c>
-      <c r="BI17" s="16">
-[...2 lines deleted...]
-      <c r="BJ17" s="16">
+      <c r="BI17" s="15">
+        <v>0</v>
+      </c>
+      <c r="BJ17" s="15">
         <v>570</v>
       </c>
-      <c r="BK17" s="16">
+      <c r="BK17" s="15">
         <v>590</v>
       </c>
-      <c r="BL17" s="16">
+      <c r="BL17" s="15">
         <v>40</v>
       </c>
-      <c r="BM17" s="16">
+      <c r="BM17" s="15">
         <v>180</v>
       </c>
-      <c r="BN17" s="16">
+      <c r="BN17" s="15">
         <v>560</v>
       </c>
-      <c r="BO17" s="16">
+      <c r="BO17" s="15">
         <v>770</v>
       </c>
-      <c r="BP17" s="16">
+      <c r="BP17" s="15">
         <v>30</v>
       </c>
-      <c r="BQ17" s="16">
+      <c r="BQ17" s="15">
         <v>70</v>
       </c>
-      <c r="BR17" s="16">
+      <c r="BR17" s="15">
         <v>190</v>
       </c>
-      <c r="BS17" s="16">
+      <c r="BS17" s="15">
         <v>180</v>
       </c>
-      <c r="BT17" s="16">
+      <c r="BT17" s="15">
         <v>30</v>
       </c>
-      <c r="BU17" s="16">
+      <c r="BU17" s="15">
         <v>160</v>
       </c>
-      <c r="BV17" s="16">
+      <c r="BV17" s="15">
         <v>380</v>
       </c>
-      <c r="BW17" s="16">
+      <c r="BW17" s="15">
         <v>1000</v>
       </c>
-      <c r="BX17" s="16">
+      <c r="BX17" s="15">
         <v>90</v>
       </c>
-      <c r="BY17" s="16">
-[...2 lines deleted...]
-      <c r="BZ17" s="16">
+      <c r="BY17" s="15">
+        <v>0</v>
+      </c>
+      <c r="BZ17" s="15">
         <v>80</v>
       </c>
-      <c r="CA17" s="16">
+      <c r="CA17" s="15">
         <v>139.99999999999997</v>
       </c>
-      <c r="CB17" s="16">
+      <c r="CB17" s="15">
         <v>60.000000000000007</v>
       </c>
-      <c r="CC17" s="16">
+      <c r="CC17" s="15">
         <v>40</v>
       </c>
-      <c r="CD17" s="16">
+      <c r="CD17" s="15">
         <v>130</v>
       </c>
-      <c r="CE17" s="16">
+      <c r="CE17" s="15">
         <v>130</v>
       </c>
-      <c r="CF17" s="16">
-[...2 lines deleted...]
-      <c r="CG17" s="16">
+      <c r="CF17" s="15">
+        <v>0</v>
+      </c>
+      <c r="CG17" s="15">
         <v>20</v>
       </c>
-      <c r="CH17" s="16">
+      <c r="CH17" s="15">
         <v>60</v>
       </c>
-      <c r="CI17" s="16">
+      <c r="CI17" s="15">
         <v>330</v>
       </c>
-      <c r="CJ17" s="16">
+      <c r="CJ17" s="15">
         <v>120</v>
       </c>
-      <c r="CK17" s="16">
+      <c r="CK17" s="15">
         <v>10</v>
       </c>
-      <c r="CL17" s="16">
+      <c r="CL17" s="15">
         <v>130</v>
       </c>
-      <c r="CM17" s="16">
+      <c r="CM17" s="15">
         <v>69.999999999999986</v>
       </c>
-      <c r="CN17" s="16">
+      <c r="CN17" s="15">
         <v>159</v>
       </c>
-      <c r="CO17" s="16">
+      <c r="CO17" s="15">
         <v>60.000000000000007</v>
       </c>
-      <c r="CP17" s="16">
+      <c r="CP17" s="15">
         <v>40</v>
       </c>
-      <c r="CQ17" s="16">
+      <c r="CQ17" s="15">
         <v>110</v>
       </c>
-      <c r="CR17" s="16">
+      <c r="CR17" s="15">
         <v>20</v>
       </c>
-      <c r="CS17" s="16">
+      <c r="CS17" s="15">
         <v>40</v>
       </c>
-      <c r="CT17" s="16">
+      <c r="CT17" s="15">
         <v>270</v>
       </c>
-      <c r="CU17" s="16">
+      <c r="CU17" s="15">
         <v>339.99999999999994</v>
       </c>
-      <c r="CV17" s="16">
+      <c r="CV17" s="15">
         <v>60</v>
       </c>
-      <c r="CW17" s="16">
+      <c r="CW17" s="15">
         <v>230</v>
       </c>
-      <c r="CX17" s="16">
+      <c r="CX17" s="15">
         <v>1110</v>
       </c>
-      <c r="CY17" s="16">
+      <c r="CY17" s="15">
         <v>440</v>
       </c>
-      <c r="CZ17" s="16">
+      <c r="CZ17" s="15">
         <v>70</v>
       </c>
-      <c r="DA17" s="16">
+      <c r="DA17" s="15">
         <v>160</v>
       </c>
-      <c r="DB17" s="16">
+      <c r="DB17" s="15">
         <v>170</v>
       </c>
-      <c r="DC17" s="16">
+      <c r="DC17" s="15">
         <v>270</v>
       </c>
-      <c r="DD17" s="16">
+      <c r="DD17" s="15">
         <v>140</v>
       </c>
-      <c r="DE17" s="17">
+      <c r="DE17" s="16">
         <v>50</v>
       </c>
-      <c r="DF17" s="17">
+      <c r="DF17" s="16">
         <v>100</v>
       </c>
-      <c r="DG17" s="16">
+      <c r="DG17" s="15">
         <v>340</v>
       </c>
-      <c r="DH17" s="16">
+      <c r="DH17" s="15">
         <v>40</v>
       </c>
-      <c r="DI17" s="33">
+      <c r="DI17" s="32">
         <v>90</v>
       </c>
+      <c r="DJ17" s="16">
+        <v>90</v>
+      </c>
+      <c r="DK17" s="16">
+        <v>50</v>
+      </c>
+      <c r="DL17" s="16">
+        <v>60</v>
+      </c>
+      <c r="DM17" s="16">
+        <v>110</v>
+      </c>
+      <c r="DN17" s="16">
+        <v>30</v>
+      </c>
+      <c r="DO17" s="16">
+        <v>50</v>
+      </c>
+      <c r="DP17" s="16">
+        <v>40</v>
+      </c>
+      <c r="DQ17" s="16">
+        <v>23.76</v>
+      </c>
+      <c r="DR17" s="16">
+        <v>0</v>
+      </c>
+      <c r="DS17" s="16">
+        <v>3</v>
+      </c>
+      <c r="DT17" s="16">
+        <v>92</v>
+      </c>
+      <c r="DU17" s="16">
+        <v>1180</v>
+      </c>
+      <c r="DV17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF17" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="18" spans="1:113" s="18" customFormat="1">
-      <c r="A18" s="15" t="s">
+    <row r="18" spans="1:136" s="17" customFormat="1">
+      <c r="A18" s="14" t="s">
         <v>186</v>
       </c>
-      <c r="B18" s="15" t="s">
+      <c r="B18" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="C18" s="15" t="s">
+      <c r="C18" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D18" s="15" t="s">
+      <c r="D18" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E18" s="15"/>
-      <c r="F18" s="16">
+      <c r="E18" s="14"/>
+      <c r="F18" s="15">
         <v>1729</v>
       </c>
-      <c r="G18" s="16">
+      <c r="G18" s="15">
         <v>567</v>
       </c>
-      <c r="H18" s="16">
+      <c r="H18" s="15">
         <v>358</v>
       </c>
-      <c r="I18" s="16">
+      <c r="I18" s="15">
         <v>133</v>
       </c>
-      <c r="J18" s="16">
+      <c r="J18" s="15">
         <v>118</v>
       </c>
-      <c r="K18" s="16">
+      <c r="K18" s="15">
         <v>118</v>
       </c>
-      <c r="L18" s="16">
+      <c r="L18" s="15">
         <v>768</v>
       </c>
-      <c r="M18" s="16">
+      <c r="M18" s="15">
         <v>332</v>
       </c>
-      <c r="N18" s="16">
+      <c r="N18" s="15">
         <v>404</v>
       </c>
-      <c r="O18" s="16">
+      <c r="O18" s="15">
         <v>204</v>
       </c>
-      <c r="P18" s="16">
+      <c r="P18" s="15">
         <v>113</v>
       </c>
-      <c r="Q18" s="16">
+      <c r="Q18" s="15">
         <v>291.89999999999998</v>
       </c>
-      <c r="R18" s="16">
+      <c r="R18" s="15">
         <v>158</v>
       </c>
-      <c r="S18" s="16">
+      <c r="S18" s="15">
         <v>393.5</v>
       </c>
-      <c r="T18" s="16">
+      <c r="T18" s="15">
         <v>232.8</v>
       </c>
-      <c r="U18" s="16">
+      <c r="U18" s="15">
         <v>95.9</v>
       </c>
-      <c r="V18" s="16">
+      <c r="V18" s="15">
         <v>195</v>
       </c>
-      <c r="W18" s="16">
+      <c r="W18" s="15">
         <v>313.39999999999998</v>
       </c>
-      <c r="X18" s="16">
+      <c r="X18" s="15">
         <v>145.69999999999999</v>
       </c>
-      <c r="Y18" s="16">
+      <c r="Y18" s="15">
         <v>164.2</v>
       </c>
-      <c r="Z18" s="16">
+      <c r="Z18" s="15">
         <v>142.24</v>
       </c>
-      <c r="AA18" s="16">
+      <c r="AA18" s="15">
         <v>71.12</v>
       </c>
-      <c r="AB18" s="16">
+      <c r="AB18" s="15">
         <v>111.76</v>
       </c>
-      <c r="AC18" s="16">
+      <c r="AC18" s="15">
         <v>243.84</v>
       </c>
-      <c r="AD18" s="16">
+      <c r="AD18" s="15">
         <v>20</v>
       </c>
-      <c r="AE18" s="16">
+      <c r="AE18" s="15">
         <v>330</v>
       </c>
-      <c r="AF18" s="16">
+      <c r="AF18" s="15">
         <v>150</v>
       </c>
-      <c r="AG18" s="16">
+      <c r="AG18" s="15">
         <v>150</v>
       </c>
-      <c r="AH18" s="16">
+      <c r="AH18" s="15">
         <v>140</v>
       </c>
-      <c r="AI18" s="16">
+      <c r="AI18" s="15">
         <v>1140</v>
       </c>
-      <c r="AJ18" s="16">
+      <c r="AJ18" s="15">
         <v>90</v>
       </c>
-      <c r="AK18" s="16">
+      <c r="AK18" s="15">
         <v>220</v>
       </c>
-      <c r="AL18" s="16">
+      <c r="AL18" s="15">
         <v>100</v>
       </c>
-      <c r="AM18" s="16">
+      <c r="AM18" s="15">
         <v>140</v>
       </c>
-      <c r="AN18" s="16">
+      <c r="AN18" s="15">
         <v>140</v>
       </c>
-      <c r="AO18" s="16">
+      <c r="AO18" s="15">
         <v>5430</v>
       </c>
-      <c r="AP18" s="16">
+      <c r="AP18" s="15">
         <v>900</v>
       </c>
-      <c r="AQ18" s="16">
+      <c r="AQ18" s="15">
         <v>270</v>
       </c>
-      <c r="AR18" s="16">
+      <c r="AR18" s="15">
         <v>1870</v>
       </c>
-      <c r="AS18" s="16">
+      <c r="AS18" s="15">
         <v>330</v>
       </c>
-      <c r="AT18" s="16">
+      <c r="AT18" s="15">
         <v>650</v>
       </c>
-      <c r="AU18" s="16">
+      <c r="AU18" s="15">
         <v>960</v>
       </c>
-      <c r="AV18" s="16">
+      <c r="AV18" s="15">
         <v>280</v>
       </c>
-      <c r="AW18" s="16">
+      <c r="AW18" s="15">
         <v>80</v>
       </c>
-      <c r="AX18" s="16">
+      <c r="AX18" s="15">
         <v>120</v>
       </c>
-      <c r="AY18" s="16">
+      <c r="AY18" s="15">
         <v>130</v>
       </c>
-      <c r="AZ18" s="16">
+      <c r="AZ18" s="15">
         <v>50</v>
       </c>
-      <c r="BA18" s="16">
+      <c r="BA18" s="15">
         <v>70</v>
       </c>
-      <c r="BB18" s="16">
+      <c r="BB18" s="15">
         <v>40</v>
       </c>
-      <c r="BC18" s="16">
+      <c r="BC18" s="15">
         <v>60</v>
       </c>
-      <c r="BD18" s="16">
+      <c r="BD18" s="15">
         <v>220</v>
       </c>
-      <c r="BE18" s="16">
+      <c r="BE18" s="15">
         <v>160</v>
       </c>
-      <c r="BF18" s="16">
+      <c r="BF18" s="15">
         <v>80</v>
       </c>
-      <c r="BG18" s="16">
+      <c r="BG18" s="15">
         <v>60</v>
       </c>
-      <c r="BH18" s="16">
+      <c r="BH18" s="15">
         <v>80</v>
       </c>
-      <c r="BI18" s="16">
+      <c r="BI18" s="15">
         <v>120</v>
       </c>
-      <c r="BJ18" s="16">
+      <c r="BJ18" s="15">
         <v>60</v>
       </c>
-      <c r="BK18" s="16">
+      <c r="BK18" s="15">
         <v>80</v>
       </c>
-      <c r="BL18" s="16">
+      <c r="BL18" s="15">
         <v>150</v>
       </c>
-      <c r="BM18" s="16">
+      <c r="BM18" s="15">
         <v>40</v>
       </c>
-      <c r="BN18" s="16">
+      <c r="BN18" s="15">
         <v>240</v>
       </c>
-      <c r="BO18" s="16">
+      <c r="BO18" s="15">
         <v>40</v>
       </c>
-      <c r="BP18" s="16">
-[...2 lines deleted...]
-      <c r="BQ18" s="16">
+      <c r="BP18" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ18" s="15">
         <v>50</v>
       </c>
-      <c r="BR18" s="16">
+      <c r="BR18" s="15">
         <v>150</v>
       </c>
-      <c r="BS18" s="16">
+      <c r="BS18" s="15">
         <v>100</v>
       </c>
-      <c r="BT18" s="16">
+      <c r="BT18" s="15">
         <v>110</v>
       </c>
-      <c r="BU18" s="16">
+      <c r="BU18" s="15">
         <v>70</v>
       </c>
-      <c r="BV18" s="16">
+      <c r="BV18" s="15">
         <v>160</v>
       </c>
-      <c r="BW18" s="16">
+      <c r="BW18" s="15">
         <v>40</v>
       </c>
-      <c r="BX18" s="16">
+      <c r="BX18" s="15">
         <v>110</v>
       </c>
-      <c r="BY18" s="16">
+      <c r="BY18" s="15">
         <v>10</v>
       </c>
-      <c r="BZ18" s="16">
+      <c r="BZ18" s="15">
         <v>150</v>
       </c>
-      <c r="CA18" s="16">
+      <c r="CA18" s="15">
         <v>160.00000000000003</v>
       </c>
-      <c r="CB18" s="16">
+      <c r="CB18" s="15">
         <v>70</v>
       </c>
-      <c r="CC18" s="16">
+      <c r="CC18" s="15">
         <v>20</v>
       </c>
-      <c r="CD18" s="16">
+      <c r="CD18" s="15">
         <v>90.000000000000014</v>
       </c>
-      <c r="CE18" s="16">
+      <c r="CE18" s="15">
         <v>60.000000000000007</v>
       </c>
-      <c r="CF18" s="16">
+      <c r="CF18" s="15">
         <v>30</v>
       </c>
-      <c r="CG18" s="16">
+      <c r="CG18" s="15">
         <v>90</v>
       </c>
-      <c r="CH18" s="16">
-[...2 lines deleted...]
-      <c r="CI18" s="16">
+      <c r="CH18" s="15">
+        <v>0</v>
+      </c>
+      <c r="CI18" s="15">
         <v>140</v>
       </c>
-      <c r="CJ18" s="16">
+      <c r="CJ18" s="15">
         <v>10</v>
       </c>
-      <c r="CK18" s="16">
+      <c r="CK18" s="15">
         <v>310</v>
       </c>
-      <c r="CL18" s="16">
+      <c r="CL18" s="15">
         <v>130</v>
       </c>
-      <c r="CM18" s="16">
-[...5 lines deleted...]
-      <c r="CO18" s="16">
+      <c r="CM18" s="15">
+        <v>0</v>
+      </c>
+      <c r="CN18" s="15">
+        <v>0</v>
+      </c>
+      <c r="CO18" s="15">
         <v>50</v>
       </c>
-      <c r="CP18" s="16">
-[...5 lines deleted...]
-      <c r="CR18" s="16">
+      <c r="CP18" s="15">
+        <v>0</v>
+      </c>
+      <c r="CQ18" s="15">
+        <v>0</v>
+      </c>
+      <c r="CR18" s="15">
         <v>10</v>
       </c>
-      <c r="CS18" s="16">
-[...2 lines deleted...]
-      <c r="CT18" s="16">
+      <c r="CS18" s="15">
+        <v>0</v>
+      </c>
+      <c r="CT18" s="15">
         <v>40</v>
       </c>
-      <c r="CU18" s="16">
+      <c r="CU18" s="15">
         <v>40</v>
       </c>
-      <c r="CV18" s="16">
-[...5 lines deleted...]
-      <c r="CX18" s="16">
+      <c r="CV18" s="15">
+        <v>0</v>
+      </c>
+      <c r="CW18" s="15">
+        <v>0</v>
+      </c>
+      <c r="CX18" s="15">
         <v>10</v>
       </c>
-      <c r="CY18" s="16">
+      <c r="CY18" s="15">
         <v>60</v>
       </c>
-      <c r="CZ18" s="16">
+      <c r="CZ18" s="15">
         <v>50</v>
       </c>
-      <c r="DA18" s="16">
+      <c r="DA18" s="15">
         <v>10</v>
       </c>
-      <c r="DB18" s="16">
+      <c r="DB18" s="15">
         <v>90</v>
       </c>
-      <c r="DC18" s="16">
+      <c r="DC18" s="15">
         <v>30</v>
       </c>
-      <c r="DD18" s="16">
-[...2 lines deleted...]
-      <c r="DE18" s="17">
+      <c r="DD18" s="15">
+        <v>0</v>
+      </c>
+      <c r="DE18" s="16">
         <v>40</v>
       </c>
-      <c r="DF18" s="17">
+      <c r="DF18" s="16">
         <v>20</v>
       </c>
-      <c r="DG18" s="16">
-[...2 lines deleted...]
-      <c r="DH18" s="16">
+      <c r="DG18" s="15">
+        <v>0</v>
+      </c>
+      <c r="DH18" s="15">
         <v>50</v>
       </c>
-      <c r="DI18" s="33">
+      <c r="DI18" s="32">
         <v>120</v>
       </c>
+      <c r="DJ18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DK18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DL18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DM18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DN18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DO18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DP18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DR18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DS18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DT18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DU18" s="16">
+        <v>0</v>
+      </c>
+      <c r="DV18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF18" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="19" spans="1:113" s="18" customFormat="1">
-      <c r="A19" s="15" t="s">
+    <row r="19" spans="1:136" s="17" customFormat="1">
+      <c r="A19" s="14" t="s">
         <v>187</v>
       </c>
-      <c r="B19" s="15" t="s">
+      <c r="B19" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="C19" s="15" t="s">
+      <c r="C19" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="D19" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E19" s="15"/>
-      <c r="F19" s="16">
+      <c r="E19" s="14"/>
+      <c r="F19" s="15">
         <v>261</v>
       </c>
-      <c r="G19" s="16">
+      <c r="G19" s="15">
         <v>228</v>
       </c>
-      <c r="H19" s="16">
+      <c r="H19" s="15">
         <v>51</v>
       </c>
-      <c r="I19" s="16">
+      <c r="I19" s="15">
         <v>99</v>
       </c>
-      <c r="J19" s="16">
+      <c r="J19" s="15">
         <v>426</v>
       </c>
-      <c r="K19" s="16">
+      <c r="K19" s="15">
         <v>376</v>
       </c>
-      <c r="L19" s="16">
+      <c r="L19" s="15">
         <v>24</v>
       </c>
-      <c r="M19" s="16">
+      <c r="M19" s="15">
         <v>80</v>
       </c>
-      <c r="N19" s="16">
+      <c r="N19" s="15">
         <v>394</v>
       </c>
-      <c r="O19" s="16">
+      <c r="O19" s="15">
         <v>625</v>
       </c>
-      <c r="P19" s="16">
+      <c r="P19" s="15">
         <v>208.9</v>
       </c>
-      <c r="Q19" s="16">
+      <c r="Q19" s="15">
         <v>82.3</v>
       </c>
-      <c r="R19" s="16">
+      <c r="R19" s="15">
         <v>491.8</v>
       </c>
-      <c r="S19" s="16">
+      <c r="S19" s="15">
         <v>243.3</v>
       </c>
-      <c r="T19" s="16">
+      <c r="T19" s="15">
         <v>60.8</v>
       </c>
-      <c r="U19" s="16">
+      <c r="U19" s="15">
         <v>48</v>
       </c>
-      <c r="V19" s="16">
+      <c r="V19" s="15">
         <v>232.2</v>
       </c>
-      <c r="W19" s="16">
+      <c r="W19" s="15">
         <v>238.7</v>
       </c>
-      <c r="X19" s="16">
+      <c r="X19" s="15">
         <v>172.3</v>
       </c>
-      <c r="Y19" s="16">
+      <c r="Y19" s="15">
         <v>126</v>
       </c>
-      <c r="Z19" s="16">
+      <c r="Z19" s="15">
         <v>111.76</v>
       </c>
-      <c r="AA19" s="16">
+      <c r="AA19" s="15">
         <v>203.20000000000002</v>
       </c>
-      <c r="AB19" s="16">
+      <c r="AB19" s="15">
         <v>152.4</v>
       </c>
-      <c r="AC19" s="16">
+      <c r="AC19" s="15">
         <v>416.56</v>
       </c>
-      <c r="AD19" s="16">
+      <c r="AD19" s="15">
         <v>270</v>
       </c>
-      <c r="AE19" s="16">
+      <c r="AE19" s="15">
         <v>330</v>
       </c>
-      <c r="AF19" s="16">
-[...2 lines deleted...]
-      <c r="AG19" s="16">
+      <c r="AF19" s="15">
+        <v>0</v>
+      </c>
+      <c r="AG19" s="15">
         <v>70</v>
       </c>
-      <c r="AH19" s="16">
+      <c r="AH19" s="15">
         <v>10</v>
       </c>
-      <c r="AI19" s="16">
+      <c r="AI19" s="15">
         <v>570</v>
       </c>
-      <c r="AJ19" s="16">
+      <c r="AJ19" s="15">
         <v>290</v>
       </c>
-      <c r="AK19" s="16">
+      <c r="AK19" s="15">
         <v>20</v>
       </c>
-      <c r="AL19" s="16">
+      <c r="AL19" s="15">
         <v>240</v>
       </c>
-      <c r="AM19" s="16">
+      <c r="AM19" s="15">
         <v>130</v>
       </c>
-      <c r="AN19" s="16">
+      <c r="AN19" s="15">
         <v>10</v>
       </c>
-      <c r="AO19" s="16">
+      <c r="AO19" s="15">
         <v>30</v>
       </c>
-      <c r="AP19" s="16">
+      <c r="AP19" s="15">
         <v>480</v>
       </c>
-      <c r="AQ19" s="16">
+      <c r="AQ19" s="15">
         <v>460</v>
       </c>
-      <c r="AR19" s="16">
+      <c r="AR19" s="15">
         <v>100</v>
       </c>
-      <c r="AS19" s="16">
+      <c r="AS19" s="15">
         <v>70</v>
       </c>
-      <c r="AT19" s="16">
+      <c r="AT19" s="15">
         <v>660</v>
       </c>
-      <c r="AU19" s="16">
+      <c r="AU19" s="15">
         <v>230</v>
       </c>
-      <c r="AV19" s="16">
+      <c r="AV19" s="15">
         <v>60</v>
       </c>
-      <c r="AW19" s="16">
+      <c r="AW19" s="15">
         <v>50</v>
       </c>
-      <c r="AX19" s="16">
+      <c r="AX19" s="15">
         <v>130</v>
       </c>
-      <c r="AY19" s="16">
+      <c r="AY19" s="15">
         <v>10</v>
       </c>
-      <c r="AZ19" s="16">
-[...2 lines deleted...]
-      <c r="BA19" s="16">
+      <c r="AZ19" s="15">
+        <v>0</v>
+      </c>
+      <c r="BA19" s="15">
         <v>30</v>
       </c>
-      <c r="BB19" s="16">
+      <c r="BB19" s="15">
         <v>100</v>
       </c>
-      <c r="BC19" s="16">
+      <c r="BC19" s="15">
         <v>150</v>
       </c>
-      <c r="BD19" s="16">
+      <c r="BD19" s="15">
         <v>60</v>
       </c>
-      <c r="BE19" s="16">
+      <c r="BE19" s="15">
         <v>190</v>
       </c>
-      <c r="BF19" s="16">
+      <c r="BF19" s="15">
         <v>210</v>
       </c>
-      <c r="BG19" s="16">
+      <c r="BG19" s="15">
         <v>110</v>
       </c>
-      <c r="BH19" s="16">
+      <c r="BH19" s="15">
         <v>1860</v>
       </c>
-      <c r="BI19" s="16">
+      <c r="BI19" s="15">
         <v>150</v>
       </c>
-      <c r="BJ19" s="16">
+      <c r="BJ19" s="15">
         <v>180</v>
       </c>
-      <c r="BK19" s="16">
+      <c r="BK19" s="15">
         <v>360</v>
       </c>
-      <c r="BL19" s="16">
-[...5 lines deleted...]
-      <c r="BN19" s="16">
+      <c r="BL19" s="15">
+        <v>0</v>
+      </c>
+      <c r="BM19" s="15">
+        <v>0</v>
+      </c>
+      <c r="BN19" s="15">
         <v>170</v>
       </c>
-      <c r="BO19" s="16">
+      <c r="BO19" s="15">
         <v>40</v>
       </c>
-      <c r="BP19" s="16">
+      <c r="BP19" s="15">
         <v>50</v>
       </c>
-      <c r="BQ19" s="16">
+      <c r="BQ19" s="15">
         <v>30</v>
       </c>
-      <c r="BR19" s="16">
+      <c r="BR19" s="15">
         <v>410</v>
       </c>
-      <c r="BS19" s="16">
+      <c r="BS19" s="15">
         <v>230</v>
       </c>
-      <c r="BT19" s="16">
+      <c r="BT19" s="15">
         <v>30</v>
       </c>
-      <c r="BU19" s="16">
+      <c r="BU19" s="15">
         <v>70</v>
       </c>
-      <c r="BV19" s="16">
+      <c r="BV19" s="15">
         <v>540</v>
       </c>
-      <c r="BW19" s="16">
+      <c r="BW19" s="15">
         <v>500</v>
       </c>
-      <c r="BX19" s="16">
+      <c r="BX19" s="15">
         <v>610</v>
       </c>
-      <c r="BY19" s="16">
-[...2 lines deleted...]
-      <c r="BZ19" s="16">
+      <c r="BY19" s="15">
+        <v>0</v>
+      </c>
+      <c r="BZ19" s="15">
         <v>420.00000000000006</v>
       </c>
-      <c r="CA19" s="16">
+      <c r="CA19" s="15">
         <v>140</v>
       </c>
-      <c r="CB19" s="16">
+      <c r="CB19" s="15">
         <v>970</v>
       </c>
-      <c r="CC19" s="16">
+      <c r="CC19" s="15">
         <v>110</v>
       </c>
-      <c r="CD19" s="16">
+      <c r="CD19" s="15">
         <v>170</v>
       </c>
-      <c r="CE19" s="16">
+      <c r="CE19" s="15">
         <v>240.00000000000003</v>
       </c>
-      <c r="CF19" s="16">
+      <c r="CF19" s="15">
         <v>20</v>
       </c>
-      <c r="CG19" s="16">
+      <c r="CG19" s="15">
         <v>70</v>
       </c>
-      <c r="CH19" s="16">
+      <c r="CH19" s="15">
         <v>430</v>
       </c>
-      <c r="CI19" s="16">
+      <c r="CI19" s="15">
         <v>200</v>
       </c>
-      <c r="CJ19" s="16">
+      <c r="CJ19" s="15">
         <v>20</v>
       </c>
-      <c r="CK19" s="16">
+      <c r="CK19" s="15">
         <v>10</v>
       </c>
-      <c r="CL19" s="16">
+      <c r="CL19" s="15">
         <v>100</v>
       </c>
-      <c r="CM19" s="16">
+      <c r="CM19" s="15">
         <v>110.00000000000001</v>
       </c>
-      <c r="CN19" s="16">
+      <c r="CN19" s="15">
         <v>76</v>
       </c>
-      <c r="CO19" s="16">
+      <c r="CO19" s="15">
         <v>190</v>
       </c>
-      <c r="CP19" s="16">
+      <c r="CP19" s="15">
         <v>1060</v>
       </c>
-      <c r="CQ19" s="16">
+      <c r="CQ19" s="15">
         <v>350.00000000000006</v>
       </c>
-      <c r="CR19" s="16">
+      <c r="CR19" s="15">
         <v>30</v>
       </c>
-      <c r="CS19" s="16">
+      <c r="CS19" s="15">
         <v>40</v>
       </c>
-      <c r="CT19" s="16">
+      <c r="CT19" s="15">
         <v>120</v>
       </c>
-      <c r="CU19" s="16">
+      <c r="CU19" s="15">
         <v>100</v>
       </c>
-      <c r="CV19" s="16">
+      <c r="CV19" s="15">
         <v>30</v>
       </c>
-      <c r="CW19" s="16">
+      <c r="CW19" s="15">
         <v>10</v>
       </c>
-      <c r="CX19" s="16">
+      <c r="CX19" s="15">
         <v>140</v>
       </c>
-      <c r="CY19" s="16">
+      <c r="CY19" s="15">
         <v>110</v>
       </c>
-      <c r="CZ19" s="16">
-[...5 lines deleted...]
-      <c r="DB19" s="16">
+      <c r="CZ19" s="15">
+        <v>0</v>
+      </c>
+      <c r="DA19" s="15">
+        <v>0</v>
+      </c>
+      <c r="DB19" s="15">
         <v>20</v>
       </c>
-      <c r="DC19" s="16">
+      <c r="DC19" s="15">
         <v>80</v>
       </c>
-      <c r="DD19" s="16">
-[...2 lines deleted...]
-      <c r="DE19" s="17">
+      <c r="DD19" s="15">
+        <v>0</v>
+      </c>
+      <c r="DE19" s="16">
         <v>110</v>
       </c>
-      <c r="DF19" s="17">
+      <c r="DF19" s="16">
         <v>200</v>
       </c>
-      <c r="DG19" s="16">
+      <c r="DG19" s="15">
         <v>10</v>
       </c>
-      <c r="DH19" s="16">
-[...2 lines deleted...]
-      <c r="DI19" s="33">
+      <c r="DH19" s="15">
+        <v>0</v>
+      </c>
+      <c r="DI19" s="32">
         <v>30</v>
       </c>
+      <c r="DJ19" s="16">
+        <v>190</v>
+      </c>
+      <c r="DK19" s="16">
+        <v>20</v>
+      </c>
+      <c r="DL19" s="16">
+        <v>0</v>
+      </c>
+      <c r="DM19" s="16">
+        <v>0</v>
+      </c>
+      <c r="DN19" s="16">
+        <v>20</v>
+      </c>
+      <c r="DO19" s="16">
+        <v>70</v>
+      </c>
+      <c r="DP19" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ19" s="16">
+        <v>0</v>
+      </c>
+      <c r="DR19" s="16">
+        <v>340</v>
+      </c>
+      <c r="DS19" s="16">
+        <v>296</v>
+      </c>
+      <c r="DT19" s="16">
+        <v>36</v>
+      </c>
+      <c r="DU19" s="16">
+        <v>46</v>
+      </c>
+      <c r="DV19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF19" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="20" spans="1:113" s="18" customFormat="1">
-      <c r="A20" s="15" t="s">
+    <row r="20" spans="1:136" s="17" customFormat="1">
+      <c r="A20" s="14" t="s">
         <v>188</v>
       </c>
-      <c r="B20" s="15" t="s">
+      <c r="B20" s="14" t="s">
         <v>46</v>
       </c>
-      <c r="C20" s="15" t="s">
+      <c r="C20" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D20" s="15" t="s">
+      <c r="D20" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E20" s="15"/>
-[...60 lines deleted...]
-      <c r="Z20" s="16">
+      <c r="E20" s="14"/>
+      <c r="F20" s="15">
+        <v>0</v>
+      </c>
+      <c r="G20" s="15">
+        <v>0</v>
+      </c>
+      <c r="H20" s="15">
+        <v>0</v>
+      </c>
+      <c r="I20" s="15">
+        <v>0</v>
+      </c>
+      <c r="J20" s="15">
+        <v>0</v>
+      </c>
+      <c r="K20" s="15">
+        <v>0</v>
+      </c>
+      <c r="L20" s="15">
+        <v>0</v>
+      </c>
+      <c r="M20" s="15">
+        <v>0</v>
+      </c>
+      <c r="N20" s="15">
+        <v>0</v>
+      </c>
+      <c r="O20" s="15">
+        <v>0</v>
+      </c>
+      <c r="P20" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="15">
+        <v>0</v>
+      </c>
+      <c r="R20" s="15">
+        <v>0</v>
+      </c>
+      <c r="S20" s="15">
+        <v>0</v>
+      </c>
+      <c r="T20" s="15">
+        <v>0</v>
+      </c>
+      <c r="U20" s="15">
+        <v>0</v>
+      </c>
+      <c r="V20" s="15">
+        <v>0</v>
+      </c>
+      <c r="W20" s="15">
+        <v>0</v>
+      </c>
+      <c r="X20" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y20" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z20" s="15">
         <v>690.88</v>
       </c>
-      <c r="AA20" s="16">
-[...5 lines deleted...]
-      <c r="AC20" s="16">
+      <c r="AA20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC20" s="15">
         <v>284.48</v>
       </c>
-      <c r="AD20" s="16">
+      <c r="AD20" s="15">
         <v>660</v>
       </c>
-      <c r="AE20" s="16">
-[...5 lines deleted...]
-      <c r="AG20" s="16">
+      <c r="AE20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AF20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AG20" s="15">
         <v>350</v>
       </c>
-      <c r="AH20" s="16">
+      <c r="AH20" s="15">
         <v>380</v>
       </c>
-      <c r="AI20" s="16">
-[...8 lines deleted...]
-      <c r="AL20" s="16">
+      <c r="AI20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AJ20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AK20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AL20" s="15">
         <v>110</v>
       </c>
-      <c r="AM20" s="16">
-[...113 lines deleted...]
-      <c r="BY20" s="16">
+      <c r="AM20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AN20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AO20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AP20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AQ20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AR20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AS20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AT20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AU20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AV20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AW20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AX20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AY20" s="15">
+        <v>0</v>
+      </c>
+      <c r="AZ20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BA20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BB20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BC20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BD20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BE20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BF20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BG20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BH20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BI20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BJ20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BK20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BL20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BM20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BN20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BO20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX20" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY20" s="15">
         <v>160</v>
       </c>
-      <c r="BZ20" s="16">
-[...11 lines deleted...]
-      <c r="CD20" s="16">
+      <c r="BZ20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CA20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CB20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CC20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CD20" s="15">
         <v>80</v>
       </c>
-      <c r="CE20" s="16">
-[...53 lines deleted...]
-      <c r="CW20" s="16">
+      <c r="CE20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CF20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CG20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CH20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CI20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CJ20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CK20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CL20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CM20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CN20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CO20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CP20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CQ20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CR20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CS20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CT20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CU20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CV20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CW20" s="15">
         <v>100</v>
       </c>
-      <c r="CX20" s="16">
-[...20 lines deleted...]
-      <c r="DE20" s="17">
+      <c r="CX20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CY20" s="15">
+        <v>0</v>
+      </c>
+      <c r="CZ20" s="15">
+        <v>0</v>
+      </c>
+      <c r="DA20" s="15">
+        <v>0</v>
+      </c>
+      <c r="DB20" s="15">
+        <v>0</v>
+      </c>
+      <c r="DC20" s="15">
+        <v>0</v>
+      </c>
+      <c r="DD20" s="15">
+        <v>0</v>
+      </c>
+      <c r="DE20" s="16">
         <v>20</v>
       </c>
-      <c r="DF20" s="17">
+      <c r="DF20" s="16">
         <v>90</v>
       </c>
-      <c r="DG20" s="16">
-[...5 lines deleted...]
-      <c r="DI20" s="33">
+      <c r="DG20" s="15">
+        <v>0</v>
+      </c>
+      <c r="DH20" s="15">
+        <v>0</v>
+      </c>
+      <c r="DI20" s="32">
         <v>10</v>
       </c>
+      <c r="DJ20" s="16">
+        <v>0</v>
+      </c>
+      <c r="DK20" s="16">
+        <v>0</v>
+      </c>
+      <c r="DL20" s="16">
+        <v>0</v>
+      </c>
+      <c r="DM20" s="16">
+        <v>0</v>
+      </c>
+      <c r="DN20" s="16">
+        <v>0</v>
+      </c>
+      <c r="DO20" s="16">
+        <v>0</v>
+      </c>
+      <c r="DP20" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ20" s="16">
+        <v>44.05</v>
+      </c>
+      <c r="DR20" s="16">
+        <v>141</v>
+      </c>
+      <c r="DS20" s="16">
+        <v>244</v>
+      </c>
+      <c r="DT20" s="16">
+        <v>4</v>
+      </c>
+      <c r="DU20" s="16">
+        <v>0</v>
+      </c>
+      <c r="DV20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF20" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="21" spans="1:113" s="18" customFormat="1">
-      <c r="A21" s="15" t="s">
+    <row r="21" spans="1:136" s="17" customFormat="1">
+      <c r="A21" s="14" t="s">
         <v>189</v>
       </c>
-      <c r="B21" s="15" t="s">
+      <c r="B21" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="C21" s="15" t="s">
+      <c r="C21" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D21" s="15" t="s">
+      <c r="D21" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E21" s="15"/>
-      <c r="F21" s="16">
+      <c r="E21" s="14"/>
+      <c r="F21" s="15">
         <v>1606</v>
       </c>
-      <c r="G21" s="16">
+      <c r="G21" s="15">
         <v>118</v>
       </c>
-      <c r="H21" s="16">
+      <c r="H21" s="15">
         <v>54</v>
       </c>
-      <c r="I21" s="16">
+      <c r="I21" s="15">
         <v>71</v>
       </c>
-      <c r="J21" s="16">
+      <c r="J21" s="15">
         <v>91</v>
       </c>
-      <c r="K21" s="16">
+      <c r="K21" s="15">
         <v>516</v>
       </c>
-      <c r="L21" s="16">
+      <c r="L21" s="15">
         <v>481</v>
       </c>
-      <c r="M21" s="16">
+      <c r="M21" s="15">
         <v>31</v>
       </c>
-      <c r="N21" s="16">
+      <c r="N21" s="15">
         <v>310</v>
       </c>
-      <c r="O21" s="16">
+      <c r="O21" s="15">
         <v>771</v>
       </c>
-      <c r="P21" s="16">
+      <c r="P21" s="15">
         <v>280.89999999999998</v>
       </c>
-      <c r="Q21" s="16">
+      <c r="Q21" s="15">
         <v>132.4</v>
       </c>
-      <c r="R21" s="16">
+      <c r="R21" s="15">
         <v>945.8</v>
       </c>
-      <c r="S21" s="16">
+      <c r="S21" s="15">
         <v>622.4</v>
       </c>
-      <c r="T21" s="16">
+      <c r="T21" s="15">
         <v>360.1</v>
       </c>
-      <c r="U21" s="16">
+      <c r="U21" s="15">
         <v>30.8</v>
       </c>
-      <c r="V21" s="16">
+      <c r="V21" s="15">
         <v>262.25</v>
       </c>
-      <c r="W21" s="16">
+      <c r="W21" s="15">
         <v>536.36</v>
       </c>
-      <c r="X21" s="16">
+      <c r="X21" s="15">
         <v>276.8</v>
       </c>
-      <c r="Y21" s="16">
+      <c r="Y21" s="15">
         <v>132.69999999999999</v>
       </c>
-      <c r="Z21" s="16">
+      <c r="Z21" s="15">
         <v>690.88</v>
       </c>
-      <c r="AA21" s="16">
+      <c r="AA21" s="15">
         <v>436.88</v>
       </c>
-      <c r="AB21" s="16">
-[...2 lines deleted...]
-      <c r="AC21" s="16">
+      <c r="AB21" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC21" s="15">
         <v>355.6</v>
       </c>
-      <c r="AD21" s="16">
+      <c r="AD21" s="15">
         <v>320</v>
       </c>
-      <c r="AE21" s="16">
-[...2 lines deleted...]
-      <c r="AF21" s="16">
+      <c r="AE21" s="15">
+        <v>0</v>
+      </c>
+      <c r="AF21" s="15">
         <v>450</v>
       </c>
-      <c r="AG21" s="16">
+      <c r="AG21" s="15">
         <v>640</v>
       </c>
-      <c r="AH21" s="16">
+      <c r="AH21" s="15">
         <v>270</v>
       </c>
-      <c r="AI21" s="16">
+      <c r="AI21" s="15">
         <v>40</v>
       </c>
-      <c r="AJ21" s="16">
+      <c r="AJ21" s="15">
         <v>290</v>
       </c>
-      <c r="AK21" s="16">
+      <c r="AK21" s="15">
         <v>80</v>
       </c>
-      <c r="AL21" s="16">
+      <c r="AL21" s="15">
         <v>120</v>
       </c>
-      <c r="AM21" s="16">
+      <c r="AM21" s="15">
         <v>10</v>
       </c>
-      <c r="AN21" s="16">
+      <c r="AN21" s="15">
         <v>170</v>
       </c>
-      <c r="AO21" s="16">
+      <c r="AO21" s="15">
         <v>5230</v>
       </c>
-      <c r="AP21" s="16">
+      <c r="AP21" s="15">
         <v>690</v>
       </c>
-      <c r="AQ21" s="16">
+      <c r="AQ21" s="15">
         <v>760</v>
       </c>
-      <c r="AR21" s="16">
+      <c r="AR21" s="15">
         <v>2940</v>
       </c>
-      <c r="AS21" s="16">
+      <c r="AS21" s="15">
         <v>760</v>
       </c>
-      <c r="AT21" s="16">
+      <c r="AT21" s="15">
         <v>2090</v>
       </c>
-      <c r="AU21" s="16">
+      <c r="AU21" s="15">
         <v>1250</v>
       </c>
-      <c r="AV21" s="16">
+      <c r="AV21" s="15">
         <v>250</v>
       </c>
-      <c r="AW21" s="16">
+      <c r="AW21" s="15">
         <v>40</v>
       </c>
-      <c r="AX21" s="16">
+      <c r="AX21" s="15">
         <v>2120</v>
       </c>
-      <c r="AY21" s="16">
+      <c r="AY21" s="15">
         <v>430</v>
       </c>
-      <c r="AZ21" s="16">
+      <c r="AZ21" s="15">
         <v>170</v>
       </c>
-      <c r="BA21" s="16">
+      <c r="BA21" s="15">
         <v>30</v>
       </c>
-      <c r="BB21" s="16">
+      <c r="BB21" s="15">
         <v>80</v>
       </c>
-      <c r="BC21" s="16">
+      <c r="BC21" s="15">
         <v>170</v>
       </c>
-      <c r="BD21" s="16">
+      <c r="BD21" s="15">
         <v>150</v>
       </c>
-      <c r="BE21" s="16">
+      <c r="BE21" s="15">
         <v>420</v>
       </c>
-      <c r="BF21" s="16">
+      <c r="BF21" s="15">
         <v>470</v>
       </c>
-      <c r="BG21" s="16">
+      <c r="BG21" s="15">
         <v>170</v>
       </c>
-      <c r="BH21" s="16">
+      <c r="BH21" s="15">
         <v>90</v>
       </c>
-      <c r="BI21" s="16">
+      <c r="BI21" s="15">
         <v>50</v>
       </c>
-      <c r="BJ21" s="16">
+      <c r="BJ21" s="15">
         <v>260</v>
       </c>
-      <c r="BK21" s="16">
+      <c r="BK21" s="15">
         <v>180</v>
       </c>
-      <c r="BL21" s="16">
+      <c r="BL21" s="15">
         <v>340</v>
       </c>
-      <c r="BM21" s="16">
+      <c r="BM21" s="15">
         <v>250</v>
       </c>
-      <c r="BN21" s="16">
+      <c r="BN21" s="15">
         <v>540</v>
       </c>
-      <c r="BO21" s="16">
+      <c r="BO21" s="15">
         <v>280</v>
       </c>
-      <c r="BP21" s="16">
+      <c r="BP21" s="15">
         <v>200</v>
       </c>
-      <c r="BQ21" s="16">
+      <c r="BQ21" s="15">
         <v>140</v>
       </c>
-      <c r="BR21" s="16">
+      <c r="BR21" s="15">
         <v>210</v>
       </c>
-      <c r="BS21" s="16">
+      <c r="BS21" s="15">
         <v>200</v>
       </c>
-      <c r="BT21" s="16">
+      <c r="BT21" s="15">
         <v>120</v>
       </c>
-      <c r="BU21" s="16">
+      <c r="BU21" s="15">
         <v>230</v>
       </c>
-      <c r="BV21" s="16">
+      <c r="BV21" s="15">
         <v>1410</v>
       </c>
-      <c r="BW21" s="16">
+      <c r="BW21" s="15">
         <v>500</v>
       </c>
-      <c r="BX21" s="16">
+      <c r="BX21" s="15">
         <v>270</v>
       </c>
-      <c r="BY21" s="16">
+      <c r="BY21" s="15">
         <v>120</v>
       </c>
-      <c r="BZ21" s="16">
+      <c r="BZ21" s="15">
         <v>60.000000000000007</v>
       </c>
-      <c r="CA21" s="16">
+      <c r="CA21" s="15">
         <v>150</v>
       </c>
-      <c r="CB21" s="16">
+      <c r="CB21" s="15">
         <v>80</v>
       </c>
-      <c r="CC21" s="16">
+      <c r="CC21" s="15">
         <v>1850</v>
       </c>
-      <c r="CD21" s="16">
+      <c r="CD21" s="15">
         <v>250</v>
       </c>
-      <c r="CE21" s="16">
+      <c r="CE21" s="15">
         <v>400.00000000000006</v>
       </c>
-      <c r="CF21" s="16">
+      <c r="CF21" s="15">
         <v>60</v>
       </c>
-      <c r="CG21" s="16">
+      <c r="CG21" s="15">
         <v>10</v>
       </c>
-      <c r="CH21" s="16">
+      <c r="CH21" s="15">
         <v>40</v>
       </c>
-      <c r="CI21" s="16">
+      <c r="CI21" s="15">
         <v>110</v>
       </c>
-      <c r="CJ21" s="16">
+      <c r="CJ21" s="15">
         <v>40</v>
       </c>
-      <c r="CK21" s="16">
+      <c r="CK21" s="15">
         <v>5060</v>
       </c>
-      <c r="CL21" s="16">
+      <c r="CL21" s="15">
         <v>4490</v>
       </c>
-      <c r="CM21" s="16">
+      <c r="CM21" s="15">
         <v>50</v>
       </c>
-      <c r="CN21" s="16">
+      <c r="CN21" s="15">
         <v>1642</v>
       </c>
-      <c r="CO21" s="16">
+      <c r="CO21" s="15">
         <v>670</v>
       </c>
-      <c r="CP21" s="16">
+      <c r="CP21" s="15">
         <v>1900.0000000000002</v>
       </c>
-      <c r="CQ21" s="16">
-[...2 lines deleted...]
-      <c r="CR21" s="16">
+      <c r="CQ21" s="15">
+        <v>0</v>
+      </c>
+      <c r="CR21" s="15">
         <v>20</v>
       </c>
-      <c r="CS21" s="16">
+      <c r="CS21" s="15">
         <v>10</v>
       </c>
-      <c r="CT21" s="16">
+      <c r="CT21" s="15">
         <v>10</v>
       </c>
-      <c r="CU21" s="16">
+      <c r="CU21" s="15">
         <v>30</v>
       </c>
-      <c r="CV21" s="16">
+      <c r="CV21" s="15">
         <v>40</v>
       </c>
-      <c r="CW21" s="16">
+      <c r="CW21" s="15">
         <v>20</v>
       </c>
-      <c r="CX21" s="16">
+      <c r="CX21" s="15">
         <v>30</v>
       </c>
-      <c r="CY21" s="16">
+      <c r="CY21" s="15">
         <v>80</v>
       </c>
-      <c r="CZ21" s="16">
+      <c r="CZ21" s="15">
         <v>90</v>
       </c>
-      <c r="DA21" s="16">
+      <c r="DA21" s="15">
         <v>100</v>
       </c>
-      <c r="DB21" s="16">
+      <c r="DB21" s="15">
         <v>250</v>
       </c>
-      <c r="DC21" s="16">
+      <c r="DC21" s="15">
         <v>890</v>
       </c>
-      <c r="DD21" s="16">
+      <c r="DD21" s="15">
         <v>450</v>
       </c>
-      <c r="DE21" s="17">
+      <c r="DE21" s="16">
         <v>140</v>
       </c>
-      <c r="DF21" s="17">
+      <c r="DF21" s="16">
         <v>240</v>
       </c>
-      <c r="DG21" s="16">
+      <c r="DG21" s="15">
         <v>110</v>
       </c>
-      <c r="DH21" s="16">
+      <c r="DH21" s="15">
         <v>170</v>
       </c>
-      <c r="DI21" s="33">
+      <c r="DI21" s="32">
         <v>770</v>
       </c>
+      <c r="DJ21" s="16">
+        <v>100</v>
+      </c>
+      <c r="DK21" s="16">
+        <v>480</v>
+      </c>
+      <c r="DL21" s="16">
+        <v>60</v>
+      </c>
+      <c r="DM21" s="16">
+        <v>110</v>
+      </c>
+      <c r="DN21" s="16">
+        <v>140</v>
+      </c>
+      <c r="DO21" s="16">
+        <v>70</v>
+      </c>
+      <c r="DP21" s="16">
+        <v>0</v>
+      </c>
+      <c r="DQ21" s="16">
+        <v>18.32</v>
+      </c>
+      <c r="DR21" s="16">
+        <v>193</v>
+      </c>
+      <c r="DS21" s="16">
+        <v>629</v>
+      </c>
+      <c r="DT21" s="16">
+        <v>145</v>
+      </c>
+      <c r="DU21" s="16">
+        <v>209</v>
+      </c>
+      <c r="DV21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF21" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="22" spans="1:113" s="18" customFormat="1">
-      <c r="A22" s="15" t="s">
+    <row r="22" spans="1:136" s="17" customFormat="1">
+      <c r="A22" s="14" t="s">
         <v>190</v>
       </c>
-      <c r="B22" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="15" t="s">
+      <c r="B22" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="D22" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E22" s="15"/>
-      <c r="F22" s="16">
+      <c r="E22" s="14"/>
+      <c r="F22" s="15">
         <v>62726</v>
       </c>
-      <c r="G22" s="16">
+      <c r="G22" s="15">
         <v>123617</v>
       </c>
-      <c r="H22" s="16">
+      <c r="H22" s="15">
         <v>116742</v>
       </c>
-      <c r="I22" s="16">
+      <c r="I22" s="15">
         <v>59383</v>
       </c>
-      <c r="J22" s="16">
+      <c r="J22" s="15">
         <v>112768</v>
       </c>
-      <c r="K22" s="16">
+      <c r="K22" s="15">
         <v>100339</v>
       </c>
-      <c r="L22" s="16">
+      <c r="L22" s="15">
         <v>55654</v>
       </c>
-      <c r="M22" s="16">
+      <c r="M22" s="15">
         <v>38490</v>
       </c>
-      <c r="N22" s="16">
+      <c r="N22" s="15">
         <v>37912</v>
       </c>
-      <c r="O22" s="16">
+      <c r="O22" s="15">
         <v>83390</v>
       </c>
-      <c r="P22" s="16">
+      <c r="P22" s="15">
         <v>158055</v>
       </c>
-      <c r="Q22" s="16">
+      <c r="Q22" s="15">
         <v>55249</v>
       </c>
-      <c r="R22" s="16">
+      <c r="R22" s="15">
         <v>126842</v>
       </c>
-      <c r="S22" s="16">
+      <c r="S22" s="15">
         <v>87484</v>
       </c>
-      <c r="T22" s="16">
+      <c r="T22" s="15">
         <v>125714</v>
       </c>
-      <c r="U22" s="16">
+      <c r="U22" s="15">
         <v>25394.32</v>
       </c>
-      <c r="V22" s="16">
+      <c r="V22" s="15">
         <v>51474.8</v>
       </c>
-      <c r="W22" s="16">
+      <c r="W22" s="15">
         <v>138002.56</v>
       </c>
-      <c r="X22" s="16">
+      <c r="X22" s="15">
         <v>53658.38</v>
       </c>
-      <c r="Y22" s="16">
+      <c r="Y22" s="15">
         <v>257940.50000000003</v>
       </c>
-      <c r="Z22" s="16">
+      <c r="Z22" s="15">
         <v>253573</v>
       </c>
-      <c r="AA22" s="16">
+      <c r="AA22" s="15">
         <v>217454</v>
       </c>
-      <c r="AB22" s="16">
+      <c r="AB22" s="15">
         <v>55931</v>
       </c>
-      <c r="AC22" s="16">
+      <c r="AC22" s="15">
         <v>42510</v>
       </c>
-      <c r="AD22" s="16">
+      <c r="AD22" s="15">
         <v>43730</v>
       </c>
-      <c r="AE22" s="16">
+      <c r="AE22" s="15">
         <v>97790</v>
       </c>
-      <c r="AF22" s="16">
+      <c r="AF22" s="15">
         <v>34240</v>
       </c>
-      <c r="AG22" s="16">
+      <c r="AG22" s="15">
         <v>23820</v>
       </c>
-      <c r="AH22" s="16">
+      <c r="AH22" s="15">
         <v>51280</v>
       </c>
-      <c r="AI22" s="16">
+      <c r="AI22" s="15">
         <v>99930</v>
       </c>
-      <c r="AJ22" s="16">
+      <c r="AJ22" s="15">
         <v>110530</v>
       </c>
-      <c r="AK22" s="16">
+      <c r="AK22" s="15">
         <v>54210</v>
       </c>
-      <c r="AL22" s="16">
+      <c r="AL22" s="15">
         <v>148990</v>
       </c>
-      <c r="AM22" s="16">
+      <c r="AM22" s="15">
         <v>142360</v>
       </c>
-      <c r="AN22" s="16">
+      <c r="AN22" s="15">
         <v>34120</v>
       </c>
-      <c r="AO22" s="16">
+      <c r="AO22" s="15">
         <v>39370</v>
       </c>
-      <c r="AP22" s="16">
+      <c r="AP22" s="15">
         <v>47800</v>
       </c>
-      <c r="AQ22" s="16">
+      <c r="AQ22" s="15">
         <v>83720</v>
       </c>
-      <c r="AR22" s="16">
+      <c r="AR22" s="15">
         <v>44830</v>
       </c>
-      <c r="AS22" s="16">
+      <c r="AS22" s="15">
         <v>47160</v>
       </c>
-      <c r="AT22" s="16">
+      <c r="AT22" s="15">
         <v>81820</v>
       </c>
-      <c r="AU22" s="16">
+      <c r="AU22" s="15">
         <v>179730</v>
       </c>
-      <c r="AV22" s="16">
+      <c r="AV22" s="15">
         <v>79530</v>
       </c>
-      <c r="AW22" s="16">
+      <c r="AW22" s="15">
         <v>40860</v>
       </c>
-      <c r="AX22" s="16">
+      <c r="AX22" s="15">
         <v>207260</v>
       </c>
-      <c r="AY22" s="16">
+      <c r="AY22" s="15">
         <v>162020</v>
       </c>
-      <c r="AZ22" s="16">
+      <c r="AZ22" s="15">
         <v>131440</v>
       </c>
-      <c r="BA22" s="16">
+      <c r="BA22" s="15">
         <v>98470</v>
       </c>
-      <c r="BB22" s="16">
+      <c r="BB22" s="15">
         <v>251270</v>
       </c>
-      <c r="BC22" s="16">
+      <c r="BC22" s="15">
         <v>208980</v>
       </c>
-      <c r="BD22" s="16">
+      <c r="BD22" s="15">
         <v>136110</v>
       </c>
-      <c r="BE22" s="16">
+      <c r="BE22" s="15">
         <v>74960</v>
       </c>
-      <c r="BF22" s="16">
+      <c r="BF22" s="15">
         <v>120500</v>
       </c>
-      <c r="BG22" s="16">
+      <c r="BG22" s="15">
         <v>177030</v>
       </c>
-      <c r="BH22" s="16">
+      <c r="BH22" s="15">
         <v>151770</v>
       </c>
-      <c r="BI22" s="16">
+      <c r="BI22" s="15">
         <v>133210</v>
       </c>
-      <c r="BJ22" s="16">
+      <c r="BJ22" s="15">
         <v>68540</v>
       </c>
-      <c r="BK22" s="16">
+      <c r="BK22" s="15">
         <v>185930</v>
       </c>
-      <c r="BL22" s="16">
+      <c r="BL22" s="15">
         <v>123160</v>
       </c>
-      <c r="BM22" s="16">
+      <c r="BM22" s="15">
         <v>43430</v>
       </c>
-      <c r="BN22" s="16">
+      <c r="BN22" s="15">
         <v>40150</v>
       </c>
-      <c r="BO22" s="16">
+      <c r="BO22" s="15">
         <v>115400</v>
       </c>
-      <c r="BP22" s="16">
+      <c r="BP22" s="15">
         <v>126040</v>
       </c>
-      <c r="BQ22" s="16">
+      <c r="BQ22" s="15">
         <v>27800</v>
       </c>
-      <c r="BR22" s="16">
+      <c r="BR22" s="15">
         <v>64810</v>
       </c>
-      <c r="BS22" s="16">
+      <c r="BS22" s="15">
         <v>161330</v>
       </c>
-      <c r="BT22" s="16">
+      <c r="BT22" s="15">
         <v>144780</v>
       </c>
-      <c r="BU22" s="16">
+      <c r="BU22" s="15">
         <v>33960</v>
       </c>
-      <c r="BV22" s="16">
+      <c r="BV22" s="15">
         <v>55630</v>
       </c>
-      <c r="BW22" s="16">
+      <c r="BW22" s="15">
         <v>108740</v>
       </c>
-      <c r="BX22" s="16">
+      <c r="BX22" s="15">
         <v>27440</v>
       </c>
-      <c r="BY22" s="16">
+      <c r="BY22" s="15">
         <v>193220</v>
       </c>
-      <c r="BZ22" s="16">
+      <c r="BZ22" s="15">
         <v>448880</v>
       </c>
-      <c r="CA22" s="16">
+      <c r="CA22" s="15">
         <v>214150</v>
       </c>
-      <c r="CB22" s="16">
+      <c r="CB22" s="15">
         <v>166470</v>
       </c>
-      <c r="CC22" s="16">
+      <c r="CC22" s="15">
         <v>69210</v>
       </c>
-      <c r="CD22" s="16">
+      <c r="CD22" s="15">
         <v>99620</v>
       </c>
-      <c r="CE22" s="16">
+      <c r="CE22" s="15">
         <v>95860</v>
       </c>
-      <c r="CF22" s="16">
+      <c r="CF22" s="15">
         <v>35950</v>
       </c>
-      <c r="CG22" s="16">
+      <c r="CG22" s="15">
         <v>43910.000000000007</v>
       </c>
-      <c r="CH22" s="16">
+      <c r="CH22" s="15">
         <v>33070</v>
       </c>
-      <c r="CI22" s="16">
+      <c r="CI22" s="15">
         <v>41120</v>
       </c>
-      <c r="CJ22" s="16">
+      <c r="CJ22" s="15">
         <v>15540</v>
       </c>
-      <c r="CK22" s="16">
+      <c r="CK22" s="15">
         <v>28050</v>
       </c>
-      <c r="CL22" s="16">
+      <c r="CL22" s="15">
         <v>31750</v>
       </c>
-      <c r="CM22" s="16">
+      <c r="CM22" s="15">
         <v>88610</v>
       </c>
-      <c r="CN22" s="16">
+      <c r="CN22" s="15">
         <v>52241</v>
       </c>
-      <c r="CO22" s="16">
+      <c r="CO22" s="15">
         <v>52231</v>
       </c>
-      <c r="CP22" s="16">
+      <c r="CP22" s="15">
         <v>57490</v>
       </c>
-      <c r="CQ22" s="16">
+      <c r="CQ22" s="15">
         <v>68750</v>
       </c>
-      <c r="CR22" s="16">
+      <c r="CR22" s="15">
         <v>32419.999999999996</v>
       </c>
-      <c r="CS22" s="16">
+      <c r="CS22" s="15">
         <v>85080</v>
       </c>
-      <c r="CT22" s="16">
+      <c r="CT22" s="15">
         <v>51880</v>
       </c>
-      <c r="CU22" s="16">
+      <c r="CU22" s="15">
         <v>207360</v>
       </c>
-      <c r="CV22" s="16">
+      <c r="CV22" s="15">
         <v>61830</v>
       </c>
-      <c r="CW22" s="16">
+      <c r="CW22" s="15">
         <v>88400</v>
       </c>
-      <c r="CX22" s="16">
+      <c r="CX22" s="15">
         <v>74650</v>
       </c>
-      <c r="CY22" s="16">
+      <c r="CY22" s="15">
         <v>78160</v>
       </c>
-      <c r="CZ22" s="16">
+      <c r="CZ22" s="15">
         <v>64920</v>
       </c>
-      <c r="DA22" s="16">
+      <c r="DA22" s="15">
         <v>83180</v>
       </c>
-      <c r="DB22" s="16">
+      <c r="DB22" s="15">
         <v>78780</v>
       </c>
-      <c r="DC22" s="16">
+      <c r="DC22" s="15">
         <v>80140</v>
       </c>
-      <c r="DD22" s="16">
+      <c r="DD22" s="15">
         <v>53990</v>
       </c>
-      <c r="DE22" s="16">
+      <c r="DE22" s="15">
         <v>56120</v>
       </c>
-      <c r="DF22" s="17">
+      <c r="DF22" s="16">
         <v>104890</v>
       </c>
-      <c r="DG22" s="16">
+      <c r="DG22" s="15">
         <v>175500</v>
       </c>
-      <c r="DH22" s="16">
+      <c r="DH22" s="15">
         <v>27850</v>
       </c>
-      <c r="DI22" s="33">
+      <c r="DI22" s="32">
         <v>21100</v>
       </c>
+      <c r="DJ22" s="16">
+        <v>23010</v>
+      </c>
+      <c r="DK22" s="16">
+        <v>22150</v>
+      </c>
+      <c r="DL22" s="16">
+        <v>22470</v>
+      </c>
+      <c r="DM22" s="16">
+        <v>21680</v>
+      </c>
+      <c r="DN22" s="16">
+        <v>26080</v>
+      </c>
+      <c r="DO22" s="16">
+        <v>19560</v>
+      </c>
+      <c r="DP22" s="16">
+        <v>7010</v>
+      </c>
+      <c r="DQ22" s="16">
+        <v>17092.490000000002</v>
+      </c>
+      <c r="DR22" s="16">
+        <v>19944</v>
+      </c>
+      <c r="DS22" s="16">
+        <v>34450</v>
+      </c>
+      <c r="DT22" s="16">
+        <v>20343</v>
+      </c>
+      <c r="DU22" s="16">
+        <v>19780</v>
+      </c>
+      <c r="DV22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DW22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DX22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DY22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="DZ22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EA22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EB22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EC22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="ED22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EE22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="EF22" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="23" spans="1:113" s="18" customFormat="1">
-      <c r="A23" s="15" t="s">
+    <row r="23" spans="1:136" s="17" customFormat="1">
+      <c r="A23" s="14" t="s">
         <v>192</v>
       </c>
-      <c r="B23" s="15" t="s">
+      <c r="B23" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="C23" s="15" t="s">
+      <c r="C23" s="14" t="s">
         <v>63</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="D23" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E23" s="15"/>
-[...53 lines deleted...]
-      <c r="AS23" s="22">
+      <c r="E23" s="14"/>
+      <c r="F23" s="20"/>
+      <c r="G23" s="20"/>
+      <c r="H23" s="20"/>
+      <c r="I23" s="20"/>
+      <c r="J23" s="20"/>
+      <c r="K23" s="20"/>
+      <c r="L23" s="20"/>
+      <c r="M23" s="20"/>
+      <c r="N23" s="20"/>
+      <c r="O23" s="20"/>
+      <c r="P23" s="20"/>
+      <c r="Q23" s="20"/>
+      <c r="R23" s="20"/>
+      <c r="S23" s="20"/>
+      <c r="T23" s="20"/>
+      <c r="U23" s="20"/>
+      <c r="V23" s="20"/>
+      <c r="W23" s="20"/>
+      <c r="X23" s="20"/>
+      <c r="Y23" s="20"/>
+      <c r="Z23" s="20"/>
+      <c r="AA23" s="20"/>
+      <c r="AB23" s="20"/>
+      <c r="AC23" s="20"/>
+      <c r="AD23" s="20"/>
+      <c r="AE23" s="20"/>
+      <c r="AF23" s="20"/>
+      <c r="AG23" s="20"/>
+      <c r="AH23" s="20"/>
+      <c r="AI23" s="20"/>
+      <c r="AJ23" s="20"/>
+      <c r="AK23" s="20"/>
+      <c r="AL23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AM23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AN23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AO23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AP23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AQ23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AR23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AS23" s="21">
         <v>1.58</v>
       </c>
-      <c r="AT23" s="22">
-[...5 lines deleted...]
-      <c r="AV23" s="22">
+      <c r="AT23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AU23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AV23" s="21">
         <v>1.1299999999999999</v>
       </c>
-      <c r="AW23" s="22">
-[...2 lines deleted...]
-      <c r="AX23" s="22">
+      <c r="AW23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AX23" s="21">
         <v>1.8</v>
       </c>
-      <c r="AY23" s="22">
+      <c r="AY23" s="21">
         <v>2.95</v>
       </c>
-      <c r="AZ23" s="22">
+      <c r="AZ23" s="21">
         <v>1.88</v>
       </c>
-      <c r="BA23" s="22">
-[...2 lines deleted...]
-      <c r="BB23" s="22">
+      <c r="BA23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BB23" s="21">
         <v>0.4</v>
       </c>
-      <c r="BC23" s="22">
+      <c r="BC23" s="21">
         <v>7</v>
       </c>
-      <c r="BD23" s="22">
+      <c r="BD23" s="21">
         <v>1.88</v>
       </c>
-      <c r="BE23" s="22">
+      <c r="BE23" s="21">
         <v>2.68</v>
       </c>
-      <c r="BF23" s="22">
-[...2 lines deleted...]
-      <c r="BG23" s="22">
+      <c r="BF23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BG23" s="21">
         <v>0.2</v>
       </c>
-      <c r="BH23" s="22">
+      <c r="BH23" s="21">
         <v>3.06</v>
       </c>
-      <c r="BI23" s="22">
-[...2 lines deleted...]
-      <c r="BJ23" s="22">
+      <c r="BI23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BJ23" s="21">
         <v>0.66</v>
       </c>
-      <c r="BK23" s="22">
+      <c r="BK23" s="21">
         <v>0.12</v>
       </c>
-      <c r="BL23" s="22">
-[...2 lines deleted...]
-      <c r="BM23" s="22">
+      <c r="BL23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BM23" s="21">
         <v>0.3</v>
       </c>
-      <c r="BN23" s="22">
-[...8 lines deleted...]
-      <c r="BQ23" s="22">
+      <c r="BN23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BO23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BP23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BQ23" s="21">
         <v>1.88</v>
       </c>
-      <c r="BR23" s="22">
-[...8 lines deleted...]
-      <c r="BU23" s="22">
+      <c r="BR23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BS23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BT23" s="21">
+        <v>0</v>
+      </c>
+      <c r="BU23" s="21">
         <v>0.16</v>
       </c>
-      <c r="BV23" s="22">
+      <c r="BV23" s="21">
         <v>0.16</v>
       </c>
-      <c r="BW23" s="22">
+      <c r="BW23" s="21">
         <v>1.17</v>
       </c>
-      <c r="BX23" s="22">
+      <c r="BX23" s="21">
         <v>0.92</v>
       </c>
-      <c r="BY23" s="22">
+      <c r="BY23" s="21">
         <v>0.92</v>
       </c>
-      <c r="BZ23" s="22">
-[...2 lines deleted...]
-      <c r="CA23" s="22">
+      <c r="BZ23" s="21">
+        <v>0</v>
+      </c>
+      <c r="CA23" s="21">
         <v>1.0900000000000001</v>
       </c>
-      <c r="CB23" s="22">
-[...2 lines deleted...]
-      <c r="CC23" s="22">
+      <c r="CB23" s="21">
+        <v>0</v>
+      </c>
+      <c r="CC23" s="21">
         <v>1.65</v>
       </c>
-      <c r="CD23" s="22">
+      <c r="CD23" s="21">
         <v>4.75</v>
       </c>
-      <c r="CE23" s="22">
+      <c r="CE23" s="21">
         <v>4.75</v>
       </c>
-      <c r="CF23" s="22">
-[...2 lines deleted...]
-      <c r="CG23" s="22">
+      <c r="CF23" s="21">
+        <v>0</v>
+      </c>
+      <c r="CG23" s="21">
         <v>3.11</v>
       </c>
-      <c r="CH23" s="22">
+      <c r="CH23" s="21">
         <v>3.34</v>
       </c>
-      <c r="CI23" s="22">
+      <c r="CI23" s="21">
         <v>1.73</v>
       </c>
-      <c r="CJ23" s="22">
+      <c r="CJ23" s="21">
         <v>0.82</v>
       </c>
-      <c r="CK23" s="22">
+      <c r="CK23" s="21">
         <v>0.82</v>
       </c>
-      <c r="CL23" s="22">
+      <c r="CL23" s="21">
         <v>5.78</v>
       </c>
-      <c r="CM23" s="22">
+      <c r="CM23" s="21">
         <v>1.34</v>
       </c>
-      <c r="CN23" s="22">
+      <c r="CN23" s="21">
         <v>1.6</v>
       </c>
-      <c r="CO23" s="22">
+      <c r="CO23" s="21">
         <v>1.1000000000000001</v>
       </c>
-      <c r="CP23" s="22">
+      <c r="CP23" s="21">
         <v>1.21</v>
       </c>
-      <c r="CQ23" s="22">
+      <c r="CQ23" s="21">
         <v>6</v>
       </c>
-      <c r="CR23" s="22">
+      <c r="CR23" s="21">
         <v>1.48</v>
       </c>
-      <c r="CS23" s="22">
+      <c r="CS23" s="21">
         <v>7.21</v>
       </c>
-      <c r="CT23" s="22">
+      <c r="CT23" s="21">
         <v>1.6</v>
       </c>
-      <c r="CU23" s="22">
+      <c r="CU23" s="21">
         <v>1.9</v>
       </c>
-      <c r="CV23" s="22">
+      <c r="CV23" s="21">
         <v>1.3</v>
       </c>
-      <c r="CW23" s="22">
+      <c r="CW23" s="21">
         <v>0.9</v>
       </c>
-      <c r="CX23" s="22">
+      <c r="CX23" s="21">
         <v>0.4</v>
       </c>
-      <c r="CY23" s="22">
+      <c r="CY23" s="21">
         <v>1.1000000000000001</v>
       </c>
-      <c r="CZ23" s="22"/>
-      <c r="DA23" s="22">
+      <c r="CZ23" s="21"/>
+      <c r="DA23" s="21">
         <v>1.6</v>
       </c>
-      <c r="DB23" s="22">
-[...2 lines deleted...]
-      <c r="DC23" s="22">
+      <c r="DB23" s="21">
+        <v>0</v>
+      </c>
+      <c r="DC23" s="21">
         <v>1.79</v>
       </c>
-      <c r="DD23" s="22">
+      <c r="DD23" s="21">
         <v>0.72</v>
       </c>
-      <c r="DE23" s="22">
-[...2 lines deleted...]
-      <c r="DF23" s="30">
+      <c r="DE23" s="21">
+        <v>1</v>
+      </c>
+      <c r="DF23" s="29">
         <v>4</v>
       </c>
-      <c r="DG23" s="22">
+      <c r="DG23" s="21">
         <v>2.63</v>
       </c>
-      <c r="DH23" s="22">
+      <c r="DH23" s="21">
         <v>0.8</v>
       </c>
-      <c r="DI23" s="32">
+      <c r="DI23" s="31">
         <v>0.5</v>
       </c>
+      <c r="DJ23" s="29">
+        <v>3</v>
+      </c>
+      <c r="DK23" s="29">
+        <v>1.62</v>
+      </c>
+      <c r="DL23" s="29">
+        <v>1.64</v>
+      </c>
+      <c r="DM23" s="29">
+        <v>0.95</v>
+      </c>
+      <c r="DN23" s="29">
+        <v>2</v>
+      </c>
+      <c r="DO23" s="29">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="DP23" s="29">
+        <v>0.22</v>
+      </c>
+      <c r="DQ23" s="29">
+        <v>1.5</v>
+      </c>
+      <c r="DR23" s="29">
+        <v>0.3</v>
+      </c>
+      <c r="DS23" s="29">
+        <v>0</v>
+      </c>
+      <c r="DT23" s="29">
+        <v>1.7</v>
+      </c>
+      <c r="DU23" s="29">
+        <v>0</v>
+      </c>
+      <c r="DV23" s="29">
+        <v>1</v>
+      </c>
+      <c r="DW23" s="29">
+        <v>0</v>
+      </c>
+      <c r="DX23" s="29">
+        <v>0</v>
+      </c>
+      <c r="DY23" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="DZ23" s="29">
+        <v>0</v>
+      </c>
+      <c r="EA23" s="29">
+        <v>0</v>
+      </c>
+      <c r="EB23" s="29">
+        <v>0</v>
+      </c>
+      <c r="EC23" s="29">
+        <v>0.63</v>
+      </c>
+      <c r="ED23" s="29"/>
+      <c r="EE23" s="29"/>
+      <c r="EF23" s="29"/>
     </row>
-    <row r="24" spans="1:113" s="18" customFormat="1">
-      <c r="A24" s="15" t="s">
+    <row r="24" spans="1:136" s="17" customFormat="1">
+      <c r="A24" s="14" t="s">
         <v>193</v>
       </c>
-      <c r="B24" s="15" t="s">
+      <c r="B24" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="C24" s="15" t="s">
+      <c r="C24" s="14" t="s">
         <v>63</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="D24" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E24" s="15"/>
-[...98 lines deleted...]
-      <c r="BH24" s="22">
+      <c r="E24" s="14"/>
+      <c r="F24" s="20"/>
+      <c r="G24" s="20"/>
+      <c r="H24" s="20"/>
+      <c r="I24" s="20"/>
+      <c r="J24" s="20"/>
+      <c r="K24" s="20"/>
+      <c r="L24" s="20"/>
+      <c r="M24" s="20"/>
+      <c r="N24" s="20"/>
+      <c r="O24" s="20"/>
+      <c r="P24" s="20"/>
+      <c r="Q24" s="20"/>
+      <c r="R24" s="20"/>
+      <c r="S24" s="20"/>
+      <c r="T24" s="20"/>
+      <c r="U24" s="20"/>
+      <c r="V24" s="20"/>
+      <c r="W24" s="20"/>
+      <c r="X24" s="20"/>
+      <c r="Y24" s="20"/>
+      <c r="Z24" s="20"/>
+      <c r="AA24" s="20"/>
+      <c r="AB24" s="20"/>
+      <c r="AC24" s="20"/>
+      <c r="AD24" s="20"/>
+      <c r="AE24" s="20"/>
+      <c r="AF24" s="20"/>
+      <c r="AG24" s="20"/>
+      <c r="AH24" s="20"/>
+      <c r="AI24" s="20"/>
+      <c r="AJ24" s="20"/>
+      <c r="AK24" s="20"/>
+      <c r="AL24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AM24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AN24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AO24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AP24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AQ24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AR24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AS24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AT24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AU24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AV24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AW24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AX24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AY24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AZ24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BA24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BB24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BC24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BD24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BE24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BF24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BG24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BH24" s="21">
         <v>3.36</v>
       </c>
-      <c r="BI24" s="22">
+      <c r="BI24" s="21">
         <v>0.37</v>
       </c>
-      <c r="BJ24" s="22">
-[...29 lines deleted...]
-      <c r="BT24" s="22">
+      <c r="BJ24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BK24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BL24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BM24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BN24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BO24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BP24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BQ24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BR24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BS24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BT24" s="21">
         <v>1.8</v>
       </c>
-      <c r="BU24" s="22">
-[...2 lines deleted...]
-      <c r="BV24" s="22">
+      <c r="BU24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BV24" s="21">
         <v>0.06</v>
       </c>
-      <c r="BW24" s="22">
+      <c r="BW24" s="21">
         <v>2.14</v>
       </c>
-      <c r="BX24" s="22">
-[...29 lines deleted...]
-      <c r="CH24" s="22">
+      <c r="BX24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BY24" s="21">
+        <v>0</v>
+      </c>
+      <c r="BZ24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CA24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CB24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CC24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CD24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CE24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CF24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CG24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CH24" s="21">
         <v>1.27</v>
       </c>
-      <c r="CI24" s="22">
+      <c r="CI24" s="21">
         <v>1.62</v>
       </c>
-      <c r="CJ24" s="22">
-[...20 lines deleted...]
-      <c r="CQ24" s="22">
+      <c r="CJ24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CK24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CL24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CM24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CN24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CO24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CP24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CQ24" s="21">
         <v>0.35</v>
       </c>
-      <c r="CR24" s="22">
-[...2 lines deleted...]
-      <c r="CS24" s="22">
+      <c r="CR24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CS24" s="21">
         <v>0.32</v>
       </c>
-      <c r="CT24" s="22">
-[...42 lines deleted...]
-      </c>
+      <c r="CT24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CU24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CV24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CW24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CX24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CY24" s="21">
+        <v>0</v>
+      </c>
+      <c r="CZ24" s="21"/>
+      <c r="DA24" s="21"/>
+      <c r="DB24" s="21">
+        <v>0</v>
+      </c>
+      <c r="DC24" s="21">
+        <v>0</v>
+      </c>
+      <c r="DD24" s="21">
+        <v>0</v>
+      </c>
+      <c r="DE24" s="21">
+        <v>0</v>
+      </c>
+      <c r="DF24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DG24" s="21">
+        <v>0</v>
+      </c>
+      <c r="DH24" s="21">
+        <v>0</v>
+      </c>
+      <c r="DI24" s="31">
+        <v>0</v>
+      </c>
+      <c r="DJ24" s="31">
+        <v>0</v>
+      </c>
+      <c r="DK24" s="31">
+        <v>0</v>
+      </c>
+      <c r="DL24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DM24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DN24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DO24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DP24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DQ24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DR24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DS24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DT24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DU24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DV24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DW24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DX24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DY24" s="29">
+        <v>0</v>
+      </c>
+      <c r="DZ24" s="29">
+        <v>0</v>
+      </c>
+      <c r="EA24" s="29">
+        <v>0</v>
+      </c>
+      <c r="EB24" s="29">
+        <v>0</v>
+      </c>
+      <c r="EC24" s="29">
+        <v>0</v>
+      </c>
+      <c r="ED24" s="29"/>
+      <c r="EE24" s="29"/>
+      <c r="EF24" s="29"/>
     </row>
-    <row r="25" spans="1:113" s="18" customFormat="1">
-      <c r="A25" s="15" t="s">
+    <row r="25" spans="1:136" s="17" customFormat="1">
+      <c r="A25" s="14" t="s">
         <v>194</v>
       </c>
-      <c r="B25" s="15" t="s">
+      <c r="B25" s="14" t="s">
         <v>51</v>
       </c>
-      <c r="C25" s="15" t="s">
+      <c r="C25" s="14" t="s">
         <v>63</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="D25" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E25" s="15"/>
-[...32 lines deleted...]
-      <c r="AL25" s="22">
+      <c r="E25" s="14"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="20"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="20"/>
+      <c r="K25" s="20"/>
+      <c r="L25" s="20"/>
+      <c r="M25" s="20"/>
+      <c r="N25" s="20"/>
+      <c r="O25" s="20"/>
+      <c r="P25" s="20"/>
+      <c r="Q25" s="20"/>
+      <c r="R25" s="20"/>
+      <c r="S25" s="20"/>
+      <c r="T25" s="20"/>
+      <c r="U25" s="20"/>
+      <c r="V25" s="20"/>
+      <c r="W25" s="20"/>
+      <c r="X25" s="20"/>
+      <c r="Y25" s="20"/>
+      <c r="Z25" s="20"/>
+      <c r="AA25" s="20"/>
+      <c r="AB25" s="20"/>
+      <c r="AC25" s="20"/>
+      <c r="AD25" s="20"/>
+      <c r="AE25" s="20"/>
+      <c r="AF25" s="20"/>
+      <c r="AG25" s="20"/>
+      <c r="AH25" s="20"/>
+      <c r="AI25" s="20"/>
+      <c r="AJ25" s="20"/>
+      <c r="AK25" s="20"/>
+      <c r="AL25" s="21">
         <v>36.840000000000003</v>
       </c>
-      <c r="AM25" s="22">
+      <c r="AM25" s="21">
         <v>58.83</v>
       </c>
-      <c r="AN25" s="22">
+      <c r="AN25" s="21">
         <v>26</v>
       </c>
-      <c r="AO25" s="22">
-[...11 lines deleted...]
-      <c r="AS25" s="22">
+      <c r="AO25" s="21">
+        <v>0</v>
+      </c>
+      <c r="AP25" s="21">
+        <v>0</v>
+      </c>
+      <c r="AQ25" s="21">
+        <v>0</v>
+      </c>
+      <c r="AR25" s="21">
+        <v>0</v>
+      </c>
+      <c r="AS25" s="21">
         <v>194.03</v>
       </c>
-      <c r="AT25" s="22">
+      <c r="AT25" s="21">
         <v>50.68</v>
       </c>
-      <c r="AU25" s="22">
+      <c r="AU25" s="21">
         <v>34.369999999999997</v>
       </c>
-      <c r="AV25" s="22">
+      <c r="AV25" s="21">
         <v>42.510000000000005</v>
       </c>
-      <c r="AW25" s="22">
+      <c r="AW25" s="21">
         <v>51.13</v>
       </c>
-      <c r="AX25" s="22">
+      <c r="AX25" s="21">
         <v>18.79</v>
       </c>
-      <c r="AY25" s="22">
+      <c r="AY25" s="21">
         <v>67.91</v>
       </c>
-      <c r="AZ25" s="22">
+      <c r="AZ25" s="21">
         <v>20.23</v>
       </c>
-      <c r="BA25" s="22">
+      <c r="BA25" s="21">
         <v>62.74</v>
       </c>
-      <c r="BB25" s="22">
+      <c r="BB25" s="21">
         <v>7.38</v>
       </c>
-      <c r="BC25" s="22">
+      <c r="BC25" s="21">
         <v>7.52</v>
       </c>
-      <c r="BD25" s="22">
+      <c r="BD25" s="21">
         <v>18.510000000000002</v>
       </c>
-      <c r="BE25" s="22">
+      <c r="BE25" s="21">
         <v>18.57</v>
       </c>
-      <c r="BF25" s="22">
+      <c r="BF25" s="21">
         <v>9.3500000000000014</v>
       </c>
-      <c r="BG25" s="22">
+      <c r="BG25" s="21">
         <v>4</v>
       </c>
-      <c r="BH25" s="22">
+      <c r="BH25" s="21">
         <v>9.5100000000000016</v>
       </c>
-      <c r="BI25" s="22">
+      <c r="BI25" s="21">
         <v>4.83</v>
       </c>
-      <c r="BJ25" s="22">
+      <c r="BJ25" s="21">
         <v>31.08</v>
       </c>
-      <c r="BK25" s="22">
+      <c r="BK25" s="21">
         <v>26.9</v>
       </c>
-      <c r="BL25" s="22">
+      <c r="BL25" s="21">
         <v>20.748000000000001</v>
       </c>
-      <c r="BM25" s="22">
+      <c r="BM25" s="21">
         <v>25.62</v>
       </c>
-      <c r="BN25" s="22">
+      <c r="BN25" s="21">
         <v>4.41</v>
       </c>
-      <c r="BO25" s="22">
+      <c r="BO25" s="21">
         <v>23.01</v>
       </c>
-      <c r="BP25" s="22">
+      <c r="BP25" s="21">
         <v>13.51</v>
       </c>
-      <c r="BQ25" s="22">
+      <c r="BQ25" s="21">
         <v>16.64</v>
       </c>
-      <c r="BR25" s="22">
+      <c r="BR25" s="21">
         <v>30.490000000000002</v>
       </c>
-      <c r="BS25" s="22">
+      <c r="BS25" s="21">
         <v>34.64</v>
       </c>
-      <c r="BT25" s="22">
+      <c r="BT25" s="21">
         <v>12.35</v>
       </c>
-      <c r="BU25" s="22">
+      <c r="BU25" s="21">
         <v>16.79</v>
       </c>
-      <c r="BV25" s="22">
+      <c r="BV25" s="21">
         <v>5.59</v>
       </c>
-      <c r="BW25" s="22">
+      <c r="BW25" s="21">
         <v>27.94</v>
       </c>
-      <c r="BX25" s="22">
+      <c r="BX25" s="21">
         <v>15.66</v>
       </c>
-      <c r="BY25" s="22">
+      <c r="BY25" s="21">
         <v>12.57</v>
       </c>
-      <c r="BZ25" s="22">
+      <c r="BZ25" s="21">
         <v>18.52</v>
       </c>
-      <c r="CA25" s="22">
+      <c r="CA25" s="21">
         <v>21.71</v>
       </c>
-      <c r="CB25" s="22">
+      <c r="CB25" s="21">
         <v>28.39</v>
       </c>
-      <c r="CC25" s="22">
+      <c r="CC25" s="21">
         <v>27.18</v>
       </c>
-      <c r="CD25" s="22">
+      <c r="CD25" s="21">
         <v>9</v>
       </c>
-      <c r="CE25" s="22">
+      <c r="CE25" s="21">
         <v>65.67</v>
       </c>
-      <c r="CF25" s="22">
+      <c r="CF25" s="21">
         <v>36.86</v>
       </c>
-      <c r="CG25" s="22">
+      <c r="CG25" s="21">
         <v>26.3</v>
       </c>
-      <c r="CH25" s="22">
+      <c r="CH25" s="21">
         <v>8.5399999999999991</v>
       </c>
-      <c r="CI25" s="22">
+      <c r="CI25" s="21">
         <v>68.11</v>
       </c>
-      <c r="CJ25" s="22">
+      <c r="CJ25" s="21">
         <v>27.1</v>
       </c>
-      <c r="CK25" s="22">
+      <c r="CK25" s="21">
         <v>129.59</v>
       </c>
-      <c r="CL25" s="22">
+      <c r="CL25" s="21">
         <v>101.13</v>
       </c>
-      <c r="CM25" s="22">
+      <c r="CM25" s="21">
         <v>111.52</v>
       </c>
-      <c r="CN25" s="22">
+      <c r="CN25" s="21">
         <v>118.4</v>
       </c>
-      <c r="CO25" s="22">
+      <c r="CO25" s="21">
         <v>98.8</v>
       </c>
-      <c r="CP25" s="22">
+      <c r="CP25" s="21">
         <v>129.74</v>
       </c>
-      <c r="CQ25" s="22">
+      <c r="CQ25" s="21">
         <v>42.17</v>
       </c>
-      <c r="CR25" s="22">
+      <c r="CR25" s="21">
         <v>152.30000000000001</v>
       </c>
-      <c r="CS25" s="22">
+      <c r="CS25" s="21">
         <v>168.94</v>
       </c>
-      <c r="CT25" s="22">
+      <c r="CT25" s="21">
         <v>108.4</v>
       </c>
-      <c r="CU25" s="22">
+      <c r="CU25" s="21">
         <v>104.9</v>
       </c>
-      <c r="CV25" s="22">
+      <c r="CV25" s="21">
         <v>102.9</v>
       </c>
-      <c r="CW25" s="22">
+      <c r="CW25" s="21">
         <v>125.7</v>
       </c>
-      <c r="CX25" s="22">
+      <c r="CX25" s="21">
         <v>153.5</v>
       </c>
-      <c r="CY25" s="22">
+      <c r="CY25" s="21">
         <v>157</v>
       </c>
-      <c r="CZ25" s="22">
+      <c r="CZ25" s="21">
         <v>166</v>
       </c>
-      <c r="DA25" s="22">
+      <c r="DA25" s="21">
         <v>136.30000000000001</v>
       </c>
-      <c r="DB25" s="22">
+      <c r="DB25" s="21">
         <v>80.39</v>
       </c>
-      <c r="DC25" s="30">
+      <c r="DC25" s="29">
         <v>128.81</v>
       </c>
-      <c r="DD25" s="22">
+      <c r="DD25" s="21">
         <v>33.270000000000003</v>
       </c>
-      <c r="DE25" s="22">
+      <c r="DE25" s="21">
         <v>98.01</v>
       </c>
-      <c r="DF25" s="30">
+      <c r="DF25" s="29">
         <v>84.91</v>
       </c>
-      <c r="DG25" s="22">
+      <c r="DG25" s="21">
         <v>121.07000000000001</v>
       </c>
-      <c r="DH25" s="22">
+      <c r="DH25" s="21">
         <v>111.48</v>
       </c>
-      <c r="DI25" s="32">
+      <c r="DI25" s="31">
         <v>101.92</v>
       </c>
+      <c r="DJ25" s="29">
+        <v>83.73</v>
+      </c>
+      <c r="DK25" s="29">
+        <v>83.63</v>
+      </c>
+      <c r="DL25" s="29">
+        <v>83.63</v>
+      </c>
+      <c r="DM25" s="29">
+        <v>84.02</v>
+      </c>
+      <c r="DN25" s="29">
+        <v>61.53</v>
+      </c>
+      <c r="DO25" s="29">
+        <v>58.66</v>
+      </c>
+      <c r="DP25" s="29">
+        <v>104.77</v>
+      </c>
+      <c r="DQ25" s="29">
+        <v>76.52</v>
+      </c>
+      <c r="DR25" s="29">
+        <v>52.74</v>
+      </c>
+      <c r="DS25" s="29">
+        <v>20.97</v>
+      </c>
+      <c r="DT25" s="29">
+        <v>41.08</v>
+      </c>
+      <c r="DU25" s="29">
+        <v>16.02</v>
+      </c>
+      <c r="DV25" s="29">
+        <v>0</v>
+      </c>
+      <c r="DW25" s="29">
+        <v>0</v>
+      </c>
+      <c r="DX25" s="29">
+        <v>0</v>
+      </c>
+      <c r="DY25" s="29">
+        <v>0</v>
+      </c>
+      <c r="DZ25" s="29">
+        <v>51.02</v>
+      </c>
+      <c r="EA25" s="29">
+        <v>30.06</v>
+      </c>
+      <c r="EB25" s="29">
+        <v>9.23</v>
+      </c>
+      <c r="EC25" s="29">
+        <v>30.06</v>
+      </c>
+      <c r="ED25" s="29"/>
+      <c r="EE25" s="29"/>
+      <c r="EF25" s="29"/>
     </row>
-    <row r="26" spans="1:113" s="18" customFormat="1">
-      <c r="A26" s="15" t="s">
+    <row r="26" spans="1:136" s="17" customFormat="1">
+      <c r="A26" s="14" t="s">
         <v>195</v>
       </c>
-      <c r="B26" s="15" t="s">
+      <c r="B26" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="C26" s="15" t="s">
+      <c r="C26" s="14" t="s">
         <v>63</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="D26" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E26" s="15"/>
-[...32 lines deleted...]
-      <c r="AL26" s="22">
+      <c r="E26" s="14"/>
+      <c r="F26" s="20"/>
+      <c r="G26" s="20"/>
+      <c r="H26" s="20"/>
+      <c r="I26" s="20"/>
+      <c r="J26" s="20"/>
+      <c r="K26" s="20"/>
+      <c r="L26" s="20"/>
+      <c r="M26" s="20"/>
+      <c r="N26" s="20"/>
+      <c r="O26" s="20"/>
+      <c r="P26" s="20"/>
+      <c r="Q26" s="20"/>
+      <c r="R26" s="20"/>
+      <c r="S26" s="20"/>
+      <c r="T26" s="20"/>
+      <c r="U26" s="20"/>
+      <c r="V26" s="20"/>
+      <c r="W26" s="20"/>
+      <c r="X26" s="20"/>
+      <c r="Y26" s="20"/>
+      <c r="Z26" s="20"/>
+      <c r="AA26" s="20"/>
+      <c r="AB26" s="20"/>
+      <c r="AC26" s="20"/>
+      <c r="AD26" s="20"/>
+      <c r="AE26" s="20"/>
+      <c r="AF26" s="20"/>
+      <c r="AG26" s="20"/>
+      <c r="AH26" s="20"/>
+      <c r="AI26" s="20"/>
+      <c r="AJ26" s="20"/>
+      <c r="AK26" s="20"/>
+      <c r="AL26" s="21">
         <v>36.840000000000003</v>
       </c>
-      <c r="AM26" s="22">
+      <c r="AM26" s="21">
         <v>58.83</v>
       </c>
-      <c r="AN26" s="22">
+      <c r="AN26" s="21">
         <v>26</v>
       </c>
-      <c r="AO26" s="22">
-[...11 lines deleted...]
-      <c r="AS26" s="22">
+      <c r="AO26" s="21">
+        <v>0</v>
+      </c>
+      <c r="AP26" s="21">
+        <v>0</v>
+      </c>
+      <c r="AQ26" s="21">
+        <v>0</v>
+      </c>
+      <c r="AR26" s="21">
+        <v>0</v>
+      </c>
+      <c r="AS26" s="21">
         <v>195.61</v>
       </c>
-      <c r="AT26" s="22">
+      <c r="AT26" s="21">
         <v>50.68</v>
       </c>
-      <c r="AU26" s="22">
+      <c r="AU26" s="21">
         <v>34.369999999999997</v>
       </c>
-      <c r="AV26" s="22">
+      <c r="AV26" s="21">
         <v>43.640000000000008</v>
       </c>
-      <c r="AW26" s="22">
+      <c r="AW26" s="21">
         <v>51.13</v>
       </c>
-      <c r="AX26" s="22">
+      <c r="AX26" s="21">
         <v>20.59</v>
       </c>
-      <c r="AY26" s="22">
+      <c r="AY26" s="21">
         <v>70.86</v>
       </c>
-      <c r="AZ26" s="22">
+      <c r="AZ26" s="21">
         <v>22.11</v>
       </c>
-      <c r="BA26" s="22">
+      <c r="BA26" s="21">
         <v>62.74</v>
       </c>
-      <c r="BB26" s="22">
+      <c r="BB26" s="21">
         <v>7.78</v>
       </c>
-      <c r="BC26" s="22">
+      <c r="BC26" s="21">
         <v>14.52</v>
       </c>
-      <c r="BD26" s="22">
+      <c r="BD26" s="21">
         <v>20.39</v>
       </c>
-      <c r="BE26" s="22">
+      <c r="BE26" s="21">
         <v>21.25</v>
       </c>
-      <c r="BF26" s="22">
+      <c r="BF26" s="21">
         <v>9.3500000000000014</v>
       </c>
-      <c r="BG26" s="22">
+      <c r="BG26" s="21">
         <v>4.2</v>
       </c>
-      <c r="BH26" s="22">
+      <c r="BH26" s="21">
         <v>15.930000000000001</v>
       </c>
-      <c r="BI26" s="22">
+      <c r="BI26" s="21">
         <v>5.2</v>
       </c>
-      <c r="BJ26" s="22">
+      <c r="BJ26" s="21">
         <v>31.74</v>
       </c>
-      <c r="BK26" s="22">
+      <c r="BK26" s="21">
         <v>27.02</v>
       </c>
-      <c r="BL26" s="22">
+      <c r="BL26" s="21">
         <v>20.748000000000001</v>
       </c>
-      <c r="BM26" s="22">
+      <c r="BM26" s="21">
         <v>25.92</v>
       </c>
-      <c r="BN26" s="22">
+      <c r="BN26" s="21">
         <v>4.41</v>
       </c>
-      <c r="BO26" s="22">
+      <c r="BO26" s="21">
         <v>23.01</v>
       </c>
-      <c r="BP26" s="22">
+      <c r="BP26" s="21">
         <v>13.51</v>
       </c>
-      <c r="BQ26" s="22">
+      <c r="BQ26" s="21">
         <v>18.52</v>
       </c>
-      <c r="BR26" s="22">
+      <c r="BR26" s="21">
         <v>30.490000000000002</v>
       </c>
-      <c r="BS26" s="22">
+      <c r="BS26" s="21">
         <v>34.64</v>
       </c>
-      <c r="BT26" s="22">
+      <c r="BT26" s="21">
         <v>14.15</v>
       </c>
-      <c r="BU26" s="22">
+      <c r="BU26" s="21">
         <v>16.95</v>
       </c>
-      <c r="BV26" s="22">
+      <c r="BV26" s="21">
         <v>5.81</v>
       </c>
-      <c r="BW26" s="22">
+      <c r="BW26" s="21">
         <v>31.25</v>
       </c>
-      <c r="BX26" s="22">
+      <c r="BX26" s="21">
         <v>16.580000000000002</v>
       </c>
-      <c r="BY26" s="22">
+      <c r="BY26" s="21">
         <v>13.49</v>
       </c>
-      <c r="BZ26" s="22">
+      <c r="BZ26" s="21">
         <v>18.52</v>
       </c>
-      <c r="CA26" s="22">
+      <c r="CA26" s="21">
         <v>22.8</v>
       </c>
-      <c r="CB26" s="22">
+      <c r="CB26" s="21">
         <v>28.39</v>
       </c>
-      <c r="CC26" s="22">
+      <c r="CC26" s="21">
         <v>28.83</v>
       </c>
-      <c r="CD26" s="22">
+      <c r="CD26" s="21">
         <v>13.75</v>
       </c>
-      <c r="CE26" s="22">
+      <c r="CE26" s="21">
         <v>70.42</v>
       </c>
-      <c r="CF26" s="22">
+      <c r="CF26" s="21">
         <v>36.86</v>
       </c>
-      <c r="CG26" s="22">
+      <c r="CG26" s="21">
         <v>29.41</v>
       </c>
-      <c r="CH26" s="22">
+      <c r="CH26" s="21">
         <v>13.149999999999999</v>
       </c>
-      <c r="CI26" s="22">
+      <c r="CI26" s="21">
         <v>71.459999999999994</v>
       </c>
-      <c r="CJ26" s="22">
+      <c r="CJ26" s="21">
         <v>27.92</v>
       </c>
-      <c r="CK26" s="22">
+      <c r="CK26" s="21">
         <v>130.41</v>
       </c>
-      <c r="CL26" s="22">
+      <c r="CL26" s="21">
         <v>106.91</v>
       </c>
-      <c r="CM26" s="22">
+      <c r="CM26" s="21">
         <v>112.86</v>
       </c>
-      <c r="CN26" s="22">
+      <c r="CN26" s="21">
         <v>120</v>
       </c>
-      <c r="CO26" s="22">
+      <c r="CO26" s="21">
         <v>99.8</v>
       </c>
-      <c r="CP26" s="22">
+      <c r="CP26" s="21">
         <v>130.95000000000002</v>
       </c>
-      <c r="CQ26" s="22">
+      <c r="CQ26" s="21">
         <v>48.52</v>
       </c>
-      <c r="CR26" s="22">
+      <c r="CR26" s="21">
         <v>153.78</v>
       </c>
-      <c r="CS26" s="22">
+      <c r="CS26" s="21">
         <v>176.47</v>
       </c>
-      <c r="CT26" s="22">
+      <c r="CT26" s="21">
         <v>110</v>
       </c>
-      <c r="CU26" s="22">
+      <c r="CU26" s="21">
         <v>106.80000000000001</v>
       </c>
-      <c r="CV26" s="22">
+      <c r="CV26" s="21">
         <v>104.2</v>
       </c>
-      <c r="CW26" s="22">
+      <c r="CW26" s="21">
         <v>126.60000000000001</v>
       </c>
-      <c r="CX26" s="22">
+      <c r="CX26" s="21">
         <v>153.9</v>
       </c>
-      <c r="CY26" s="22">
+      <c r="CY26" s="21">
         <v>158.1</v>
       </c>
-      <c r="CZ26" s="22">
+      <c r="CZ26" s="21">
         <v>166</v>
       </c>
-      <c r="DA26" s="22">
+      <c r="DA26" s="21">
         <v>137.9</v>
       </c>
-      <c r="DB26" s="22">
+      <c r="DB26" s="21">
         <v>80.39</v>
       </c>
-      <c r="DC26" s="22">
+      <c r="DC26" s="21">
         <v>130.6</v>
       </c>
-      <c r="DD26" s="22">
+      <c r="DD26" s="21">
         <v>33.99</v>
       </c>
-      <c r="DE26" s="22">
+      <c r="DE26" s="21">
         <v>99.01</v>
       </c>
-      <c r="DF26" s="30">
+      <c r="DF26" s="29">
         <v>88.91</v>
       </c>
-      <c r="DG26" s="30">
+      <c r="DG26" s="29">
         <v>123.7</v>
       </c>
-      <c r="DH26" s="30">
+      <c r="DH26" s="29">
         <v>112.28</v>
       </c>
-      <c r="DI26" s="30">
+      <c r="DI26" s="29">
         <v>102.42</v>
       </c>
+      <c r="DJ26" s="29">
+        <v>86.73</v>
+      </c>
+      <c r="DK26" s="29">
+        <v>85.25</v>
+      </c>
+      <c r="DL26" s="29">
+        <v>85.3</v>
+      </c>
+      <c r="DM26" s="29">
+        <v>84.97</v>
+      </c>
+      <c r="DN26" s="29">
+        <v>63.53</v>
+      </c>
+      <c r="DO26" s="29">
+        <v>59.22</v>
+      </c>
+      <c r="DP26" s="29">
+        <v>104.99</v>
+      </c>
+      <c r="DQ26" s="29">
+        <v>78.02</v>
+      </c>
+      <c r="DR26" s="29">
+        <v>53.04</v>
+      </c>
+      <c r="DS26" s="29">
+        <v>20.97</v>
+      </c>
+      <c r="DT26" s="29">
+        <v>42.78</v>
+      </c>
+      <c r="DU26" s="29">
+        <v>16.02</v>
+      </c>
+      <c r="DV26" s="29">
+        <v>1</v>
+      </c>
+      <c r="DW26" s="29">
+        <v>0</v>
+      </c>
+      <c r="DX26" s="29">
+        <v>0</v>
+      </c>
+      <c r="DY26" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="DZ26" s="29">
+        <v>51.02</v>
+      </c>
+      <c r="EA26" s="29">
+        <v>30.06</v>
+      </c>
+      <c r="EB26" s="29">
+        <v>9.23</v>
+      </c>
+      <c r="EC26" s="29">
+        <v>30.7</v>
+      </c>
+      <c r="ED26" s="29"/>
+      <c r="EE26" s="29"/>
+      <c r="EF26" s="29"/>
     </row>
-    <row r="27" spans="1:113" s="24" customFormat="1">
-      <c r="A27" s="16" t="s">
+    <row r="27" spans="1:136" s="23" customFormat="1">
+      <c r="A27" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="B27" s="16" t="s">
+      <c r="B27" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="C27" s="16" t="s">
+      <c r="C27" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D27" s="16" t="s">
+      <c r="D27" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="E27" s="16" t="s">
+      <c r="E27" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="F27" s="16" t="s">
+      <c r="F27" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="G27" s="16"/>
-[...30 lines deleted...]
-      <c r="AL27" s="16">
+      <c r="G27" s="15"/>
+      <c r="H27" s="15"/>
+      <c r="I27" s="15"/>
+      <c r="J27" s="15"/>
+      <c r="K27" s="15"/>
+      <c r="L27" s="15"/>
+      <c r="M27" s="15"/>
+      <c r="N27" s="15"/>
+      <c r="O27" s="15"/>
+      <c r="P27" s="15"/>
+      <c r="Q27" s="15"/>
+      <c r="R27" s="15"/>
+      <c r="S27" s="15"/>
+      <c r="T27" s="15"/>
+      <c r="U27" s="15"/>
+      <c r="V27" s="15"/>
+      <c r="W27" s="15"/>
+      <c r="X27" s="15"/>
+      <c r="Y27" s="15"/>
+      <c r="Z27" s="15"/>
+      <c r="AA27" s="15"/>
+      <c r="AB27" s="15"/>
+      <c r="AC27" s="15"/>
+      <c r="AD27" s="15"/>
+      <c r="AE27" s="15"/>
+      <c r="AF27" s="15"/>
+      <c r="AG27" s="15"/>
+      <c r="AH27" s="15"/>
+      <c r="AI27" s="15"/>
+      <c r="AJ27" s="15"/>
+      <c r="AK27" s="15"/>
+      <c r="AL27" s="15">
         <v>152.75</v>
       </c>
-      <c r="AM27" s="16">
+      <c r="AM27" s="15">
         <v>168.93</v>
       </c>
-      <c r="AN27" s="16">
+      <c r="AN27" s="15">
         <v>165.19</v>
       </c>
-      <c r="AO27" s="16">
+      <c r="AO27" s="15">
         <v>145.55000000000001</v>
       </c>
-      <c r="AP27" s="16">
+      <c r="AP27" s="15">
         <v>168.1</v>
       </c>
-      <c r="AQ27" s="16">
+      <c r="AQ27" s="15">
         <v>240</v>
       </c>
-      <c r="AR27" s="16">
+      <c r="AR27" s="15">
         <v>186</v>
       </c>
-      <c r="AS27" s="16">
+      <c r="AS27" s="15">
         <v>188</v>
       </c>
-      <c r="AT27" s="16">
+      <c r="AT27" s="15">
         <v>152.69</v>
       </c>
-      <c r="AU27" s="16">
+      <c r="AU27" s="15">
         <v>145.41</v>
       </c>
-      <c r="AV27" s="16">
+      <c r="AV27" s="15">
         <v>176.65</v>
       </c>
-      <c r="AW27" s="16">
+      <c r="AW27" s="15">
         <v>169.78</v>
       </c>
-      <c r="AX27" s="16">
+      <c r="AX27" s="15">
         <v>146.34</v>
       </c>
-      <c r="AY27" s="16">
+      <c r="AY27" s="15">
         <v>150.63999999999999</v>
       </c>
-      <c r="AZ27" s="16">
+      <c r="AZ27" s="15">
         <v>170.67</v>
       </c>
-      <c r="BA27" s="16">
+      <c r="BA27" s="15">
         <v>172.06</v>
       </c>
-      <c r="BB27" s="16">
+      <c r="BB27" s="15">
         <v>148.41</v>
       </c>
-      <c r="BC27" s="16">
+      <c r="BC27" s="15">
         <v>150.30000000000001</v>
       </c>
-      <c r="BD27" s="16">
+      <c r="BD27" s="15">
         <v>124.74</v>
       </c>
-      <c r="BE27" s="16">
+      <c r="BE27" s="15">
         <v>170.86</v>
       </c>
-      <c r="BF27" s="16">
+      <c r="BF27" s="15">
         <v>115</v>
       </c>
-      <c r="BG27" s="16">
+      <c r="BG27" s="15">
         <v>162</v>
       </c>
-      <c r="BH27" s="16">
+      <c r="BH27" s="15">
         <v>124.5</v>
       </c>
-      <c r="BI27" s="16">
+      <c r="BI27" s="15">
         <v>167.2</v>
       </c>
-      <c r="BJ27" s="16">
+      <c r="BJ27" s="15">
         <v>82.5</v>
       </c>
-      <c r="BK27" s="16">
+      <c r="BK27" s="15">
         <v>70</v>
       </c>
-      <c r="BL27" s="16">
+      <c r="BL27" s="15">
         <v>85</v>
       </c>
-      <c r="BM27" s="16">
+      <c r="BM27" s="15">
         <v>103</v>
       </c>
-      <c r="BN27" s="16">
+      <c r="BN27" s="15">
         <v>108.8</v>
       </c>
-      <c r="BO27" s="16">
+      <c r="BO27" s="15">
         <v>106.3</v>
       </c>
-      <c r="BP27" s="16">
+      <c r="BP27" s="15">
         <v>116</v>
       </c>
-      <c r="BQ27" s="16">
+      <c r="BQ27" s="15">
         <v>130.69999999999999</v>
       </c>
-      <c r="BR27" s="16">
+      <c r="BR27" s="15">
         <v>110</v>
       </c>
-      <c r="BS27" s="16">
+      <c r="BS27" s="15">
         <v>109.8</v>
       </c>
-      <c r="BT27" s="16">
+      <c r="BT27" s="15">
         <v>124.6</v>
       </c>
-      <c r="BU27" s="16">
+      <c r="BU27" s="15">
         <v>112</v>
       </c>
-      <c r="BV27" s="16">
+      <c r="BV27" s="15">
         <v>111.86</v>
       </c>
-      <c r="BW27" s="16">
+      <c r="BW27" s="15">
         <v>107.3</v>
       </c>
-      <c r="BX27" s="16">
+      <c r="BX27" s="15">
         <v>108.3</v>
       </c>
-      <c r="BY27" s="16">
+      <c r="BY27" s="15">
         <v>105.33</v>
       </c>
-      <c r="BZ27" s="16">
+      <c r="BZ27" s="15">
         <v>110</v>
       </c>
-      <c r="CA27" s="16">
+      <c r="CA27" s="15">
         <v>105</v>
       </c>
-      <c r="CB27" s="16">
+      <c r="CB27" s="15">
         <v>104</v>
       </c>
-      <c r="CC27" s="16">
+      <c r="CC27" s="15">
         <v>105</v>
       </c>
-      <c r="CD27" s="16">
+      <c r="CD27" s="15">
         <v>102</v>
       </c>
-      <c r="CE27" s="16"/>
-[...27 lines deleted...]
-      <c r="DI27" s="33"/>
+      <c r="CE27" s="15"/>
+      <c r="CF27" s="15"/>
+      <c r="CG27" s="15"/>
+      <c r="CH27" s="15"/>
+      <c r="CI27" s="15"/>
+      <c r="CJ27" s="15"/>
+      <c r="CK27" s="15"/>
+      <c r="CL27" s="15"/>
+      <c r="CM27" s="15"/>
+      <c r="CN27" s="15"/>
+      <c r="CO27" s="15"/>
+      <c r="CP27" s="15"/>
+      <c r="CQ27" s="15"/>
+      <c r="CR27" s="15"/>
+      <c r="CS27" s="15"/>
+      <c r="CT27" s="15"/>
+      <c r="CU27" s="15"/>
+      <c r="CV27" s="15"/>
+      <c r="CW27" s="15"/>
+      <c r="CX27" s="15"/>
+      <c r="CY27" s="15"/>
+      <c r="CZ27" s="15"/>
+      <c r="DA27" s="15"/>
+      <c r="DB27" s="15"/>
+      <c r="DC27" s="15"/>
+      <c r="DD27" s="15"/>
+      <c r="DE27" s="15"/>
+      <c r="DF27" s="16"/>
+      <c r="DI27" s="32"/>
+      <c r="DJ27" s="16"/>
+      <c r="DK27" s="16"/>
+      <c r="DL27" s="29"/>
+      <c r="DM27" s="29"/>
+      <c r="DN27" s="40"/>
+      <c r="DO27" s="40"/>
+      <c r="DP27" s="40"/>
+      <c r="DQ27" s="40"/>
+      <c r="DR27" s="47"/>
+      <c r="DS27" s="47"/>
+      <c r="DT27" s="47"/>
+      <c r="DU27" s="47"/>
     </row>
-    <row r="28" spans="1:113" s="18" customFormat="1">
-      <c r="A28" s="15" t="s">
+    <row r="28" spans="1:136" s="17" customFormat="1">
+      <c r="A28" s="14" t="s">
         <v>197</v>
       </c>
-      <c r="B28" s="15" t="s">
+      <c r="B28" s="14" t="s">
         <v>54</v>
       </c>
-      <c r="C28" s="15" t="s">
+      <c r="C28" s="14" t="s">
         <v>60</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="D28" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="E28" s="15" t="s">
+      <c r="E28" s="14" t="s">
         <v>57</v>
       </c>
-      <c r="F28" s="16"/>
-[...31 lines deleted...]
-      <c r="AL28" s="16">
+      <c r="F28" s="15"/>
+      <c r="G28" s="15"/>
+      <c r="H28" s="15"/>
+      <c r="I28" s="15"/>
+      <c r="J28" s="15"/>
+      <c r="K28" s="15"/>
+      <c r="L28" s="15"/>
+      <c r="M28" s="15"/>
+      <c r="N28" s="15"/>
+      <c r="O28" s="15"/>
+      <c r="P28" s="15"/>
+      <c r="Q28" s="15"/>
+      <c r="R28" s="15"/>
+      <c r="S28" s="15"/>
+      <c r="T28" s="15"/>
+      <c r="U28" s="15"/>
+      <c r="V28" s="15"/>
+      <c r="W28" s="15"/>
+      <c r="X28" s="15"/>
+      <c r="Y28" s="15"/>
+      <c r="Z28" s="15"/>
+      <c r="AA28" s="15"/>
+      <c r="AB28" s="15"/>
+      <c r="AC28" s="15"/>
+      <c r="AD28" s="15"/>
+      <c r="AE28" s="15"/>
+      <c r="AF28" s="15"/>
+      <c r="AG28" s="15"/>
+      <c r="AH28" s="15"/>
+      <c r="AI28" s="15"/>
+      <c r="AJ28" s="15"/>
+      <c r="AK28" s="15"/>
+      <c r="AL28" s="15">
         <v>254</v>
       </c>
-      <c r="AM28" s="16">
+      <c r="AM28" s="15">
         <v>312</v>
       </c>
-      <c r="AN28" s="16">
+      <c r="AN28" s="15">
         <v>420</v>
       </c>
-      <c r="AO28" s="16">
+      <c r="AO28" s="15">
         <v>230</v>
       </c>
-      <c r="AP28" s="16">
+      <c r="AP28" s="15">
         <v>200</v>
       </c>
-      <c r="AQ28" s="16">
+      <c r="AQ28" s="15">
         <v>203</v>
       </c>
-      <c r="AR28" s="16">
+      <c r="AR28" s="15">
         <v>314</v>
       </c>
-      <c r="AS28" s="16">
+      <c r="AS28" s="15">
         <v>207</v>
       </c>
-      <c r="AT28" s="16"/>
-[...3 lines deleted...]
-      <c r="AX28" s="16">
+      <c r="AT28" s="15"/>
+      <c r="AU28" s="15"/>
+      <c r="AV28" s="15"/>
+      <c r="AW28" s="15"/>
+      <c r="AX28" s="15">
         <v>209</v>
       </c>
-      <c r="AY28" s="16">
+      <c r="AY28" s="15">
         <v>202</v>
       </c>
-      <c r="AZ28" s="16">
+      <c r="AZ28" s="15">
         <v>213</v>
       </c>
-      <c r="BA28" s="16">
+      <c r="BA28" s="15">
         <v>167</v>
       </c>
-      <c r="BB28" s="16">
+      <c r="BB28" s="15">
         <v>123</v>
       </c>
-      <c r="BC28" s="16">
+      <c r="BC28" s="15">
         <v>152</v>
       </c>
-      <c r="BD28" s="16">
+      <c r="BD28" s="15">
         <v>158</v>
       </c>
-      <c r="BE28" s="16">
+      <c r="BE28" s="15">
         <v>210</v>
       </c>
-      <c r="BF28" s="16">
+      <c r="BF28" s="15">
         <v>148</v>
       </c>
-      <c r="BG28" s="16">
+      <c r="BG28" s="15">
         <v>200</v>
       </c>
-      <c r="BH28" s="16">
+      <c r="BH28" s="15">
         <v>97</v>
       </c>
-      <c r="BI28" s="16">
+      <c r="BI28" s="15">
         <v>81</v>
       </c>
-      <c r="BJ28" s="16">
+      <c r="BJ28" s="15">
         <v>117</v>
       </c>
-      <c r="BK28" s="16">
+      <c r="BK28" s="15">
         <v>90</v>
       </c>
-      <c r="BL28" s="16">
+      <c r="BL28" s="15">
         <v>178</v>
       </c>
-      <c r="BM28" s="16">
+      <c r="BM28" s="15">
         <v>80</v>
       </c>
-      <c r="BN28" s="16">
+      <c r="BN28" s="15">
         <v>111</v>
       </c>
-      <c r="BO28" s="16">
+      <c r="BO28" s="15">
         <v>104</v>
       </c>
-      <c r="BP28" s="16">
+      <c r="BP28" s="15">
         <v>88</v>
       </c>
-      <c r="BQ28" s="16">
+      <c r="BQ28" s="15">
         <v>118</v>
       </c>
-      <c r="BR28" s="16">
+      <c r="BR28" s="15">
         <v>135</v>
       </c>
-      <c r="BS28" s="16">
+      <c r="BS28" s="15">
         <v>131</v>
       </c>
-      <c r="BT28" s="16">
+      <c r="BT28" s="15">
         <v>123</v>
       </c>
-      <c r="BU28" s="16">
+      <c r="BU28" s="15">
         <v>109</v>
       </c>
-      <c r="BV28" s="16">
+      <c r="BV28" s="15">
         <v>113</v>
       </c>
-      <c r="BW28" s="16">
+      <c r="BW28" s="15">
         <v>69</v>
       </c>
-      <c r="BX28" s="16">
+      <c r="BX28" s="15">
         <v>105</v>
       </c>
-      <c r="BY28" s="16">
+      <c r="BY28" s="15">
         <v>97</v>
       </c>
-      <c r="BZ28" s="16">
+      <c r="BZ28" s="15">
         <v>87</v>
       </c>
-      <c r="CA28" s="16">
+      <c r="CA28" s="15">
         <v>39</v>
       </c>
-      <c r="CB28" s="16">
+      <c r="CB28" s="15">
         <v>120</v>
       </c>
-      <c r="CC28" s="16">
+      <c r="CC28" s="15">
         <v>88</v>
       </c>
-      <c r="CD28" s="16">
+      <c r="CD28" s="15">
         <v>100</v>
       </c>
-      <c r="CE28" s="16">
+      <c r="CE28" s="15">
         <v>101</v>
       </c>
-      <c r="CF28" s="16">
+      <c r="CF28" s="15">
         <v>110</v>
       </c>
-      <c r="CG28" s="16">
+      <c r="CG28" s="15">
         <v>110</v>
       </c>
-      <c r="CH28" s="16">
+      <c r="CH28" s="15">
         <v>111</v>
       </c>
-      <c r="CI28" s="16">
+      <c r="CI28" s="15">
         <v>113</v>
       </c>
-      <c r="CJ28" s="16">
+      <c r="CJ28" s="15">
         <v>111</v>
       </c>
-      <c r="CK28" s="16">
+      <c r="CK28" s="15">
         <v>110</v>
       </c>
-      <c r="CL28" s="16">
+      <c r="CL28" s="15">
         <v>110</v>
       </c>
-      <c r="CM28" s="16">
+      <c r="CM28" s="15">
         <v>108</v>
       </c>
-      <c r="CN28" s="16">
+      <c r="CN28" s="15">
         <v>112</v>
       </c>
-      <c r="CO28" s="16">
+      <c r="CO28" s="15">
         <v>110</v>
       </c>
-      <c r="CP28" s="16">
+      <c r="CP28" s="15">
         <v>110.5</v>
       </c>
-      <c r="CQ28" s="16">
+      <c r="CQ28" s="15">
         <v>111.34</v>
       </c>
-      <c r="CR28" s="16">
+      <c r="CR28" s="15">
         <v>109.5</v>
       </c>
-      <c r="CS28" s="16">
+      <c r="CS28" s="15">
         <v>109.5</v>
       </c>
-      <c r="CT28" s="16">
+      <c r="CT28" s="15">
         <v>110</v>
       </c>
-      <c r="CU28" s="16">
+      <c r="CU28" s="15">
         <v>110</v>
       </c>
-      <c r="CV28" s="16">
+      <c r="CV28" s="15">
         <v>110</v>
       </c>
-      <c r="CW28" s="16">
+      <c r="CW28" s="15">
         <v>110</v>
       </c>
-      <c r="CX28" s="16">
+      <c r="CX28" s="15">
         <v>110</v>
       </c>
-      <c r="CY28" s="16">
+      <c r="CY28" s="15">
         <v>110</v>
       </c>
-      <c r="CZ28" s="16">
+      <c r="CZ28" s="15">
         <v>110</v>
       </c>
-      <c r="DA28" s="16">
+      <c r="DA28" s="15">
         <v>110</v>
       </c>
-      <c r="DB28" s="16">
+      <c r="DB28" s="15">
         <v>108</v>
       </c>
-      <c r="DC28" s="16">
+      <c r="DC28" s="15">
         <v>108</v>
       </c>
-      <c r="DD28" s="16">
+      <c r="DD28" s="15">
         <v>108</v>
       </c>
-      <c r="DE28" s="16">
+      <c r="DE28" s="15">
         <v>108</v>
       </c>
-      <c r="DF28" s="29">
+      <c r="DF28" s="28">
         <v>108</v>
       </c>
-      <c r="DG28" s="16">
+      <c r="DG28" s="15">
         <v>108</v>
       </c>
-      <c r="DH28" s="16">
+      <c r="DH28" s="15">
         <v>108</v>
       </c>
-      <c r="DI28" s="33">
+      <c r="DI28" s="32">
         <v>108</v>
       </c>
+      <c r="DJ28" s="28">
+        <v>108</v>
+      </c>
+      <c r="DK28" s="28">
+        <v>108</v>
+      </c>
+      <c r="DL28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DM28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DN28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DO28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DP28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DQ28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DR28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DS28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DT28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DU28" s="39">
+        <v>108</v>
+      </c>
+      <c r="DV28" s="16">
+        <v>108</v>
+      </c>
+      <c r="DW28" s="16">
+        <v>108</v>
+      </c>
+      <c r="DX28" s="16">
+        <v>108</v>
+      </c>
+      <c r="DY28" s="16">
+        <v>108</v>
+      </c>
+      <c r="DZ28" s="16">
+        <v>108</v>
+      </c>
+      <c r="EA28" s="16">
+        <v>108</v>
+      </c>
+      <c r="EB28" s="16">
+        <v>108</v>
+      </c>
+      <c r="EC28" s="16">
+        <v>108</v>
+      </c>
+      <c r="ED28" s="26"/>
+      <c r="EE28" s="26"/>
+      <c r="EF28" s="26"/>
     </row>
-    <row r="29" spans="1:113" s="24" customFormat="1">
-      <c r="A29" s="16" t="s">
+    <row r="29" spans="1:136" s="23" customFormat="1">
+      <c r="A29" s="15" t="s">
         <v>198</v>
       </c>
-      <c r="B29" s="16" t="s">
+      <c r="B29" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="C29" s="16" t="s">
+      <c r="C29" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="D29" s="16" t="s">
+      <c r="D29" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="E29" s="16" t="s">
+      <c r="E29" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="F29" s="16" t="s">
+      <c r="F29" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="G29" s="16"/>
-[...30 lines deleted...]
-      <c r="AL29" s="16">
+      <c r="G29" s="15"/>
+      <c r="H29" s="15"/>
+      <c r="I29" s="15"/>
+      <c r="J29" s="15"/>
+      <c r="K29" s="15"/>
+      <c r="L29" s="15"/>
+      <c r="M29" s="15"/>
+      <c r="N29" s="15"/>
+      <c r="O29" s="15"/>
+      <c r="P29" s="15"/>
+      <c r="Q29" s="15"/>
+      <c r="R29" s="15"/>
+      <c r="S29" s="15"/>
+      <c r="T29" s="15"/>
+      <c r="U29" s="15"/>
+      <c r="V29" s="15"/>
+      <c r="W29" s="15"/>
+      <c r="X29" s="15"/>
+      <c r="Y29" s="15"/>
+      <c r="Z29" s="15"/>
+      <c r="AA29" s="15"/>
+      <c r="AB29" s="15"/>
+      <c r="AC29" s="15"/>
+      <c r="AD29" s="15"/>
+      <c r="AE29" s="15"/>
+      <c r="AF29" s="15"/>
+      <c r="AG29" s="15"/>
+      <c r="AH29" s="15"/>
+      <c r="AI29" s="15"/>
+      <c r="AJ29" s="15"/>
+      <c r="AK29" s="15"/>
+      <c r="AL29" s="15">
         <v>4934</v>
       </c>
-      <c r="AM29" s="16">
+      <c r="AM29" s="15">
         <v>5412</v>
       </c>
-      <c r="AN29" s="16">
+      <c r="AN29" s="15">
         <v>4051</v>
       </c>
-      <c r="AO29" s="16">
+      <c r="AO29" s="15">
         <v>4416</v>
       </c>
-      <c r="AP29" s="16">
+      <c r="AP29" s="15">
         <v>5708.6</v>
       </c>
-      <c r="AQ29" s="16">
+      <c r="AQ29" s="15">
         <v>5177.55</v>
       </c>
-      <c r="AR29" s="16">
+      <c r="AR29" s="15">
         <v>5588.63</v>
       </c>
-      <c r="AS29" s="16">
+      <c r="AS29" s="15">
         <v>6233.8</v>
       </c>
-      <c r="AT29" s="16">
+      <c r="AT29" s="15">
         <v>4777.68</v>
       </c>
-      <c r="AU29" s="16">
+      <c r="AU29" s="15">
         <v>4436.45</v>
       </c>
-      <c r="AV29" s="16">
+      <c r="AV29" s="15">
         <v>5472.66</v>
       </c>
-      <c r="AW29" s="16">
+      <c r="AW29" s="15">
         <v>5278.56</v>
       </c>
-      <c r="AX29" s="16">
+      <c r="AX29" s="15">
         <v>4469.2299999999996</v>
       </c>
-      <c r="AY29" s="16">
+      <c r="AY29" s="15">
         <v>4669.03</v>
       </c>
-      <c r="AZ29" s="16">
+      <c r="AZ29" s="15">
         <v>5349.88</v>
       </c>
-      <c r="BA29" s="16">
+      <c r="BA29" s="15">
         <v>5444.71</v>
       </c>
-      <c r="BB29" s="16">
+      <c r="BB29" s="15">
         <v>4570.8599999999997</v>
       </c>
-      <c r="BC29" s="16">
+      <c r="BC29" s="15">
         <v>4590.01</v>
       </c>
-      <c r="BD29" s="16">
+      <c r="BD29" s="15">
         <v>3837.58</v>
       </c>
-      <c r="BE29" s="16">
+      <c r="BE29" s="15">
         <v>5138.03</v>
       </c>
-      <c r="BF29" s="16">
+      <c r="BF29" s="15">
         <v>3364</v>
       </c>
-      <c r="BG29" s="16">
+      <c r="BG29" s="15">
         <v>4701.7700000000004</v>
       </c>
-      <c r="BH29" s="16">
+      <c r="BH29" s="15">
         <v>3612.6</v>
       </c>
-      <c r="BI29" s="16">
+      <c r="BI29" s="15">
         <v>3933.1</v>
       </c>
-      <c r="BJ29" s="16">
+      <c r="BJ29" s="15">
         <v>3870</v>
       </c>
-      <c r="BK29" s="16">
+      <c r="BK29" s="15">
         <v>4300</v>
       </c>
-      <c r="BL29" s="16">
+      <c r="BL29" s="15">
         <v>4558</v>
       </c>
-      <c r="BM29" s="16">
+      <c r="BM29" s="15">
         <v>5418</v>
       </c>
-      <c r="BN29" s="16">
+      <c r="BN29" s="15">
         <v>6385</v>
       </c>
-      <c r="BO29" s="16">
+      <c r="BO29" s="15">
         <v>5313</v>
       </c>
-      <c r="BP29" s="16">
+      <c r="BP29" s="15">
         <v>5966</v>
       </c>
-      <c r="BQ29" s="16">
+      <c r="BQ29" s="15">
         <v>6967</v>
       </c>
-      <c r="BR29" s="16">
+      <c r="BR29" s="15">
         <v>7480</v>
       </c>
-      <c r="BS29" s="16">
+      <c r="BS29" s="15">
         <v>7466.4</v>
       </c>
-      <c r="BT29" s="16">
+      <c r="BT29" s="15">
         <v>8472.7999999999993</v>
       </c>
-      <c r="BU29" s="16">
+      <c r="BU29" s="15">
         <v>7616</v>
       </c>
-      <c r="BV29" s="16">
+      <c r="BV29" s="15">
         <v>7606.48</v>
       </c>
-      <c r="BW29" s="16">
+      <c r="BW29" s="15">
         <v>7296.4</v>
       </c>
-      <c r="BX29" s="16">
+      <c r="BX29" s="15">
         <v>7364.4</v>
       </c>
-      <c r="BY29" s="16">
+      <c r="BY29" s="15">
         <v>7162.44</v>
       </c>
-      <c r="BZ29" s="16">
+      <c r="BZ29" s="15">
         <v>9790</v>
       </c>
-      <c r="CA29" s="16">
+      <c r="CA29" s="15">
         <v>9345</v>
       </c>
-      <c r="CB29" s="16">
+      <c r="CB29" s="15">
         <v>9256</v>
       </c>
-      <c r="CC29" s="16">
+      <c r="CC29" s="15">
         <v>9345</v>
       </c>
-      <c r="CD29" s="16">
+      <c r="CD29" s="15">
         <v>9078</v>
       </c>
-      <c r="CE29" s="16"/>
-[...27 lines deleted...]
-      <c r="DI29" s="31"/>
+      <c r="CE29" s="15"/>
+      <c r="CF29" s="15"/>
+      <c r="CG29" s="15"/>
+      <c r="CH29" s="15"/>
+      <c r="CI29" s="15"/>
+      <c r="CJ29" s="15"/>
+      <c r="CK29" s="15"/>
+      <c r="CL29" s="15"/>
+      <c r="CM29" s="15"/>
+      <c r="CN29" s="15"/>
+      <c r="CO29" s="15"/>
+      <c r="CP29" s="15"/>
+      <c r="CQ29" s="15"/>
+      <c r="CR29" s="15"/>
+      <c r="CS29" s="15"/>
+      <c r="CT29" s="15"/>
+      <c r="CU29" s="15"/>
+      <c r="CV29" s="15"/>
+      <c r="CW29" s="15"/>
+      <c r="CX29" s="15"/>
+      <c r="CY29" s="15"/>
+      <c r="CZ29" s="15"/>
+      <c r="DA29" s="15"/>
+      <c r="DB29" s="22"/>
+      <c r="DC29" s="22"/>
+      <c r="DD29" s="22"/>
+      <c r="DE29" s="22"/>
+      <c r="DF29" s="16"/>
+      <c r="DI29" s="30"/>
+      <c r="DJ29" s="16"/>
+      <c r="DK29" s="16"/>
+      <c r="DL29" s="29"/>
+      <c r="DM29" s="29"/>
+      <c r="DN29" s="16"/>
+      <c r="DO29" s="16"/>
+      <c r="DP29" s="16"/>
+      <c r="DQ29" s="16"/>
+      <c r="DR29" s="47"/>
+      <c r="DS29" s="47"/>
+      <c r="DT29" s="47"/>
+      <c r="DU29" s="47"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:CC43"/>
+  <dimension ref="A1:CG45"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane xSplit="5" ySplit="1" topLeftCell="BX2" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="5" ySplit="1" topLeftCell="CB2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="CB45" sqref="CB45"/>
+      <selection pane="bottomRight" activeCell="CG1" sqref="CG1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="28.83203125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="65.5" customWidth="1"/>
+    <col min="1" max="1" width="28.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="34.140625" customWidth="1"/>
+    <col min="3" max="4" width="26.140625" customWidth="1"/>
+    <col min="5" max="5" width="65.42578125" customWidth="1"/>
     <col min="6" max="6" width="10" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="9.5" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="21" max="21" width="9.5" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="10" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="10" bestFit="1" customWidth="1"/>
-    <col min="32" max="35" width="9.5" bestFit="1" customWidth="1"/>
+    <col min="32" max="35" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="10" bestFit="1" customWidth="1"/>
-    <col min="37" max="38" width="9.5" bestFit="1" customWidth="1"/>
+    <col min="37" max="38" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="39" max="39" width="10" bestFit="1" customWidth="1"/>
-    <col min="40" max="41" width="9.5" bestFit="1" customWidth="1"/>
+    <col min="40" max="41" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="42" max="42" width="10" bestFit="1" customWidth="1"/>
-    <col min="43" max="45" width="9.5" bestFit="1" customWidth="1"/>
+    <col min="43" max="45" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="46" max="46" width="10" bestFit="1" customWidth="1"/>
-    <col min="47" max="47" width="9.5" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="80" max="80" width="9.33203125" style="28"/>
+    <col min="47" max="47" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="48" max="78" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="79" max="79" width="11.140625" customWidth="1"/>
+    <col min="80" max="80" width="11.140625" style="27" customWidth="1"/>
+    <col min="81" max="81" width="11.140625" customWidth="1"/>
+    <col min="82" max="85" width="11.140625" style="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:80" s="5" customFormat="1">
+    <row r="1" spans="1:85" s="5" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>209</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="4">
         <v>1945</v>
       </c>
       <c r="G1" s="4">
         <v>1946</v>
       </c>
       <c r="H1" s="4">
         <v>1947</v>
       </c>
       <c r="I1" s="4">
@@ -19596,55 +21529,70 @@
       </c>
       <c r="BT1" s="4">
         <v>2011</v>
       </c>
       <c r="BU1" s="4">
         <v>2012</v>
       </c>
       <c r="BV1" s="4">
         <v>2013</v>
       </c>
       <c r="BW1" s="4">
         <v>2014</v>
       </c>
       <c r="BX1" s="4">
         <v>2015</v>
       </c>
       <c r="BY1" s="4">
         <v>2016</v>
       </c>
       <c r="BZ1" s="4">
         <v>2017</v>
       </c>
       <c r="CA1" s="4">
         <v>2018</v>
       </c>
-      <c r="CB1" s="26">
+      <c r="CB1" s="25">
         <v>2019</v>
       </c>
+      <c r="CC1" s="4">
+        <v>2020</v>
+      </c>
+      <c r="CD1" s="18">
+        <v>2021</v>
+      </c>
+      <c r="CE1" s="18">
+        <v>2022</v>
+      </c>
+      <c r="CF1" s="18">
+        <v>2023</v>
+      </c>
+      <c r="CG1" s="18">
+        <v>2024</v>
+      </c>
     </row>
-    <row r="2" spans="1:80">
+    <row r="2" spans="1:85">
       <c r="A2" s="1" t="s">
         <v>199</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E2" s="1"/>
       <c r="F2" s="2">
         <v>885</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2">
         <v>1035</v>
       </c>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
@@ -19726,55 +21674,64 @@
       <c r="BK2" s="2"/>
       <c r="BL2" s="2">
         <v>996</v>
       </c>
       <c r="BM2" s="2"/>
       <c r="BN2" s="2"/>
       <c r="BO2" s="2">
         <v>865</v>
       </c>
       <c r="BP2" s="2"/>
       <c r="BQ2" s="2"/>
       <c r="BR2" s="2">
         <v>598</v>
       </c>
       <c r="BS2" s="2"/>
       <c r="BT2" s="2"/>
       <c r="BU2" s="2">
         <v>1009</v>
       </c>
       <c r="BV2" s="2"/>
       <c r="BW2" s="2">
         <v>1010</v>
       </c>
       <c r="BX2" s="2"/>
       <c r="BY2" s="2"/>
-      <c r="BZ2" s="25">
+      <c r="BZ2" s="24">
         <v>952</v>
       </c>
+      <c r="CC2" s="24">
+        <v>786</v>
+      </c>
+      <c r="CD2" s="43"/>
+      <c r="CE2" s="43"/>
+      <c r="CF2" s="43">
+        <v>852</v>
+      </c>
+      <c r="CG2" s="43"/>
     </row>
-    <row r="3" spans="1:80">
+    <row r="3" spans="1:85">
       <c r="A3" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E3" s="1"/>
       <c r="F3" s="2">
         <v>2985</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2">
         <v>2652</v>
       </c>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
@@ -19856,55 +21813,64 @@
       <c r="BK3" s="2"/>
       <c r="BL3" s="2">
         <v>767</v>
       </c>
       <c r="BM3" s="2"/>
       <c r="BN3" s="2"/>
       <c r="BO3" s="2">
         <v>1007</v>
       </c>
       <c r="BP3" s="2"/>
       <c r="BQ3" s="2"/>
       <c r="BR3" s="2">
         <v>651</v>
       </c>
       <c r="BS3" s="2"/>
       <c r="BT3" s="2"/>
       <c r="BU3" s="2">
         <v>1308</v>
       </c>
       <c r="BV3" s="2"/>
       <c r="BW3" s="2">
         <v>1629</v>
       </c>
       <c r="BX3" s="2"/>
       <c r="BY3" s="2"/>
-      <c r="BZ3" s="25">
+      <c r="BZ3" s="24">
         <v>1597</v>
       </c>
+      <c r="CC3" s="24">
+        <v>1223</v>
+      </c>
+      <c r="CD3" s="43"/>
+      <c r="CE3" s="43"/>
+      <c r="CF3" s="43">
+        <v>1093</v>
+      </c>
+      <c r="CG3" s="43"/>
     </row>
-    <row r="4" spans="1:80">
+    <row r="4" spans="1:85">
       <c r="A4" s="1" t="s">
         <v>201</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E4" s="1"/>
       <c r="F4" s="2">
         <v>258</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2">
         <v>256</v>
       </c>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
@@ -19986,55 +21952,64 @@
       <c r="BK4" s="2"/>
       <c r="BL4" s="2">
         <v>751</v>
       </c>
       <c r="BM4" s="2"/>
       <c r="BN4" s="2"/>
       <c r="BO4" s="2">
         <v>654</v>
       </c>
       <c r="BP4" s="2"/>
       <c r="BQ4" s="2"/>
       <c r="BR4" s="2">
         <v>386</v>
       </c>
       <c r="BS4" s="2"/>
       <c r="BT4" s="2"/>
       <c r="BU4" s="2">
         <v>565</v>
       </c>
       <c r="BV4" s="2"/>
       <c r="BW4" s="2">
         <v>964</v>
       </c>
       <c r="BX4" s="2"/>
       <c r="BY4" s="2"/>
-      <c r="BZ4" s="25">
-[...1 lines deleted...]
-      </c>
+      <c r="BZ4" s="24">
+        <v>585</v>
+      </c>
+      <c r="CC4" s="24">
+        <v>552</v>
+      </c>
+      <c r="CD4" s="43"/>
+      <c r="CE4" s="43"/>
+      <c r="CF4" s="43">
+        <v>726</v>
+      </c>
+      <c r="CG4" s="43"/>
     </row>
-    <row r="5" spans="1:80">
+    <row r="5" spans="1:85">
       <c r="A5" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="1"/>
       <c r="F5" s="2">
         <v>2040</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2">
         <v>2372</v>
       </c>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
@@ -20116,55 +22091,64 @@
       <c r="BK5" s="2"/>
       <c r="BL5" s="2">
         <v>1190</v>
       </c>
       <c r="BM5" s="2"/>
       <c r="BN5" s="2"/>
       <c r="BO5" s="2">
         <v>630</v>
       </c>
       <c r="BP5" s="2"/>
       <c r="BQ5" s="2"/>
       <c r="BR5" s="2">
         <v>773</v>
       </c>
       <c r="BS5" s="2"/>
       <c r="BT5" s="2"/>
       <c r="BU5" s="2">
         <v>1246</v>
       </c>
       <c r="BV5" s="2"/>
       <c r="BW5" s="2">
         <v>1130</v>
       </c>
       <c r="BX5" s="2"/>
       <c r="BY5" s="2"/>
-      <c r="BZ5" s="25">
+      <c r="BZ5" s="24">
         <v>924</v>
       </c>
+      <c r="CC5" s="24">
+        <v>847</v>
+      </c>
+      <c r="CD5" s="43"/>
+      <c r="CE5" s="43"/>
+      <c r="CF5" s="43">
+        <v>756</v>
+      </c>
+      <c r="CG5" s="43"/>
     </row>
-    <row r="6" spans="1:80">
+    <row r="6" spans="1:85">
       <c r="A6" s="1" t="s">
         <v>203</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="1"/>
       <c r="F6" s="2">
         <v>1311</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2">
         <v>1235</v>
       </c>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
@@ -20246,55 +22230,64 @@
       <c r="BK6" s="2"/>
       <c r="BL6" s="2">
         <v>134</v>
       </c>
       <c r="BM6" s="2"/>
       <c r="BN6" s="2"/>
       <c r="BO6" s="2">
         <v>110</v>
       </c>
       <c r="BP6" s="2"/>
       <c r="BQ6" s="2"/>
       <c r="BR6" s="2">
         <v>46</v>
       </c>
       <c r="BS6" s="2"/>
       <c r="BT6" s="2"/>
       <c r="BU6" s="2">
         <v>35</v>
       </c>
       <c r="BV6" s="2"/>
       <c r="BW6" s="2">
         <v>37</v>
       </c>
       <c r="BX6" s="2"/>
       <c r="BY6" s="2"/>
-      <c r="BZ6" s="25">
-[...1 lines deleted...]
-      </c>
+      <c r="BZ6" s="24">
+        <v>25</v>
+      </c>
+      <c r="CC6" s="24">
+        <v>21</v>
+      </c>
+      <c r="CD6" s="43"/>
+      <c r="CE6" s="43"/>
+      <c r="CF6" s="43">
+        <v>18</v>
+      </c>
+      <c r="CG6" s="43"/>
     </row>
-    <row r="7" spans="1:80">
+    <row r="7" spans="1:85">
       <c r="A7" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="1"/>
       <c r="F7" s="2">
         <v>10356</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2">
         <v>7768</v>
       </c>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
@@ -20376,55 +22369,64 @@
       <c r="BK7" s="2"/>
       <c r="BL7" s="2">
         <v>6489</v>
       </c>
       <c r="BM7" s="2"/>
       <c r="BN7" s="2"/>
       <c r="BO7" s="2">
         <v>7505</v>
       </c>
       <c r="BP7" s="2"/>
       <c r="BQ7" s="2"/>
       <c r="BR7" s="2">
         <v>4421</v>
       </c>
       <c r="BS7" s="2"/>
       <c r="BT7" s="2"/>
       <c r="BU7" s="2">
         <v>6524</v>
       </c>
       <c r="BV7" s="2"/>
       <c r="BW7" s="2">
         <v>5980</v>
       </c>
       <c r="BX7" s="2"/>
       <c r="BY7" s="2"/>
-      <c r="BZ7" s="25">
+      <c r="BZ7" s="24">
         <v>5457</v>
       </c>
+      <c r="CC7" s="24">
+        <v>6790</v>
+      </c>
+      <c r="CD7" s="43"/>
+      <c r="CE7" s="43"/>
+      <c r="CF7" s="43">
+        <v>5587</v>
+      </c>
+      <c r="CG7" s="43"/>
     </row>
-    <row r="8" spans="1:80">
+    <row r="8" spans="1:85">
       <c r="A8" s="1" t="s">
         <v>205</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="2">
         <v>48</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2">
         <v>42</v>
       </c>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
@@ -20509,2561 +22511,2625 @@
       </c>
       <c r="BM8" s="2"/>
       <c r="BN8" s="2"/>
       <c r="BO8" s="2">
         <v>0</v>
       </c>
       <c r="BP8" s="2"/>
       <c r="BQ8" s="2"/>
       <c r="BR8" s="2">
         <v>0</v>
       </c>
       <c r="BS8" s="2"/>
       <c r="BT8" s="2"/>
       <c r="BU8" s="2">
         <v>0</v>
       </c>
       <c r="BV8" s="2"/>
       <c r="BW8" s="2">
         <v>0</v>
       </c>
       <c r="BX8" s="2"/>
       <c r="BY8" s="2"/>
       <c r="BZ8" s="2">
         <v>0</v>
       </c>
+      <c r="CC8" s="2">
+        <v>0</v>
+      </c>
+      <c r="CD8" s="15"/>
+      <c r="CE8" s="15"/>
+      <c r="CF8" s="15">
+        <v>0</v>
+      </c>
+      <c r="CG8" s="15"/>
     </row>
-    <row r="9" spans="1:80" s="18" customFormat="1">
-      <c r="A9" s="15" t="s">
+    <row r="9" spans="1:85">
+      <c r="A9" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" s="1"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+      <c r="K9" s="2"/>
+      <c r="L9" s="2"/>
+      <c r="M9" s="2"/>
+      <c r="N9" s="2"/>
+      <c r="O9" s="2"/>
+      <c r="P9" s="2"/>
+      <c r="Q9" s="2"/>
+      <c r="R9" s="2"/>
+      <c r="S9" s="2"/>
+      <c r="T9" s="2"/>
+      <c r="U9" s="2"/>
+      <c r="V9" s="2"/>
+      <c r="W9" s="2"/>
+      <c r="X9" s="2"/>
+      <c r="Y9" s="2"/>
+      <c r="Z9" s="2"/>
+      <c r="AA9" s="2"/>
+      <c r="AB9" s="2"/>
+      <c r="AC9" s="2"/>
+      <c r="AD9" s="2"/>
+      <c r="AE9" s="2"/>
+      <c r="AF9" s="2"/>
+      <c r="AG9" s="2"/>
+      <c r="AH9" s="2"/>
+      <c r="AI9" s="2"/>
+      <c r="AJ9" s="2"/>
+      <c r="AK9" s="2"/>
+      <c r="AL9" s="2"/>
+      <c r="AM9" s="2"/>
+      <c r="AN9" s="2"/>
+      <c r="AO9" s="2"/>
+      <c r="AP9" s="2"/>
+      <c r="AQ9" s="2"/>
+      <c r="AR9" s="2"/>
+      <c r="AS9" s="2"/>
+      <c r="AT9" s="2"/>
+      <c r="AU9" s="2"/>
+      <c r="AV9" s="2"/>
+      <c r="AW9" s="2"/>
+      <c r="AX9" s="2"/>
+      <c r="AY9" s="2"/>
+      <c r="AZ9" s="2"/>
+      <c r="BA9" s="2"/>
+      <c r="BB9" s="2"/>
+      <c r="BC9" s="2"/>
+      <c r="BD9" s="2"/>
+      <c r="BE9" s="2"/>
+      <c r="BF9" s="2"/>
+      <c r="BG9" s="2"/>
+      <c r="BH9" s="2"/>
+      <c r="BI9" s="2"/>
+      <c r="BJ9" s="2"/>
+      <c r="BK9" s="2"/>
+      <c r="BL9" s="2"/>
+      <c r="BM9" s="2"/>
+      <c r="BN9" s="2"/>
+      <c r="BO9" s="2"/>
+      <c r="BP9" s="2"/>
+      <c r="BQ9" s="2"/>
+      <c r="BR9" s="2"/>
+      <c r="BS9" s="2"/>
+      <c r="BT9" s="2"/>
+      <c r="BU9" s="2"/>
+      <c r="BV9" s="2"/>
+      <c r="BW9" s="2"/>
+      <c r="BX9" s="2"/>
+      <c r="BY9" s="2"/>
+      <c r="BZ9" s="2">
+        <v>110</v>
+      </c>
+      <c r="CC9" s="2">
+        <v>150</v>
+      </c>
+      <c r="CD9" s="15"/>
+      <c r="CE9" s="15"/>
+      <c r="CF9" s="15">
+        <v>108</v>
+      </c>
+      <c r="CG9" s="15"/>
+    </row>
+    <row r="10" spans="1:85">
+      <c r="A10" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" s="1"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+      <c r="J10" s="2"/>
+      <c r="K10" s="2"/>
+      <c r="L10" s="2"/>
+      <c r="M10" s="2"/>
+      <c r="N10" s="2"/>
+      <c r="O10" s="2"/>
+      <c r="P10" s="2"/>
+      <c r="Q10" s="2"/>
+      <c r="R10" s="2"/>
+      <c r="S10" s="2"/>
+      <c r="T10" s="2"/>
+      <c r="U10" s="2"/>
+      <c r="V10" s="2"/>
+      <c r="W10" s="2"/>
+      <c r="X10" s="2"/>
+      <c r="Y10" s="2"/>
+      <c r="Z10" s="2"/>
+      <c r="AA10" s="2"/>
+      <c r="AB10" s="2"/>
+      <c r="AC10" s="2"/>
+      <c r="AD10" s="2"/>
+      <c r="AE10" s="2"/>
+      <c r="AF10" s="2"/>
+      <c r="AG10" s="2"/>
+      <c r="AH10" s="2"/>
+      <c r="AI10" s="2"/>
+      <c r="AJ10" s="2"/>
+      <c r="AK10" s="2"/>
+      <c r="AL10" s="2"/>
+      <c r="AM10" s="2"/>
+      <c r="AN10" s="2"/>
+      <c r="AO10" s="2"/>
+      <c r="AP10" s="2"/>
+      <c r="AQ10" s="2"/>
+      <c r="AR10" s="2"/>
+      <c r="AS10" s="2"/>
+      <c r="AT10" s="2"/>
+      <c r="AU10" s="2"/>
+      <c r="AV10" s="2"/>
+      <c r="AW10" s="2"/>
+      <c r="AX10" s="2"/>
+      <c r="AY10" s="2"/>
+      <c r="AZ10" s="2"/>
+      <c r="BA10" s="2"/>
+      <c r="BB10" s="2"/>
+      <c r="BC10" s="2"/>
+      <c r="BD10" s="2"/>
+      <c r="BE10" s="2"/>
+      <c r="BF10" s="2"/>
+      <c r="BG10" s="2"/>
+      <c r="BH10" s="2"/>
+      <c r="BI10" s="2"/>
+      <c r="BJ10" s="2"/>
+      <c r="BK10" s="2"/>
+      <c r="BL10" s="2"/>
+      <c r="BM10" s="2"/>
+      <c r="BN10" s="2"/>
+      <c r="BO10" s="2"/>
+      <c r="BP10" s="2"/>
+      <c r="BQ10" s="2"/>
+      <c r="BR10" s="2"/>
+      <c r="BS10" s="2"/>
+      <c r="BT10" s="2"/>
+      <c r="BU10" s="2"/>
+      <c r="BV10" s="2"/>
+      <c r="BW10" s="2"/>
+      <c r="BX10" s="2"/>
+      <c r="BY10" s="2"/>
+      <c r="BZ10" s="2">
+        <v>1255</v>
+      </c>
+      <c r="CC10" s="2">
+        <v>1193</v>
+      </c>
+      <c r="CD10" s="15"/>
+      <c r="CE10" s="15"/>
+      <c r="CF10" s="15">
+        <f>432+654+5</f>
+        <v>1091</v>
+      </c>
+      <c r="CG10" s="15"/>
+    </row>
+    <row r="11" spans="1:85" s="17" customFormat="1">
+      <c r="A11" s="14" t="s">
         <v>206</v>
       </c>
-      <c r="B9" s="15" t="s">
+      <c r="B11" s="14" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="15" t="s">
+      <c r="C11" s="14" t="s">
         <v>59</v>
       </c>
-      <c r="D9" s="15" t="s">
+      <c r="D11" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="E9" s="15"/>
-      <c r="F9" s="16" t="s">
+      <c r="E11" s="14"/>
+      <c r="F11" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="G9" s="16"/>
-[...13 lines deleted...]
-      <c r="U9" s="16">
+      <c r="G11" s="15"/>
+      <c r="H11" s="15"/>
+      <c r="I11" s="15"/>
+      <c r="J11" s="15"/>
+      <c r="K11" s="15"/>
+      <c r="L11" s="15"/>
+      <c r="M11" s="15"/>
+      <c r="N11" s="15"/>
+      <c r="O11" s="15"/>
+      <c r="P11" s="15"/>
+      <c r="Q11" s="15"/>
+      <c r="R11" s="15"/>
+      <c r="S11" s="15"/>
+      <c r="T11" s="15"/>
+      <c r="U11" s="15">
         <v>123</v>
       </c>
-      <c r="V9" s="16"/>
-[...3 lines deleted...]
-      <c r="Z9" s="16">
+      <c r="V11" s="15"/>
+      <c r="W11" s="15"/>
+      <c r="X11" s="15"/>
+      <c r="Y11" s="15"/>
+      <c r="Z11" s="15">
         <v>211</v>
       </c>
-      <c r="AA9" s="16"/>
-[...3 lines deleted...]
-      <c r="AE9" s="16">
+      <c r="AA11" s="15"/>
+      <c r="AB11" s="15"/>
+      <c r="AC11" s="15"/>
+      <c r="AD11" s="15"/>
+      <c r="AE11" s="15">
         <v>322</v>
       </c>
-      <c r="AF9" s="16">
+      <c r="AF11" s="15">
         <v>363</v>
       </c>
-      <c r="AG9" s="16">
+      <c r="AG11" s="15">
         <v>393</v>
       </c>
-      <c r="AH9" s="16">
+      <c r="AH11" s="15">
         <v>664</v>
       </c>
-      <c r="AI9" s="16">
+      <c r="AI11" s="15">
         <v>682</v>
       </c>
-      <c r="AJ9" s="16">
+      <c r="AJ11" s="15">
         <v>372</v>
       </c>
-      <c r="AK9" s="16">
+      <c r="AK11" s="15">
         <v>488</v>
       </c>
-      <c r="AL9" s="16">
+      <c r="AL11" s="15">
         <v>694</v>
       </c>
-      <c r="AM9" s="16">
+      <c r="AM11" s="15">
         <v>985</v>
       </c>
-      <c r="AN9" s="16">
+      <c r="AN11" s="15">
         <v>1164</v>
       </c>
-      <c r="AO9" s="16">
+      <c r="AO11" s="15">
         <v>888</v>
       </c>
-      <c r="AP9" s="16">
+      <c r="AP11" s="15">
         <v>1080</v>
       </c>
-      <c r="AQ9" s="16">
+      <c r="AQ11" s="15">
         <v>1540</v>
       </c>
-      <c r="AR9" s="16">
+      <c r="AR11" s="15">
         <v>1303</v>
       </c>
-      <c r="AS9" s="16">
+      <c r="AS11" s="15">
         <v>520</v>
       </c>
-      <c r="AT9" s="16">
+      <c r="AT11" s="15">
         <v>698</v>
       </c>
-      <c r="AU9" s="16">
+      <c r="AU11" s="15">
         <v>1187</v>
       </c>
-      <c r="AV9" s="16">
+      <c r="AV11" s="15">
         <v>1244</v>
       </c>
-      <c r="AW9" s="16">
+      <c r="AW11" s="15">
         <v>1100</v>
       </c>
-      <c r="AX9" s="16">
+      <c r="AX11" s="15">
         <v>1410</v>
       </c>
-      <c r="AY9" s="16">
+      <c r="AY11" s="15">
         <v>1214</v>
       </c>
-      <c r="AZ9" s="16">
+      <c r="AZ11" s="15">
         <v>1020</v>
       </c>
-      <c r="BA9" s="16">
+      <c r="BA11" s="15">
         <v>1321</v>
       </c>
-      <c r="BB9" s="16">
+      <c r="BB11" s="15">
         <v>1576</v>
       </c>
-      <c r="BC9" s="16">
+      <c r="BC11" s="15">
         <v>1344</v>
       </c>
-      <c r="BD9" s="16">
+      <c r="BD11" s="15">
         <v>1082</v>
       </c>
-      <c r="BE9" s="16">
+      <c r="BE11" s="15">
         <v>1180</v>
       </c>
-      <c r="BF9" s="16">
+      <c r="BF11" s="15">
         <v>1502</v>
       </c>
-      <c r="BG9" s="16">
+      <c r="BG11" s="15">
         <v>937</v>
       </c>
-      <c r="BH9" s="16">
+      <c r="BH11" s="15">
         <v>946</v>
       </c>
-      <c r="BI9" s="16">
+      <c r="BI11" s="15">
         <v>1222</v>
       </c>
-      <c r="BJ9" s="16">
+      <c r="BJ11" s="15">
         <v>1468</v>
       </c>
-      <c r="BK9" s="16">
+      <c r="BK11" s="15">
         <v>1201</v>
       </c>
-      <c r="BL9" s="16">
+      <c r="BL11" s="15">
         <v>1203</v>
       </c>
-      <c r="BM9" s="16">
+      <c r="BM11" s="15">
         <v>1256</v>
       </c>
-      <c r="BN9" s="16">
+      <c r="BN11" s="15">
         <v>1228</v>
       </c>
-      <c r="BO9" s="16">
+      <c r="BO11" s="15">
         <v>1284</v>
       </c>
-      <c r="BP9" s="16">
+      <c r="BP11" s="15">
         <v>1346</v>
       </c>
-      <c r="BQ9" s="16">
+      <c r="BQ11" s="15">
         <v>1469</v>
       </c>
-      <c r="BR9" s="16">
+      <c r="BR11" s="15">
         <v>1050</v>
       </c>
-      <c r="BS9" s="16">
+      <c r="BS11" s="15">
         <v>946</v>
       </c>
-      <c r="BT9" s="16">
+      <c r="BT11" s="15">
         <v>988</v>
       </c>
-      <c r="BU9" s="16">
+      <c r="BU11" s="15">
         <v>1184</v>
       </c>
-      <c r="BV9" s="16">
+      <c r="BV11" s="15">
         <v>1142</v>
       </c>
-      <c r="BW9" s="16">
+      <c r="BW11" s="15">
         <v>1118</v>
       </c>
-      <c r="BX9" s="16">
+      <c r="BX11" s="15">
         <v>1152</v>
       </c>
-      <c r="BY9" s="16">
-[...2 lines deleted...]
-      <c r="BZ9" s="16">
+      <c r="BY11" s="15">
+        <v>1007</v>
+      </c>
+      <c r="BZ11" s="15">
         <v>874</v>
       </c>
-      <c r="CA9" s="16">
-[...3 lines deleted...]
-        <v>1031</v>
+      <c r="CA11" s="15">
+        <v>1010</v>
+      </c>
+      <c r="CB11" s="16">
+        <v>1177</v>
+      </c>
+      <c r="CC11" s="15">
+        <v>1140</v>
+      </c>
+      <c r="CD11" s="15">
+        <v>853</v>
+      </c>
+      <c r="CE11" s="15">
+        <v>776</v>
+      </c>
+      <c r="CF11" s="15">
+        <v>812</v>
+      </c>
+      <c r="CG11" s="15">
+        <v>867</v>
       </c>
     </row>
-    <row r="10" spans="1:80" s="18" customFormat="1">
-      <c r="A10" s="15" t="s">
+    <row r="12" spans="1:85" s="17" customFormat="1">
+      <c r="A12" s="14" t="s">
         <v>207</v>
       </c>
-      <c r="B10" s="15" t="s">
+      <c r="B12" s="14" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="15" t="s">
+      <c r="C12" s="14" t="s">
         <v>59</v>
       </c>
-      <c r="D10" s="15" t="s">
+      <c r="D12" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="E10" s="15"/>
-      <c r="F10" s="16" t="s">
+      <c r="E12" s="14"/>
+      <c r="F12" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="G10" s="16"/>
-[...13 lines deleted...]
-      <c r="U10" s="16">
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
+      <c r="I12" s="15"/>
+      <c r="J12" s="15"/>
+      <c r="K12" s="15"/>
+      <c r="L12" s="15"/>
+      <c r="M12" s="15"/>
+      <c r="N12" s="15"/>
+      <c r="O12" s="15"/>
+      <c r="P12" s="15"/>
+      <c r="Q12" s="15"/>
+      <c r="R12" s="15"/>
+      <c r="S12" s="15"/>
+      <c r="T12" s="15"/>
+      <c r="U12" s="15">
         <v>196</v>
       </c>
-      <c r="V10" s="16"/>
-[...3 lines deleted...]
-      <c r="Z10" s="16">
+      <c r="V12" s="15"/>
+      <c r="W12" s="15"/>
+      <c r="X12" s="15"/>
+      <c r="Y12" s="15"/>
+      <c r="Z12" s="15">
         <v>122</v>
       </c>
-      <c r="AA10" s="16"/>
-[...3 lines deleted...]
-      <c r="AE10" s="16">
+      <c r="AA12" s="15"/>
+      <c r="AB12" s="15"/>
+      <c r="AC12" s="15"/>
+      <c r="AD12" s="15"/>
+      <c r="AE12" s="15">
         <v>24</v>
       </c>
-      <c r="AF10" s="16">
+      <c r="AF12" s="15">
         <v>48</v>
       </c>
-      <c r="AG10" s="16">
+      <c r="AG12" s="15">
         <v>122</v>
       </c>
-      <c r="AH10" s="16">
+      <c r="AH12" s="15">
         <v>68</v>
       </c>
-      <c r="AI10" s="16">
+      <c r="AI12" s="15">
         <v>155</v>
       </c>
-      <c r="AJ10" s="16">
+      <c r="AJ12" s="15">
         <v>79</v>
       </c>
-      <c r="AK10" s="16">
+      <c r="AK12" s="15">
         <v>90</v>
       </c>
-      <c r="AL10" s="16">
+      <c r="AL12" s="15">
         <v>178</v>
       </c>
-      <c r="AM10" s="16">
+      <c r="AM12" s="15">
         <v>108</v>
       </c>
-      <c r="AN10" s="16">
+      <c r="AN12" s="15">
         <v>155</v>
       </c>
-      <c r="AO10" s="16">
+      <c r="AO12" s="15">
         <v>155</v>
       </c>
-      <c r="AP10" s="16">
+      <c r="AP12" s="15">
         <v>164</v>
       </c>
-      <c r="AQ10" s="16">
+      <c r="AQ12" s="15">
         <v>164</v>
       </c>
-      <c r="AR10" s="16">
+      <c r="AR12" s="15">
         <v>256</v>
       </c>
-      <c r="AS10" s="16">
+      <c r="AS12" s="15">
         <v>212</v>
       </c>
-      <c r="AT10" s="16">
+      <c r="AT12" s="15">
         <v>93</v>
       </c>
-      <c r="AU10" s="16">
+      <c r="AU12" s="15">
         <v>162</v>
       </c>
-      <c r="AV10" s="16">
+      <c r="AV12" s="15">
         <v>202</v>
       </c>
-      <c r="AW10" s="16">
+      <c r="AW12" s="15">
         <v>393</v>
       </c>
-      <c r="AX10" s="16">
+      <c r="AX12" s="15">
         <v>223</v>
       </c>
-      <c r="AY10" s="16">
+      <c r="AY12" s="15">
         <v>243</v>
       </c>
-      <c r="AZ10" s="16">
+      <c r="AZ12" s="15">
         <v>378</v>
       </c>
-      <c r="BA10" s="16">
+      <c r="BA12" s="15">
         <v>204</v>
       </c>
-      <c r="BB10" s="16">
+      <c r="BB12" s="15">
         <v>92</v>
       </c>
-      <c r="BC10" s="16">
+      <c r="BC12" s="15">
         <v>91</v>
       </c>
-      <c r="BD10" s="16">
+      <c r="BD12" s="15">
         <v>86</v>
       </c>
-      <c r="BE10" s="16">
+      <c r="BE12" s="15">
         <v>57</v>
       </c>
-      <c r="BF10" s="16">
+      <c r="BF12" s="15">
         <v>187</v>
       </c>
-      <c r="BG10" s="16">
+      <c r="BG12" s="15">
         <v>103</v>
       </c>
-      <c r="BH10" s="16">
+      <c r="BH12" s="15">
         <v>174</v>
       </c>
-      <c r="BI10" s="16">
+      <c r="BI12" s="15">
         <v>165</v>
       </c>
-      <c r="BJ10" s="16">
+      <c r="BJ12" s="15">
         <v>159</v>
       </c>
-      <c r="BK10" s="16">
+      <c r="BK12" s="15">
         <v>173</v>
       </c>
-      <c r="BL10" s="16">
+      <c r="BL12" s="15">
         <v>197</v>
       </c>
-      <c r="BM10" s="16">
+      <c r="BM12" s="15">
         <v>215</v>
       </c>
-      <c r="BN10" s="16">
+      <c r="BN12" s="15">
         <v>182</v>
       </c>
-      <c r="BO10" s="16">
+      <c r="BO12" s="15">
         <v>187</v>
       </c>
-      <c r="BP10" s="16">
+      <c r="BP12" s="15">
         <v>143</v>
       </c>
-      <c r="BQ10" s="16">
+      <c r="BQ12" s="15">
         <v>133</v>
       </c>
-      <c r="BR10" s="16">
+      <c r="BR12" s="15">
         <v>118</v>
       </c>
-      <c r="BS10" s="16">
+      <c r="BS12" s="15">
         <v>119</v>
       </c>
-      <c r="BT10" s="16">
+      <c r="BT12" s="15">
         <v>125</v>
       </c>
-      <c r="BU10" s="16">
+      <c r="BU12" s="15">
         <v>172</v>
       </c>
-      <c r="BV10" s="16">
+      <c r="BV12" s="15">
         <v>190</v>
       </c>
-      <c r="BW10" s="16">
+      <c r="BW12" s="15">
         <v>270</v>
       </c>
-      <c r="BX10" s="16">
+      <c r="BX12" s="15">
         <v>394</v>
       </c>
-      <c r="BY10" s="16">
+      <c r="BY12" s="15">
+        <v>396</v>
+      </c>
+      <c r="BZ12" s="15">
+        <v>404</v>
+      </c>
+      <c r="CA12" s="15">
+        <v>413</v>
+      </c>
+      <c r="CB12" s="16">
+        <v>449</v>
+      </c>
+      <c r="CC12" s="15">
+        <v>314</v>
+      </c>
+      <c r="CD12" s="15">
+        <v>260</v>
+      </c>
+      <c r="CE12" s="15">
+        <v>332</v>
+      </c>
+      <c r="CF12" s="15">
+        <v>202</v>
+      </c>
+      <c r="CG12" s="15">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="13" spans="1:85" s="17" customFormat="1">
+      <c r="A13" s="14" t="s">
+        <v>208</v>
+      </c>
+      <c r="B13" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" s="14"/>
+      <c r="F13" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="G13" s="15"/>
+      <c r="H13" s="15"/>
+      <c r="I13" s="15"/>
+      <c r="J13" s="15"/>
+      <c r="K13" s="15"/>
+      <c r="L13" s="15"/>
+      <c r="M13" s="15"/>
+      <c r="N13" s="15"/>
+      <c r="O13" s="15"/>
+      <c r="P13" s="15"/>
+      <c r="Q13" s="15"/>
+      <c r="R13" s="15"/>
+      <c r="S13" s="15"/>
+      <c r="T13" s="15"/>
+      <c r="U13" s="15">
+        <v>233</v>
+      </c>
+      <c r="V13" s="15"/>
+      <c r="W13" s="15"/>
+      <c r="X13" s="15"/>
+      <c r="Y13" s="15"/>
+      <c r="Z13" s="15">
+        <v>162</v>
+      </c>
+      <c r="AA13" s="15"/>
+      <c r="AB13" s="15"/>
+      <c r="AC13" s="15"/>
+      <c r="AD13" s="15"/>
+      <c r="AE13" s="15">
+        <v>143</v>
+      </c>
+      <c r="AF13" s="15">
+        <v>137</v>
+      </c>
+      <c r="AG13" s="15">
+        <v>202</v>
+      </c>
+      <c r="AH13" s="15">
+        <v>211</v>
+      </c>
+      <c r="AI13" s="15">
+        <v>226</v>
+      </c>
+      <c r="AJ13" s="15">
+        <v>153</v>
+      </c>
+      <c r="AK13" s="15">
+        <v>153</v>
+      </c>
+      <c r="AL13" s="15">
+        <v>182</v>
+      </c>
+      <c r="AM13" s="15">
+        <v>235</v>
+      </c>
+      <c r="AN13" s="15">
+        <v>232</v>
+      </c>
+      <c r="AO13" s="15">
+        <v>375</v>
+      </c>
+      <c r="AP13" s="15">
+        <v>296</v>
+      </c>
+      <c r="AQ13" s="15">
+        <v>300</v>
+      </c>
+      <c r="AR13" s="15">
+        <v>285</v>
+      </c>
+      <c r="AS13" s="15">
+        <v>320</v>
+      </c>
+      <c r="AT13" s="15">
+        <v>185</v>
+      </c>
+      <c r="AU13" s="15">
+        <v>228</v>
+      </c>
+      <c r="AV13" s="15">
+        <v>376</v>
+      </c>
+      <c r="AW13" s="15">
+        <v>381</v>
+      </c>
+      <c r="AX13" s="15">
+        <v>308</v>
+      </c>
+      <c r="AY13" s="15">
         <v>379</v>
       </c>
-      <c r="BZ10" s="16">
-[...6 lines deleted...]
-        <v>267</v>
+      <c r="AZ13" s="15">
+        <v>398</v>
+      </c>
+      <c r="BA13" s="15">
+        <v>388</v>
+      </c>
+      <c r="BB13" s="15">
+        <v>361</v>
+      </c>
+      <c r="BC13" s="15">
+        <v>383</v>
+      </c>
+      <c r="BD13" s="15">
+        <v>301</v>
+      </c>
+      <c r="BE13" s="15">
+        <v>236</v>
+      </c>
+      <c r="BF13" s="15">
+        <v>249</v>
+      </c>
+      <c r="BG13" s="15">
+        <v>333</v>
+      </c>
+      <c r="BH13" s="15">
+        <v>390</v>
+      </c>
+      <c r="BI13" s="15">
+        <v>384</v>
+      </c>
+      <c r="BJ13" s="15">
+        <v>322</v>
+      </c>
+      <c r="BK13" s="15">
+        <v>281</v>
+      </c>
+      <c r="BL13" s="15">
+        <v>294</v>
+      </c>
+      <c r="BM13" s="15">
+        <v>301</v>
+      </c>
+      <c r="BN13" s="15">
+        <v>314</v>
+      </c>
+      <c r="BO13" s="15">
+        <v>327</v>
+      </c>
+      <c r="BP13" s="15">
+        <v>303</v>
+      </c>
+      <c r="BQ13" s="15">
+        <v>289</v>
+      </c>
+      <c r="BR13" s="15">
+        <v>269</v>
+      </c>
+      <c r="BS13" s="15">
+        <v>196</v>
+      </c>
+      <c r="BT13" s="15">
+        <v>216</v>
+      </c>
+      <c r="BU13" s="15">
+        <v>242</v>
+      </c>
+      <c r="BV13" s="15">
+        <v>292</v>
+      </c>
+      <c r="BW13" s="15">
+        <v>273</v>
+      </c>
+      <c r="BX13" s="15">
+        <v>286</v>
+      </c>
+      <c r="BY13" s="15">
+        <v>301</v>
+      </c>
+      <c r="BZ13" s="15">
+        <v>266</v>
+      </c>
+      <c r="CA13" s="15">
+        <v>278</v>
+      </c>
+      <c r="CB13" s="16">
+        <v>277</v>
+      </c>
+      <c r="CC13" s="15">
+        <v>244</v>
+      </c>
+      <c r="CD13" s="15">
+        <v>209</v>
+      </c>
+      <c r="CE13" s="15">
+        <v>226</v>
+      </c>
+      <c r="CF13" s="15">
+        <v>239</v>
+      </c>
+      <c r="CG13" s="15">
+        <v>214</v>
       </c>
     </row>
-    <row r="11" spans="1:80" s="18" customFormat="1">
-[...6 lines deleted...]
-      <c r="C11" s="15" t="s">
+    <row r="14" spans="1:85" s="17" customFormat="1">
+      <c r="A14" s="14" t="s">
+        <v>167</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="G14" s="20"/>
+      <c r="H14" s="20"/>
+      <c r="I14" s="20"/>
+      <c r="J14" s="20"/>
+      <c r="K14" s="20"/>
+      <c r="L14" s="20"/>
+      <c r="M14" s="20"/>
+      <c r="N14" s="20"/>
+      <c r="O14" s="20"/>
+      <c r="P14" s="20"/>
+      <c r="Q14" s="20"/>
+      <c r="R14" s="20"/>
+      <c r="S14" s="20"/>
+      <c r="T14" s="20"/>
+      <c r="U14" s="20">
+        <v>8</v>
+      </c>
+      <c r="V14" s="20"/>
+      <c r="W14" s="20"/>
+      <c r="X14" s="20"/>
+      <c r="Y14" s="20"/>
+      <c r="Z14" s="20">
+        <v>13.7</v>
+      </c>
+      <c r="AA14" s="20"/>
+      <c r="AB14" s="20"/>
+      <c r="AC14" s="20"/>
+      <c r="AD14" s="20"/>
+      <c r="AE14" s="20">
+        <v>20.741</v>
+      </c>
+      <c r="AF14" s="20">
+        <v>25.379000000000001</v>
+      </c>
+      <c r="AG14" s="20">
+        <v>28.341999999999999</v>
+      </c>
+      <c r="AH14" s="20">
+        <v>39.679000000000002</v>
+      </c>
+      <c r="AI14" s="20">
+        <v>43.930999999999997</v>
+      </c>
+      <c r="AJ14" s="20">
+        <v>23.962</v>
+      </c>
+      <c r="AK14" s="20">
+        <v>31.434000000000001</v>
+      </c>
+      <c r="AL14" s="20">
+        <v>44.704000000000001</v>
+      </c>
+      <c r="AM14" s="20">
+        <v>63.448</v>
+      </c>
+      <c r="AN14" s="20">
+        <v>74.977999999999994</v>
+      </c>
+      <c r="AO14" s="20">
+        <v>57.2</v>
+      </c>
+      <c r="AP14" s="20">
+        <v>69.567999999999998</v>
+      </c>
+      <c r="AQ14" s="20">
+        <v>99.197999999999993</v>
+      </c>
+      <c r="AR14" s="20">
+        <v>80.518000000000001</v>
+      </c>
+      <c r="AS14" s="20">
+        <v>30.919</v>
+      </c>
+      <c r="AT14" s="20">
+        <v>44.960999999999999</v>
+      </c>
+      <c r="AU14" s="20">
+        <v>76.459999999999994</v>
+      </c>
+      <c r="AV14" s="20">
+        <v>80.132000000000005</v>
+      </c>
+      <c r="AW14" s="20">
+        <v>70.855999999999995</v>
+      </c>
+      <c r="AX14" s="20">
+        <v>90.823999999999998</v>
+      </c>
+      <c r="AY14" s="20">
+        <v>77.953999999999994</v>
+      </c>
+      <c r="AZ14" s="20">
+        <v>57.4</v>
+      </c>
+      <c r="BA14" s="20">
+        <v>71.2</v>
+      </c>
+      <c r="BB14" s="20">
+        <v>92.852000000000004</v>
+      </c>
+      <c r="BC14" s="20">
+        <v>78.3</v>
+      </c>
+      <c r="BD14" s="20">
+        <v>65.8</v>
+      </c>
+      <c r="BE14" s="20">
+        <v>72.099999999999994</v>
+      </c>
+      <c r="BF14" s="20">
+        <v>92.662999999999997</v>
+      </c>
+      <c r="BG14" s="20">
+        <v>57.777000000000001</v>
+      </c>
+      <c r="BH14" s="20">
+        <v>91.484926369999997</v>
+      </c>
+      <c r="BI14" s="20">
+        <v>75.515000000000001</v>
+      </c>
+      <c r="BJ14" s="20">
+        <v>82.106323270000004</v>
+      </c>
+      <c r="BK14" s="20">
+        <v>77.422687515609923</v>
+      </c>
+      <c r="BL14" s="20">
+        <v>77.551623570000004</v>
+      </c>
+      <c r="BM14" s="20">
+        <v>80.968278640000008</v>
+      </c>
+      <c r="BN14" s="20">
+        <v>79.16325332000001</v>
+      </c>
+      <c r="BO14" s="20">
+        <v>82.773303960000007</v>
+      </c>
+      <c r="BP14" s="20">
+        <v>86.770145740000004</v>
+      </c>
+      <c r="BQ14" s="20">
+        <v>94.699364110000005</v>
+      </c>
+      <c r="BR14" s="20">
+        <v>67.688449500000004</v>
+      </c>
+      <c r="BS14" s="20">
+        <v>60.98406974000001</v>
+      </c>
+      <c r="BT14" s="20">
+        <v>63.691607720000007</v>
+      </c>
+      <c r="BU14" s="20">
+        <v>76.326784959999998</v>
+      </c>
+      <c r="BV14" s="20">
+        <v>73.619246980000014</v>
+      </c>
+      <c r="BW14" s="20">
+        <v>72.072082420000001</v>
+      </c>
+      <c r="BX14" s="20">
+        <v>74.263898879999999</v>
+      </c>
+      <c r="BY14" s="20">
+        <v>64.916446329999999</v>
+      </c>
+      <c r="BZ14" s="20">
+        <v>56.342576060000006</v>
+      </c>
+      <c r="CA14" s="20">
+        <v>65.109841900000006</v>
+      </c>
+      <c r="CB14" s="26">
+        <v>75.875528630000005</v>
+      </c>
+      <c r="CC14" s="20">
+        <v>73.4903166</v>
+      </c>
+      <c r="CD14" s="20">
+        <v>54.988807070000007</v>
+      </c>
+      <c r="CE14" s="20">
+        <v>50.024987440000004</v>
+      </c>
+      <c r="CF14" s="20">
+        <v>52.345734280000002</v>
+      </c>
+      <c r="CG14" s="20">
+        <v>55.891319730000006</v>
+      </c>
+    </row>
+    <row r="15" spans="1:85" s="17" customFormat="1">
+      <c r="A15" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="G15" s="20"/>
+      <c r="H15" s="20"/>
+      <c r="I15" s="20"/>
+      <c r="J15" s="20"/>
+      <c r="K15" s="20"/>
+      <c r="L15" s="20"/>
+      <c r="M15" s="20"/>
+      <c r="N15" s="20"/>
+      <c r="O15" s="20"/>
+      <c r="P15" s="20"/>
+      <c r="Q15" s="20"/>
+      <c r="R15" s="20"/>
+      <c r="S15" s="20"/>
+      <c r="T15" s="20"/>
+      <c r="U15" s="20">
+        <v>1.5</v>
+      </c>
+      <c r="V15" s="20"/>
+      <c r="W15" s="20"/>
+      <c r="X15" s="20"/>
+      <c r="Y15" s="20"/>
+      <c r="Z15" s="20">
+        <v>0.9</v>
+      </c>
+      <c r="AA15" s="20"/>
+      <c r="AB15" s="20"/>
+      <c r="AC15" s="20"/>
+      <c r="AD15" s="20"/>
+      <c r="AE15" s="20">
+        <v>0.18</v>
+      </c>
+      <c r="AF15" s="20">
+        <v>0.36</v>
+      </c>
+      <c r="AG15" s="20">
+        <v>1.155</v>
+      </c>
+      <c r="AH15" s="20">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="AI15" s="20">
+        <v>1.163</v>
+      </c>
+      <c r="AJ15" s="20">
+        <v>0.59299999999999997</v>
+      </c>
+      <c r="AK15" s="20">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="AL15" s="20">
+        <v>1.335</v>
+      </c>
+      <c r="AM15" s="20">
+        <v>0.81</v>
+      </c>
+      <c r="AN15" s="20">
+        <v>1.163</v>
+      </c>
+      <c r="AO15" s="20">
+        <v>1.0880000000000001</v>
+      </c>
+      <c r="AP15" s="20">
+        <v>1.7549999999999999</v>
+      </c>
+      <c r="AQ15" s="20">
+        <v>1.23</v>
+      </c>
+      <c r="AR15" s="20">
+        <v>1.875</v>
+      </c>
+      <c r="AS15" s="20">
+        <v>1.59</v>
+      </c>
+      <c r="AT15" s="20">
+        <v>0.69800000000000006</v>
+      </c>
+      <c r="AU15" s="20">
+        <v>1.2150000000000001</v>
+      </c>
+      <c r="AV15" s="20">
+        <v>1.5149999999999999</v>
+      </c>
+      <c r="AW15" s="20">
+        <v>2.948</v>
+      </c>
+      <c r="AX15" s="20">
+        <v>1.673</v>
+      </c>
+      <c r="AY15" s="20">
+        <v>1.823</v>
+      </c>
+      <c r="AZ15" s="20">
+        <v>3.024</v>
+      </c>
+      <c r="BA15" s="20">
+        <v>1.6319999999999999</v>
+      </c>
+      <c r="BB15" s="20">
+        <v>0.7</v>
+      </c>
+      <c r="BC15" s="20">
+        <v>0.7</v>
+      </c>
+      <c r="BD15" s="20">
+        <v>0.7</v>
+      </c>
+      <c r="BE15" s="20">
+        <v>0.5</v>
+      </c>
+      <c r="BF15" s="20">
+        <v>1.496</v>
+      </c>
+      <c r="BG15" s="20">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="BH15" s="20">
+        <v>1.3919999999999999</v>
+      </c>
+      <c r="BI15" s="20">
+        <v>1.32</v>
+      </c>
+      <c r="BJ15" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="BK15" s="20">
+        <v>1.1580408163265306</v>
+      </c>
+      <c r="BL15" s="20">
+        <v>1.3186939660000001</v>
+      </c>
+      <c r="BM15" s="20">
+        <v>1.7</v>
+      </c>
+      <c r="BN15" s="20">
+        <v>1.5</v>
+      </c>
+      <c r="BO15" s="20">
+        <v>1.5</v>
+      </c>
+      <c r="BP15" s="20">
+        <v>1.2</v>
+      </c>
+      <c r="BQ15" s="20">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="BR15" s="20">
+        <v>1</v>
+      </c>
+      <c r="BS15" s="20">
+        <v>1</v>
+      </c>
+      <c r="BT15" s="20">
+        <v>1</v>
+      </c>
+      <c r="BU15" s="20">
+        <v>1.4</v>
+      </c>
+      <c r="BV15" s="20">
+        <v>1.53378238341969</v>
+      </c>
+      <c r="BW15" s="20">
+        <v>2.1795854922279805</v>
+      </c>
+      <c r="BX15" s="20">
+        <v>3.1805803108808308</v>
+      </c>
+      <c r="BY15" s="20">
+        <v>3.1967253886010378</v>
+      </c>
+      <c r="BZ15" s="20">
+        <v>3.2613056994818672</v>
+      </c>
+      <c r="CA15" s="20">
+        <v>3.3339585492227997</v>
+      </c>
+      <c r="CB15" s="26">
+        <v>3.6245699481865303</v>
+      </c>
+      <c r="CC15" s="20">
+        <v>2.5347772020725401</v>
+      </c>
+      <c r="CD15" s="20">
+        <v>2.0988601036269441</v>
+      </c>
+      <c r="CE15" s="20">
+        <v>2.6800829015544054</v>
+      </c>
+      <c r="CF15" s="20">
+        <v>1.6306528497409336</v>
+      </c>
+      <c r="CG15" s="20">
+        <v>2.0988601036269441</v>
+      </c>
+    </row>
+    <row r="16" spans="1:85" s="17" customFormat="1">
+      <c r="A16" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="G16" s="20"/>
+      <c r="H16" s="20"/>
+      <c r="I16" s="20"/>
+      <c r="J16" s="20"/>
+      <c r="K16" s="20"/>
+      <c r="L16" s="20"/>
+      <c r="M16" s="20"/>
+      <c r="N16" s="20"/>
+      <c r="O16" s="20"/>
+      <c r="P16" s="20"/>
+      <c r="Q16" s="20"/>
+      <c r="R16" s="20"/>
+      <c r="S16" s="20"/>
+      <c r="T16" s="20"/>
+      <c r="U16" s="20">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="V16" s="20"/>
+      <c r="W16" s="20"/>
+      <c r="X16" s="20"/>
+      <c r="Y16" s="20"/>
+      <c r="Z16" s="20">
+        <v>24.1</v>
+      </c>
+      <c r="AA16" s="20"/>
+      <c r="AB16" s="20"/>
+      <c r="AC16" s="20"/>
+      <c r="AD16" s="20"/>
+      <c r="AE16" s="20">
+        <v>21.327999999999999</v>
+      </c>
+      <c r="AF16" s="20">
+        <v>23.266999999999999</v>
+      </c>
+      <c r="AG16" s="20">
+        <v>30.425999999999998</v>
+      </c>
+      <c r="AH16" s="20">
+        <v>31.47</v>
+      </c>
+      <c r="AI16" s="20">
+        <v>33.707000000000001</v>
+      </c>
+      <c r="AJ16" s="20">
+        <v>22.82</v>
+      </c>
+      <c r="AK16" s="20">
+        <v>22.82</v>
+      </c>
+      <c r="AL16" s="20">
+        <v>27.145</v>
+      </c>
+      <c r="AM16" s="20">
+        <v>35.049999999999997</v>
+      </c>
+      <c r="AN16" s="20">
+        <v>34.601999999999997</v>
+      </c>
+      <c r="AO16" s="20">
+        <v>55.93</v>
+      </c>
+      <c r="AP16" s="20">
+        <v>44.148000000000003</v>
+      </c>
+      <c r="AQ16" s="20">
+        <v>44.744</v>
+      </c>
+      <c r="AR16" s="20">
+        <v>43.85</v>
+      </c>
+      <c r="AS16" s="20">
+        <v>42.954999999999998</v>
+      </c>
+      <c r="AT16" s="20">
+        <v>27.591999999999999</v>
+      </c>
+      <c r="AU16" s="20">
+        <v>34.006</v>
+      </c>
+      <c r="AV16" s="20">
+        <v>56.08</v>
+      </c>
+      <c r="AW16" s="20">
+        <v>56.825000000000003</v>
+      </c>
+      <c r="AX16" s="20">
+        <v>45.938000000000002</v>
+      </c>
+      <c r="AY16" s="20">
+        <v>56.268999999999998</v>
+      </c>
+      <c r="AZ16" s="20">
         <v>59</v>
       </c>
-      <c r="D11" s="15" t="s">
-[...182 lines deleted...]
-        <v>183</v>
+      <c r="BA16" s="20">
+        <v>58.3</v>
+      </c>
+      <c r="BB16" s="20">
+        <v>56.1</v>
+      </c>
+      <c r="BC16" s="20">
+        <v>62.9</v>
+      </c>
+      <c r="BD16" s="20">
+        <v>47.3</v>
+      </c>
+      <c r="BE16" s="20">
+        <v>37.6</v>
+      </c>
+      <c r="BF16" s="20">
+        <v>42.152999999999999</v>
+      </c>
+      <c r="BG16" s="20">
+        <v>54.790999999999997</v>
+      </c>
+      <c r="BH16" s="20">
+        <v>61.057529199999998</v>
+      </c>
+      <c r="BI16" s="20">
+        <v>59.996000000000002</v>
+      </c>
+      <c r="BJ16" s="20">
+        <v>31</v>
+      </c>
+      <c r="BK16" s="20">
+        <v>42.35900934772009</v>
+      </c>
+      <c r="BL16" s="20">
+        <v>44.318677199999996</v>
+      </c>
+      <c r="BM16" s="20">
+        <v>45.373883799999994</v>
+      </c>
+      <c r="BN16" s="20">
+        <v>47.333553199999997</v>
+      </c>
+      <c r="BO16" s="20">
+        <v>49.2932226</v>
+      </c>
+      <c r="BP16" s="20">
+        <v>45.675371399999996</v>
+      </c>
+      <c r="BQ16" s="20">
+        <v>43.5649582</v>
+      </c>
+      <c r="BR16" s="20">
+        <v>40.550082199999999</v>
+      </c>
+      <c r="BS16" s="20">
+        <v>29.545784799999996</v>
+      </c>
+      <c r="BT16" s="20">
+        <v>32.560660800000001</v>
+      </c>
+      <c r="BU16" s="20">
+        <v>36.479999599999992</v>
+      </c>
+      <c r="BV16" s="20">
+        <v>44.017189599999995</v>
+      </c>
+      <c r="BW16" s="20">
+        <v>41.153057399999994</v>
+      </c>
+      <c r="BX16" s="20">
+        <v>43.112726799999997</v>
+      </c>
+      <c r="BY16" s="20">
+        <v>45.373883799999994</v>
+      </c>
+      <c r="BZ16" s="20">
+        <v>40.097850799999996</v>
+      </c>
+      <c r="CA16" s="20">
+        <v>41.906776399999998</v>
+      </c>
+      <c r="CB16" s="26">
+        <v>41.756032599999998</v>
+      </c>
+      <c r="CC16" s="20">
+        <v>36.781487199999994</v>
+      </c>
+      <c r="CD16" s="20">
+        <v>31.505454199999996</v>
+      </c>
+      <c r="CE16" s="20">
+        <v>34.068098799999994</v>
+      </c>
+      <c r="CF16" s="20">
+        <v>36.027768199999997</v>
+      </c>
+      <c r="CG16" s="20">
+        <v>32.259173199999999</v>
       </c>
     </row>
-    <row r="12" spans="1:80" s="18" customFormat="1">
-[...594 lines deleted...]
-      <c r="A15" s="1" t="s">
+    <row r="17" spans="1:85">
+      <c r="A17" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="B17" s="1" t="s">
         <v>35</v>
-      </c>
-[...344 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
       <c r="P17" s="3"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="3"/>
       <c r="S17" s="3"/>
       <c r="T17" s="3"/>
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
       <c r="AF17" s="3"/>
       <c r="AG17" s="3"/>
       <c r="AH17" s="3"/>
       <c r="AI17" s="3"/>
       <c r="AJ17" s="3"/>
       <c r="AK17" s="3"/>
       <c r="AL17" s="3"/>
       <c r="AM17" s="3"/>
       <c r="AN17" s="3"/>
       <c r="AO17" s="3">
-        <v>99.909000000000006</v>
+        <v>186.36699999999999</v>
       </c>
       <c r="AP17" s="3">
-        <v>113.56399999999999</v>
+        <v>258.65300000000002</v>
       </c>
       <c r="AQ17" s="3">
-        <v>101.803</v>
+        <v>456.13299999999998</v>
       </c>
       <c r="AR17" s="3">
-        <v>87.617000000000004</v>
+        <v>226.02199999999999</v>
       </c>
       <c r="AS17" s="3">
-        <v>102.56</v>
+        <v>252.989</v>
       </c>
       <c r="AT17" s="3">
-        <v>109.785</v>
+        <v>210.01</v>
       </c>
       <c r="AU17" s="3">
-        <v>106.048</v>
+        <v>353.10899999999998</v>
       </c>
       <c r="AV17" s="3">
-        <v>110.05500000000001</v>
+        <v>333.78699999999998</v>
       </c>
       <c r="AW17" s="3">
-        <v>120.178</v>
+        <v>340.596</v>
       </c>
       <c r="AX17" s="3">
-        <v>116.274</v>
+        <v>584.72799999999995</v>
       </c>
       <c r="AY17" s="3">
-        <v>87.043999999999997</v>
+        <v>350.88499999999999</v>
       </c>
       <c r="AZ17" s="3">
-        <v>87.603999999999999</v>
+        <v>198.50299999999999</v>
       </c>
       <c r="BA17" s="3">
-        <v>74.831000000000003</v>
+        <v>289.42899999999997</v>
       </c>
       <c r="BB17" s="3">
-        <v>66</v>
+        <v>363</v>
       </c>
       <c r="BC17" s="3">
-        <v>71</v>
+        <v>365</v>
       </c>
       <c r="BD17" s="3">
-        <v>74</v>
+        <v>530</v>
       </c>
       <c r="BE17" s="3">
-        <v>223</v>
+        <v>362</v>
       </c>
       <c r="BF17" s="3">
-        <v>72</v>
+        <v>489</v>
       </c>
       <c r="BG17" s="3">
-        <v>105</v>
+        <v>561</v>
       </c>
       <c r="BH17" s="3">
-        <v>97</v>
+        <v>199</v>
       </c>
       <c r="BI17" s="3">
-        <v>226</v>
+        <v>318</v>
       </c>
       <c r="BJ17" s="3">
-        <v>276</v>
+        <v>356</v>
       </c>
       <c r="BK17" s="3">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="BL17" s="3"/>
+        <v>224</v>
+      </c>
+      <c r="BL17" s="3">
+        <v>382</v>
+      </c>
       <c r="BM17" s="3">
-        <v>47</v>
+        <v>599</v>
       </c>
       <c r="BN17" s="3">
-        <v>47</v>
+        <v>671</v>
       </c>
       <c r="BO17" s="3">
-        <v>44</v>
+        <v>582</v>
       </c>
       <c r="BP17" s="3">
-        <v>49</v>
+        <v>421</v>
       </c>
       <c r="BQ17" s="3">
-        <v>50</v>
+        <v>309</v>
       </c>
       <c r="BR17" s="3">
-        <v>59</v>
+        <v>405</v>
       </c>
       <c r="BS17" s="3">
-        <v>64</v>
+        <v>385</v>
       </c>
       <c r="BT17" s="3">
-        <v>61</v>
+        <v>899</v>
       </c>
       <c r="BU17" s="3">
-        <v>64</v>
+        <v>275</v>
       </c>
       <c r="BV17" s="3">
-        <v>63</v>
+        <v>118</v>
       </c>
       <c r="BW17" s="3">
-        <v>63</v>
+        <v>225</v>
       </c>
       <c r="BX17" s="3">
-        <v>62</v>
+        <v>243</v>
       </c>
       <c r="BY17" s="3">
-        <v>56.741999999999997</v>
+        <v>409.47</v>
       </c>
       <c r="BZ17" s="3">
-        <v>59.180999999999997</v>
+        <v>300.91000000000003</v>
       </c>
       <c r="CA17" s="3">
-        <v>67.400000000000006</v>
-[...2 lines deleted...]
-        <v>59.855439000000004</v>
+        <v>269.05</v>
+      </c>
+      <c r="CB17" s="37">
+        <v>329.34000000000003</v>
+      </c>
+      <c r="CC17" s="3">
+        <v>89.31</v>
+      </c>
+      <c r="CD17" s="20">
+        <v>69.74199999999999</v>
+      </c>
+      <c r="CE17" s="20">
+        <v>94.7</v>
+      </c>
+      <c r="CF17" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG17" s="26" t="s">
+        <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:81">
+    <row r="18" spans="1:85">
       <c r="A18" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="1"/>
       <c r="F18" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
       <c r="AF18" s="3"/>
       <c r="AG18" s="3"/>
       <c r="AH18" s="3"/>
       <c r="AI18" s="3"/>
       <c r="AJ18" s="3"/>
       <c r="AK18" s="3"/>
       <c r="AL18" s="3"/>
       <c r="AM18" s="3"/>
       <c r="AN18" s="3"/>
       <c r="AO18" s="3">
-        <v>45.435000000000002</v>
+        <v>36.054000000000002</v>
       </c>
       <c r="AP18" s="3">
-        <v>63.935000000000002</v>
+        <v>62.929000000000002</v>
       </c>
       <c r="AQ18" s="3">
-        <v>66.667000000000002</v>
+        <v>84.427000000000007</v>
       </c>
       <c r="AR18" s="3">
-        <v>65.399000000000001</v>
+        <v>53.686</v>
       </c>
       <c r="AS18" s="3">
-        <v>81.183000000000007</v>
+        <v>62.625</v>
       </c>
       <c r="AT18" s="3">
-        <v>93.394000000000005</v>
+        <v>63.234999999999999</v>
       </c>
       <c r="AU18" s="3">
-        <v>93.521000000000001</v>
+        <v>103.705</v>
       </c>
       <c r="AV18" s="3">
-        <v>108.91</v>
+        <v>107.02500000000001</v>
       </c>
       <c r="AW18" s="3">
-        <v>116.17</v>
+        <v>108.083</v>
       </c>
       <c r="AX18" s="3">
-        <v>117.58799999999999</v>
+        <v>153</v>
       </c>
       <c r="AY18" s="3">
-        <v>108.923</v>
+        <v>117.532</v>
       </c>
       <c r="AZ18" s="3">
-        <v>118.93600000000001</v>
+        <v>91.570999999999998</v>
       </c>
       <c r="BA18" s="3">
-        <v>113.261</v>
+        <v>145.52000000000001</v>
       </c>
       <c r="BB18" s="3">
-        <v>104</v>
+        <v>164</v>
       </c>
       <c r="BC18" s="3">
-        <v>109</v>
+        <v>148</v>
       </c>
       <c r="BD18" s="3">
-        <v>118</v>
+        <v>184</v>
       </c>
       <c r="BE18" s="3">
-        <v>312</v>
+        <v>144</v>
       </c>
       <c r="BF18" s="3">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="BG18" s="3">
-        <v>111</v>
+        <v>153</v>
       </c>
       <c r="BH18" s="3">
+        <v>93</v>
+      </c>
+      <c r="BI18" s="3">
+        <v>141</v>
+      </c>
+      <c r="BJ18" s="3">
+        <v>106</v>
+      </c>
+      <c r="BK18" s="3">
+        <v>86</v>
+      </c>
+      <c r="BL18" s="3">
+        <v>137</v>
+      </c>
+      <c r="BM18" s="3">
+        <v>188</v>
+      </c>
+      <c r="BN18" s="3">
+        <v>230</v>
+      </c>
+      <c r="BO18" s="3">
+        <v>285</v>
+      </c>
+      <c r="BP18" s="3">
+        <v>201</v>
+      </c>
+      <c r="BQ18" s="3">
+        <v>162</v>
+      </c>
+      <c r="BR18" s="3">
+        <v>180</v>
+      </c>
+      <c r="BS18" s="3">
         <v>121</v>
       </c>
-      <c r="BI18" s="3">
-[...29 lines deleted...]
-      </c>
       <c r="BT18" s="3">
-        <v>140</v>
+        <v>384</v>
       </c>
       <c r="BU18" s="3">
         <v>155</v>
       </c>
       <c r="BV18" s="3">
-        <v>156</v>
+        <v>77</v>
       </c>
       <c r="BW18" s="3">
-        <v>176</v>
+        <v>144</v>
       </c>
       <c r="BX18" s="3">
-        <v>194</v>
+        <v>173</v>
       </c>
       <c r="BY18" s="3">
-        <v>163.36500000000001</v>
+        <v>229.22200000000001</v>
       </c>
       <c r="BZ18" s="3">
-        <v>181.29300000000001</v>
+        <v>230.95500000000001</v>
       </c>
       <c r="CA18" s="3">
-        <v>202.2</v>
-[...2 lines deleted...]
-        <v>202.83679000000001</v>
+        <v>217.6</v>
+      </c>
+      <c r="CB18" s="37">
+        <v>283.32483999999999</v>
+      </c>
+      <c r="CC18" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="CD18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CE18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CF18" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG18" s="26" t="s">
+        <v>1</v>
       </c>
     </row>
-    <row r="19" spans="1:81">
+    <row r="19" spans="1:85">
       <c r="A19" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
       <c r="P19" s="3"/>
       <c r="Q19" s="3"/>
       <c r="R19" s="3"/>
       <c r="S19" s="3"/>
       <c r="T19" s="3"/>
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
       <c r="AF19" s="3"/>
       <c r="AG19" s="3"/>
       <c r="AH19" s="3"/>
       <c r="AI19" s="3"/>
       <c r="AJ19" s="3"/>
       <c r="AK19" s="3"/>
       <c r="AL19" s="3"/>
       <c r="AM19" s="3"/>
       <c r="AN19" s="3"/>
       <c r="AO19" s="3">
-        <v>67.290000000000006</v>
+        <v>99.909000000000006</v>
       </c>
       <c r="AP19" s="3">
-        <v>97.85</v>
+        <v>113.56399999999999</v>
       </c>
       <c r="AQ19" s="3">
-        <v>98.186000000000007</v>
+        <v>101.803</v>
       </c>
       <c r="AR19" s="3">
-        <v>101.239</v>
+        <v>87.617000000000004</v>
       </c>
       <c r="AS19" s="3">
-        <v>50.055</v>
+        <v>102.56</v>
       </c>
       <c r="AT19" s="3">
-        <v>27.295999999999999</v>
+        <v>109.785</v>
       </c>
       <c r="AU19" s="3">
-        <v>85.632000000000005</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.048</v>
+      </c>
+      <c r="AV19" s="3">
+        <v>110.05500000000001</v>
       </c>
       <c r="AW19" s="3">
-        <v>97.611999999999995</v>
+        <v>120.178</v>
       </c>
       <c r="AX19" s="3">
-        <v>147.02199999999999</v>
+        <v>116.274</v>
       </c>
       <c r="AY19" s="3">
-        <v>91.573999999999998</v>
+        <v>87.043999999999997</v>
       </c>
       <c r="AZ19" s="3">
-        <v>43.682760000000002</v>
+        <v>87.603999999999999</v>
       </c>
       <c r="BA19" s="3">
-        <v>76.457999999999998</v>
+        <v>74.831000000000003</v>
       </c>
       <c r="BB19" s="3">
-        <v>161</v>
+        <v>66</v>
       </c>
       <c r="BC19" s="3">
-        <v>138</v>
+        <v>71</v>
       </c>
       <c r="BD19" s="3">
+        <v>74</v>
+      </c>
+      <c r="BE19" s="3">
+        <v>223</v>
+      </c>
+      <c r="BF19" s="3">
+        <v>72</v>
+      </c>
+      <c r="BG19" s="3">
+        <v>105</v>
+      </c>
+      <c r="BH19" s="3">
+        <v>97</v>
+      </c>
+      <c r="BI19" s="3">
         <v>226</v>
       </c>
-      <c r="BE19" s="3">
-[...8 lines deleted...]
-      <c r="BH19" s="3">
+      <c r="BJ19" s="3">
+        <v>276</v>
+      </c>
+      <c r="BK19" s="3">
+        <v>170</v>
+      </c>
+      <c r="BL19" s="3"/>
+      <c r="BM19" s="3">
+        <v>47</v>
+      </c>
+      <c r="BN19" s="3">
+        <v>47</v>
+      </c>
+      <c r="BO19" s="3">
+        <v>44</v>
+      </c>
+      <c r="BP19" s="3">
+        <v>49</v>
+      </c>
+      <c r="BQ19" s="3">
+        <v>50</v>
+      </c>
+      <c r="BR19" s="3">
+        <v>59</v>
+      </c>
+      <c r="BS19" s="3">
         <v>64</v>
       </c>
-      <c r="BI19" s="3">
-[...31 lines deleted...]
-      </c>
       <c r="BT19" s="3">
-        <v>731</v>
+        <v>61</v>
       </c>
       <c r="BU19" s="3">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="BV19" s="3">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="BW19" s="3">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="BX19" s="3">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="BY19" s="3">
-        <v>312.774</v>
+        <v>56.741999999999997</v>
       </c>
       <c r="BZ19" s="3">
-        <v>188.77099999999999</v>
+        <v>59.180999999999997</v>
       </c>
       <c r="CA19" s="3">
-        <v>153.4</v>
-[...2 lines deleted...]
-        <v>229.88979999999998</v>
+        <v>67.400000000000006</v>
+      </c>
+      <c r="CB19" s="37">
+        <v>59.855439000000004</v>
+      </c>
+      <c r="CC19" s="3">
+        <v>51.176000000000002</v>
+      </c>
+      <c r="CD19" s="20">
+        <v>28.4238</v>
+      </c>
+      <c r="CE19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CF19" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG19" s="26" t="s">
+        <v>1</v>
       </c>
     </row>
-    <row r="20" spans="1:81">
+    <row r="20" spans="1:85">
       <c r="A20" s="1" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E20" s="1"/>
       <c r="F20" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
       <c r="AF20" s="3"/>
       <c r="AG20" s="3"/>
       <c r="AH20" s="3"/>
       <c r="AI20" s="3"/>
       <c r="AJ20" s="3"/>
       <c r="AK20" s="3"/>
       <c r="AL20" s="3"/>
       <c r="AM20" s="3"/>
       <c r="AN20" s="3"/>
       <c r="AO20" s="3">
+        <v>45.435000000000002</v>
+      </c>
+      <c r="AP20" s="3">
+        <v>63.935000000000002</v>
+      </c>
+      <c r="AQ20" s="3">
+        <v>66.667000000000002</v>
+      </c>
+      <c r="AR20" s="3">
+        <v>65.399000000000001</v>
+      </c>
+      <c r="AS20" s="3">
+        <v>81.183000000000007</v>
+      </c>
+      <c r="AT20" s="3">
+        <v>93.394000000000005</v>
+      </c>
+      <c r="AU20" s="3">
+        <v>93.521000000000001</v>
+      </c>
+      <c r="AV20" s="3">
+        <v>108.91</v>
+      </c>
+      <c r="AW20" s="3">
+        <v>116.17</v>
+      </c>
+      <c r="AX20" s="3">
+        <v>117.58799999999999</v>
+      </c>
+      <c r="AY20" s="3">
+        <v>108.923</v>
+      </c>
+      <c r="AZ20" s="3">
+        <v>118.93600000000001</v>
+      </c>
+      <c r="BA20" s="3">
+        <v>113.261</v>
+      </c>
+      <c r="BB20" s="3">
+        <v>104</v>
+      </c>
+      <c r="BC20" s="3">
+        <v>109</v>
+      </c>
+      <c r="BD20" s="3">
+        <v>118</v>
+      </c>
+      <c r="BE20" s="3">
+        <v>312</v>
+      </c>
+      <c r="BF20" s="3">
+        <v>103</v>
+      </c>
+      <c r="BG20" s="3">
+        <v>111</v>
+      </c>
+      <c r="BH20" s="3">
+        <v>121</v>
+      </c>
+      <c r="BI20" s="3">
+        <v>209</v>
+      </c>
+      <c r="BJ20" s="3">
+        <v>169</v>
+      </c>
+      <c r="BK20" s="3">
+        <v>154</v>
+      </c>
+      <c r="BL20" s="3"/>
+      <c r="BM20" s="3">
+        <v>109</v>
+      </c>
+      <c r="BN20" s="3">
+        <v>112</v>
+      </c>
+      <c r="BO20" s="3">
+        <v>101</v>
+      </c>
+      <c r="BP20" s="3">
+        <v>113</v>
+      </c>
+      <c r="BQ20" s="3">
+        <v>113</v>
+      </c>
+      <c r="BR20" s="3">
+        <v>135</v>
+      </c>
+      <c r="BS20" s="3">
+        <v>139</v>
+      </c>
+      <c r="BT20" s="3">
+        <v>140</v>
+      </c>
+      <c r="BU20" s="3">
+        <v>155</v>
+      </c>
+      <c r="BV20" s="3">
+        <v>156</v>
+      </c>
+      <c r="BW20" s="3">
+        <v>176</v>
+      </c>
+      <c r="BX20" s="3">
+        <v>194</v>
+      </c>
+      <c r="BY20" s="3">
+        <v>163.36500000000001</v>
+      </c>
+      <c r="BZ20" s="3">
+        <v>181.29300000000001</v>
+      </c>
+      <c r="CA20" s="3">
+        <v>202.2</v>
+      </c>
+      <c r="CB20" s="37">
+        <v>202.83679000000001</v>
+      </c>
+      <c r="CC20" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="CD20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CE20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CF20" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG20" s="26" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:85">
+      <c r="A21" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3"/>
+      <c r="J21" s="3"/>
+      <c r="K21" s="3"/>
+      <c r="L21" s="3"/>
+      <c r="M21" s="3"/>
+      <c r="N21" s="3"/>
+      <c r="O21" s="3"/>
+      <c r="P21" s="3"/>
+      <c r="Q21" s="3"/>
+      <c r="R21" s="3"/>
+      <c r="S21" s="3"/>
+      <c r="T21" s="3"/>
+      <c r="U21" s="3"/>
+      <c r="V21" s="3"/>
+      <c r="W21" s="3"/>
+      <c r="X21" s="3"/>
+      <c r="Y21" s="3"/>
+      <c r="Z21" s="3"/>
+      <c r="AA21" s="3"/>
+      <c r="AB21" s="3"/>
+      <c r="AC21" s="3"/>
+      <c r="AD21" s="3"/>
+      <c r="AE21" s="3"/>
+      <c r="AF21" s="3"/>
+      <c r="AG21" s="3"/>
+      <c r="AH21" s="3"/>
+      <c r="AI21" s="3"/>
+      <c r="AJ21" s="3"/>
+      <c r="AK21" s="3"/>
+      <c r="AL21" s="3"/>
+      <c r="AM21" s="3"/>
+      <c r="AN21" s="3"/>
+      <c r="AO21" s="3">
+        <v>67.290000000000006</v>
+      </c>
+      <c r="AP21" s="3">
+        <v>97.85</v>
+      </c>
+      <c r="AQ21" s="3">
+        <v>98.186000000000007</v>
+      </c>
+      <c r="AR21" s="3">
+        <v>101.239</v>
+      </c>
+      <c r="AS21" s="3">
+        <v>50.055</v>
+      </c>
+      <c r="AT21" s="3">
+        <v>27.295999999999999</v>
+      </c>
+      <c r="AU21" s="3">
+        <v>85.632000000000005</v>
+      </c>
+      <c r="AV21" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="AW21" s="3">
+        <v>97.611999999999995</v>
+      </c>
+      <c r="AX21" s="3">
+        <v>147.02199999999999</v>
+      </c>
+      <c r="AY21" s="3">
+        <v>91.573999999999998</v>
+      </c>
+      <c r="AZ21" s="3">
+        <v>43.682760000000002</v>
+      </c>
+      <c r="BA21" s="3">
+        <v>76.457999999999998</v>
+      </c>
+      <c r="BB21" s="3">
+        <v>161</v>
+      </c>
+      <c r="BC21" s="3">
+        <v>138</v>
+      </c>
+      <c r="BD21" s="3">
+        <v>226</v>
+      </c>
+      <c r="BE21" s="3">
+        <v>222</v>
+      </c>
+      <c r="BF21" s="3">
+        <v>315</v>
+      </c>
+      <c r="BG21" s="3">
+        <v>367</v>
+      </c>
+      <c r="BH21" s="3">
+        <v>64</v>
+      </c>
+      <c r="BI21" s="3">
+        <v>43</v>
+      </c>
+      <c r="BJ21" s="3">
+        <v>31</v>
+      </c>
+      <c r="BK21" s="3">
+        <v>28</v>
+      </c>
+      <c r="BL21" s="3">
+        <v>36</v>
+      </c>
+      <c r="BM21" s="3">
+        <v>342</v>
+      </c>
+      <c r="BN21" s="3">
+        <v>376</v>
+      </c>
+      <c r="BO21" s="3">
+        <v>279</v>
+      </c>
+      <c r="BP21" s="3">
+        <v>255</v>
+      </c>
+      <c r="BQ21" s="3">
+        <v>124</v>
+      </c>
+      <c r="BR21" s="3">
+        <v>241</v>
+      </c>
+      <c r="BS21" s="3">
+        <v>140</v>
+      </c>
+      <c r="BT21" s="3">
+        <v>731</v>
+      </c>
+      <c r="BU21" s="3">
+        <v>150</v>
+      </c>
+      <c r="BV21" s="3">
+        <v>0</v>
+      </c>
+      <c r="BW21" s="3">
+        <v>94</v>
+      </c>
+      <c r="BX21" s="3">
+        <v>71</v>
+      </c>
+      <c r="BY21" s="3">
+        <v>312.774</v>
+      </c>
+      <c r="BZ21" s="3">
+        <v>188.77099999999999</v>
+      </c>
+      <c r="CA21" s="3">
+        <v>153.4</v>
+      </c>
+      <c r="CB21" s="37">
+        <v>229.88979999999998</v>
+      </c>
+      <c r="CC21" s="3">
+        <v>0</v>
+      </c>
+      <c r="CD21" s="20">
+        <v>0</v>
+      </c>
+      <c r="CE21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CF21" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG21" s="26" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:85">
+      <c r="A22" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="G22" s="3"/>
+      <c r="H22" s="3"/>
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
+      <c r="L22" s="3"/>
+      <c r="M22" s="3"/>
+      <c r="N22" s="3"/>
+      <c r="O22" s="3"/>
+      <c r="P22" s="3"/>
+      <c r="Q22" s="3"/>
+      <c r="R22" s="3"/>
+      <c r="S22" s="3"/>
+      <c r="T22" s="3"/>
+      <c r="U22" s="3"/>
+      <c r="V22" s="3"/>
+      <c r="W22" s="3"/>
+      <c r="X22" s="3"/>
+      <c r="Y22" s="3"/>
+      <c r="Z22" s="3"/>
+      <c r="AA22" s="3"/>
+      <c r="AB22" s="3"/>
+      <c r="AC22" s="3"/>
+      <c r="AD22" s="3"/>
+      <c r="AE22" s="3"/>
+      <c r="AF22" s="3"/>
+      <c r="AG22" s="3"/>
+      <c r="AH22" s="3"/>
+      <c r="AI22" s="3"/>
+      <c r="AJ22" s="3"/>
+      <c r="AK22" s="3"/>
+      <c r="AL22" s="3"/>
+      <c r="AM22" s="3"/>
+      <c r="AN22" s="3"/>
+      <c r="AO22" s="3">
         <v>21.408000000000001</v>
       </c>
-      <c r="AP20" s="3">
+      <c r="AP22" s="3">
         <v>36.277000000000001</v>
       </c>
-      <c r="AQ20" s="3">
+      <c r="AQ22" s="3">
         <v>38.86</v>
       </c>
-      <c r="AR20" s="3">
+      <c r="AR22" s="3">
         <v>25.359000000000002</v>
       </c>
-      <c r="AS20" s="3">
+      <c r="AS22" s="3">
         <v>38.409999999999997</v>
       </c>
-      <c r="AT20" s="3">
+      <c r="AT22" s="3">
         <v>18.369</v>
       </c>
-      <c r="AU20" s="3">
+      <c r="AU22" s="3">
         <v>85.665000000000006</v>
       </c>
-      <c r="AV20" s="3" t="s">
-[...2 lines deleted...]
-      <c r="AW20" s="3">
+      <c r="AV22" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="AW22" s="3">
         <v>99.700999999999993</v>
       </c>
-      <c r="AX20" s="3">
+      <c r="AX22" s="3">
         <v>125.842</v>
       </c>
-      <c r="AY20" s="3">
+      <c r="AY22" s="3">
         <v>65.585999999999999</v>
       </c>
-      <c r="AZ20" s="3">
+      <c r="AZ22" s="3">
         <v>83.769000000000005</v>
       </c>
-      <c r="BA20" s="3">
+      <c r="BA22" s="3">
         <v>101.723</v>
       </c>
-      <c r="BB20" s="3">
+      <c r="BB22" s="3">
         <v>176</v>
       </c>
-      <c r="BC20" s="3">
+      <c r="BC22" s="3">
         <v>168</v>
       </c>
-      <c r="BD20" s="3">
+      <c r="BD22" s="3">
         <v>430</v>
       </c>
-      <c r="BE20" s="3">
+      <c r="BE22" s="3">
         <v>262</v>
       </c>
-      <c r="BF20" s="3">
+      <c r="BF22" s="3">
         <v>206</v>
       </c>
-      <c r="BG20" s="3">
+      <c r="BG22" s="3">
         <v>246</v>
       </c>
-      <c r="BH20" s="3">
+      <c r="BH22" s="3">
         <v>97</v>
       </c>
-      <c r="BI20" s="3">
+      <c r="BI22" s="3">
         <v>61</v>
       </c>
-      <c r="BJ20" s="3">
+      <c r="BJ22" s="3">
         <v>49</v>
       </c>
-      <c r="BK20" s="3">
+      <c r="BK22" s="3">
         <v>42</v>
       </c>
-      <c r="BL20" s="3">
+      <c r="BL22" s="3">
         <v>51</v>
       </c>
-      <c r="BM20" s="3">
+      <c r="BM22" s="3">
         <v>30</v>
       </c>
-      <c r="BN20" s="3"/>
-[...11 lines deleted...]
-      <c r="BZ20" s="3"/>
+      <c r="BN22" s="3"/>
+      <c r="BO22" s="3"/>
+      <c r="BP22" s="3"/>
+      <c r="BQ22" s="3"/>
+      <c r="BR22" s="3"/>
+      <c r="BS22" s="3"/>
+      <c r="BT22" s="3"/>
+      <c r="BU22" s="3"/>
+      <c r="BV22" s="3"/>
+      <c r="BW22" s="3"/>
+      <c r="BX22" s="3"/>
+      <c r="BY22" s="3"/>
+      <c r="BZ22" s="3"/>
+      <c r="CC22" s="3"/>
+      <c r="CD22" s="20"/>
+      <c r="CE22" s="20"/>
+      <c r="CF22" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG22" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="21" spans="1:81">
-      <c r="A21" s="1" t="s">
+    <row r="23" spans="1:85">
+      <c r="A23" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="B23" s="1" t="s">
         <v>2</v>
-      </c>
-[...316 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E23" s="1"/>
       <c r="F23" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
@@ -23073,156 +25139,170 @@
       <c r="X23" s="2"/>
       <c r="Y23" s="2"/>
       <c r="Z23" s="2"/>
       <c r="AA23" s="2"/>
       <c r="AB23" s="2"/>
       <c r="AC23" s="2"/>
       <c r="AD23" s="2"/>
       <c r="AE23" s="2"/>
       <c r="AF23" s="2"/>
       <c r="AG23" s="2"/>
       <c r="AH23" s="2"/>
       <c r="AI23" s="2"/>
       <c r="AJ23" s="2"/>
       <c r="AK23" s="2"/>
       <c r="AL23" s="2"/>
       <c r="AM23" s="2"/>
       <c r="AN23" s="2"/>
       <c r="AO23" s="2"/>
       <c r="AP23" s="2"/>
       <c r="AQ23" s="2"/>
       <c r="AR23" s="2"/>
       <c r="AS23" s="2"/>
       <c r="AT23" s="2"/>
       <c r="AU23" s="2"/>
       <c r="AV23" s="2">
-        <v>28355</v>
+        <v>100432</v>
       </c>
       <c r="AW23" s="2">
-        <v>23879</v>
+        <v>99935</v>
       </c>
       <c r="AX23" s="2">
-        <v>18033</v>
+        <v>101972</v>
       </c>
       <c r="AY23" s="2">
-        <v>23095</v>
+        <v>95933</v>
       </c>
       <c r="AZ23" s="2">
-        <v>13034</v>
+        <v>107517</v>
       </c>
       <c r="BA23" s="2">
-        <v>9027</v>
+        <v>203480</v>
       </c>
       <c r="BB23" s="2">
-        <v>6806</v>
+        <v>214720</v>
       </c>
       <c r="BC23" s="2">
-        <v>7978</v>
+        <v>162181</v>
       </c>
       <c r="BD23" s="2">
-        <v>6765.7000000000007</v>
+        <v>251730</v>
       </c>
       <c r="BE23" s="2">
-        <v>6622.4699999999993</v>
+        <v>189639</v>
       </c>
       <c r="BF23" s="2">
-        <v>12416.07</v>
+        <v>123912</v>
       </c>
       <c r="BG23" s="2">
-        <v>1981.2</v>
+        <v>179009</v>
       </c>
       <c r="BH23" s="2">
-        <v>8100</v>
+        <v>110390</v>
       </c>
       <c r="BI23" s="2">
-        <v>3520</v>
+        <v>201920</v>
       </c>
       <c r="BJ23" s="2">
-        <v>2650</v>
+        <v>85800</v>
       </c>
       <c r="BK23" s="2">
-        <v>7440</v>
+        <v>96560</v>
       </c>
       <c r="BL23" s="2">
-        <v>3080</v>
+        <v>163480</v>
       </c>
       <c r="BM23" s="2">
-        <v>1340</v>
+        <v>234660</v>
       </c>
       <c r="BN23" s="2">
-        <v>90</v>
+        <v>310790</v>
       </c>
       <c r="BO23" s="2">
-        <v>1850</v>
+        <v>450480</v>
       </c>
       <c r="BP23" s="2">
-        <v>1400</v>
+        <v>241110</v>
       </c>
       <c r="BQ23" s="2">
-        <v>800</v>
+        <v>218620</v>
       </c>
       <c r="BR23" s="2">
-        <v>1200</v>
+        <v>202530</v>
       </c>
       <c r="BS23" s="2">
-        <v>7940</v>
+        <v>78510</v>
       </c>
       <c r="BT23" s="2">
-        <v>2150</v>
+        <v>475950</v>
       </c>
       <c r="BU23" s="2">
-        <v>1830</v>
+        <v>202140</v>
       </c>
       <c r="BV23" s="2">
-        <v>1120</v>
+        <v>76380</v>
       </c>
       <c r="BW23" s="2">
-        <v>1850.0000000000002</v>
+        <v>169206.00000000003</v>
       </c>
       <c r="BX23" s="2">
-        <v>140</v>
+        <v>222179.99999999997</v>
       </c>
       <c r="BY23" s="2">
-        <v>670</v>
+        <v>258210</v>
       </c>
       <c r="BZ23" s="2">
-        <v>3840</v>
+        <v>258140</v>
       </c>
       <c r="CA23" s="2">
-        <v>3900</v>
-[...4 lines deleted...]
-      <c r="CC23" s="12"/>
+        <v>224350</v>
+      </c>
+      <c r="CB23" s="33">
+        <v>277600</v>
+      </c>
+      <c r="CC23" s="2">
+        <v>77350</v>
+      </c>
+      <c r="CD23" s="15">
+        <v>59165</v>
+      </c>
+      <c r="CE23" s="15">
+        <v>76087</v>
+      </c>
+      <c r="CF23" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG23" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="24" spans="1:81">
+    <row r="24" spans="1:85">
       <c r="A24" s="1" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
       <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
       <c r="R24" s="2"/>
       <c r="S24" s="2"/>
       <c r="T24" s="2"/>
@@ -23232,317 +25312,343 @@
       <c r="X24" s="2"/>
       <c r="Y24" s="2"/>
       <c r="Z24" s="2"/>
       <c r="AA24" s="2"/>
       <c r="AB24" s="2"/>
       <c r="AC24" s="2"/>
       <c r="AD24" s="2"/>
       <c r="AE24" s="2"/>
       <c r="AF24" s="2"/>
       <c r="AG24" s="2"/>
       <c r="AH24" s="2"/>
       <c r="AI24" s="2"/>
       <c r="AJ24" s="2"/>
       <c r="AK24" s="2"/>
       <c r="AL24" s="2"/>
       <c r="AM24" s="2"/>
       <c r="AN24" s="2"/>
       <c r="AO24" s="2"/>
       <c r="AP24" s="2"/>
       <c r="AQ24" s="2"/>
       <c r="AR24" s="2"/>
       <c r="AS24" s="2"/>
       <c r="AT24" s="2"/>
       <c r="AU24" s="2"/>
       <c r="AV24" s="2">
-        <v>28596</v>
+        <v>17747</v>
       </c>
       <c r="AW24" s="2">
-        <v>35166</v>
+        <v>8785</v>
       </c>
       <c r="AX24" s="2">
-        <v>31603</v>
+        <v>16855</v>
       </c>
       <c r="AY24" s="2">
-        <v>26411</v>
+        <v>18729</v>
       </c>
       <c r="AZ24" s="2">
-        <v>30460</v>
+        <v>12221</v>
       </c>
       <c r="BA24" s="2">
-        <v>28382</v>
+        <v>16816</v>
       </c>
       <c r="BB24" s="2">
-        <v>19979</v>
+        <v>35001</v>
       </c>
       <c r="BC24" s="2">
-        <v>37483</v>
+        <v>26375</v>
       </c>
       <c r="BD24" s="2">
-        <v>32034</v>
+        <v>25253.599999999999</v>
       </c>
       <c r="BE24" s="2">
-        <v>48254.159999999996</v>
+        <v>23396.329999999998</v>
       </c>
       <c r="BF24" s="2">
-        <v>40527</v>
+        <v>18595.900000000001</v>
       </c>
       <c r="BG24" s="2">
-        <v>60319.92</v>
+        <v>9997.44</v>
       </c>
       <c r="BH24" s="2">
-        <v>32940</v>
+        <v>14700</v>
       </c>
       <c r="BI24" s="2">
-        <v>16780</v>
+        <v>14850</v>
       </c>
       <c r="BJ24" s="2">
-        <v>17470</v>
+        <v>22330</v>
       </c>
       <c r="BK24" s="2">
-        <v>13550</v>
+        <v>24530</v>
       </c>
       <c r="BL24" s="2">
-        <v>7350</v>
+        <v>18230</v>
       </c>
       <c r="BM24" s="2">
-        <v>19850</v>
+        <v>16710</v>
       </c>
       <c r="BN24" s="2">
-        <v>20600</v>
+        <v>11380</v>
       </c>
       <c r="BO24" s="2">
-        <v>10860</v>
+        <v>20060</v>
       </c>
       <c r="BP24" s="2">
-        <v>40150</v>
+        <v>12650</v>
       </c>
       <c r="BQ24" s="2">
-        <v>11480</v>
+        <v>18480</v>
       </c>
       <c r="BR24" s="2">
-        <v>8110</v>
+        <v>29370</v>
       </c>
       <c r="BS24" s="2">
-        <v>13410</v>
+        <v>18690</v>
       </c>
       <c r="BT24" s="2">
-        <v>8190</v>
+        <v>31100</v>
       </c>
       <c r="BU24" s="2">
-        <v>10030</v>
+        <v>11560</v>
       </c>
       <c r="BV24" s="2">
-        <v>3630</v>
+        <v>15850</v>
       </c>
       <c r="BW24" s="2">
-        <v>1439</v>
+        <v>16051.000000000002</v>
       </c>
       <c r="BX24" s="2">
-        <v>350.00000000000006</v>
+        <v>10320</v>
       </c>
       <c r="BY24" s="2">
-        <v>5490</v>
+        <v>14630</v>
       </c>
       <c r="BZ24" s="2">
-        <v>9870</v>
+        <v>13870</v>
       </c>
       <c r="CA24" s="2">
-        <v>19310</v>
-[...4 lines deleted...]
-      <c r="CC24" s="12"/>
+        <v>8030</v>
+      </c>
+      <c r="CB24" s="33">
+        <v>4060</v>
+      </c>
+      <c r="CC24" s="2">
+        <v>4400</v>
+      </c>
+      <c r="CD24" s="15">
+        <v>4095.17</v>
+      </c>
+      <c r="CE24" s="15">
+        <v>5780</v>
+      </c>
+      <c r="CF24" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG24" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="25" spans="1:81">
+    <row r="25" spans="1:85">
       <c r="A25" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>45</v>
+        <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="E25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E25" s="1"/>
       <c r="F25" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="2"/>
       <c r="N25" s="2"/>
       <c r="O25" s="2"/>
       <c r="P25" s="2"/>
       <c r="Q25" s="2"/>
       <c r="R25" s="2"/>
       <c r="S25" s="2"/>
       <c r="T25" s="2"/>
       <c r="U25" s="2"/>
       <c r="V25" s="2"/>
       <c r="W25" s="2"/>
       <c r="X25" s="2"/>
       <c r="Y25" s="2"/>
       <c r="Z25" s="2"/>
       <c r="AA25" s="2"/>
       <c r="AB25" s="2"/>
       <c r="AC25" s="2"/>
       <c r="AD25" s="2"/>
       <c r="AE25" s="2"/>
       <c r="AF25" s="2"/>
       <c r="AG25" s="2"/>
       <c r="AH25" s="2"/>
       <c r="AI25" s="2"/>
       <c r="AJ25" s="2"/>
       <c r="AK25" s="2"/>
       <c r="AL25" s="2"/>
       <c r="AM25" s="2"/>
       <c r="AN25" s="2"/>
       <c r="AO25" s="2"/>
       <c r="AP25" s="2"/>
       <c r="AQ25" s="2"/>
       <c r="AR25" s="2"/>
       <c r="AS25" s="2"/>
       <c r="AT25" s="2"/>
       <c r="AU25" s="2"/>
       <c r="AV25" s="2">
-        <v>7805</v>
+        <v>28355</v>
       </c>
       <c r="AW25" s="2">
-        <v>7476</v>
+        <v>23879</v>
       </c>
       <c r="AX25" s="2">
-        <v>7036</v>
+        <v>18033</v>
       </c>
       <c r="AY25" s="2">
-        <v>4538</v>
+        <v>23095</v>
       </c>
       <c r="AZ25" s="2">
-        <v>4668</v>
+        <v>13034</v>
       </c>
       <c r="BA25" s="2">
-        <v>5040</v>
+        <v>9027</v>
       </c>
       <c r="BB25" s="2">
-        <v>6617</v>
+        <v>6806</v>
       </c>
       <c r="BC25" s="2">
-        <v>4447</v>
+        <v>7978</v>
       </c>
       <c r="BD25" s="2">
-        <v>4900.7</v>
+        <v>6765.7000000000007</v>
       </c>
       <c r="BE25" s="2">
-        <v>1312.8</v>
+        <v>6622.4699999999993</v>
       </c>
       <c r="BF25" s="2">
-        <v>3157.1</v>
+        <v>12416.07</v>
       </c>
       <c r="BG25" s="2">
-        <v>3027.68</v>
+        <v>1981.2</v>
       </c>
       <c r="BH25" s="2">
-        <v>2550</v>
+        <v>8100</v>
       </c>
       <c r="BI25" s="2">
-        <v>2610</v>
+        <v>3520</v>
       </c>
       <c r="BJ25" s="2">
-        <v>4570</v>
+        <v>2650</v>
       </c>
       <c r="BK25" s="2">
-        <v>2290</v>
+        <v>7440</v>
       </c>
       <c r="BL25" s="2">
-        <v>2290</v>
+        <v>3080</v>
       </c>
       <c r="BM25" s="2">
-        <v>3080</v>
+        <v>1340</v>
       </c>
       <c r="BN25" s="2">
-        <v>1610</v>
+        <v>90</v>
       </c>
       <c r="BO25" s="2">
-        <v>1790</v>
+        <v>1850</v>
       </c>
       <c r="BP25" s="2">
-        <v>4300</v>
+        <v>1400</v>
       </c>
       <c r="BQ25" s="2">
-        <v>3490</v>
+        <v>800</v>
       </c>
       <c r="BR25" s="2">
-        <v>2520</v>
+        <v>1200</v>
       </c>
       <c r="BS25" s="2">
-        <v>5090</v>
+        <v>7940</v>
       </c>
       <c r="BT25" s="2">
-        <v>1889.9999999999998</v>
+        <v>2150</v>
       </c>
       <c r="BU25" s="2">
-        <v>4090</v>
+        <v>1830</v>
       </c>
       <c r="BV25" s="2">
-        <v>2530</v>
+        <v>1120</v>
       </c>
       <c r="BW25" s="2">
-        <v>410.00000000000006</v>
+        <v>1850.0000000000002</v>
       </c>
       <c r="BX25" s="2">
-        <v>80</v>
+        <v>140</v>
       </c>
       <c r="BY25" s="2">
-        <v>400</v>
+        <v>670</v>
       </c>
       <c r="BZ25" s="2">
-        <v>1960</v>
+        <v>3840</v>
       </c>
       <c r="CA25" s="2">
-        <v>2660</v>
-[...4 lines deleted...]
-      <c r="CC25" s="12"/>
+        <v>3900</v>
+      </c>
+      <c r="CB25" s="33">
+        <v>4140</v>
+      </c>
+      <c r="CC25" s="2">
+        <v>220</v>
+      </c>
+      <c r="CD25" s="15">
+        <v>792.26</v>
+      </c>
+      <c r="CE25" s="15">
+        <v>2764</v>
+      </c>
+      <c r="CF25" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG25" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="26" spans="1:81">
+    <row r="26" spans="1:85">
       <c r="A26" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E26" s="1"/>
       <c r="F26" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="2"/>
       <c r="R26" s="2"/>
       <c r="S26" s="2"/>
       <c r="T26" s="2"/>
@@ -23552,315 +25658,345 @@
       <c r="X26" s="2"/>
       <c r="Y26" s="2"/>
       <c r="Z26" s="2"/>
       <c r="AA26" s="2"/>
       <c r="AB26" s="2"/>
       <c r="AC26" s="2"/>
       <c r="AD26" s="2"/>
       <c r="AE26" s="2"/>
       <c r="AF26" s="2"/>
       <c r="AG26" s="2"/>
       <c r="AH26" s="2"/>
       <c r="AI26" s="2"/>
       <c r="AJ26" s="2"/>
       <c r="AK26" s="2"/>
       <c r="AL26" s="2"/>
       <c r="AM26" s="2"/>
       <c r="AN26" s="2"/>
       <c r="AO26" s="2"/>
       <c r="AP26" s="2"/>
       <c r="AQ26" s="2"/>
       <c r="AR26" s="2"/>
       <c r="AS26" s="2"/>
       <c r="AT26" s="2"/>
       <c r="AU26" s="2"/>
       <c r="AV26" s="2">
-        <v>3005</v>
+        <v>28596</v>
       </c>
       <c r="AW26" s="2">
-        <v>2099</v>
+        <v>35166</v>
       </c>
       <c r="AX26" s="2">
-        <v>1469</v>
+        <v>31603</v>
       </c>
       <c r="AY26" s="2">
-        <v>1690</v>
+        <v>26411</v>
       </c>
       <c r="AZ26" s="2">
-        <v>1513</v>
+        <v>30460</v>
       </c>
       <c r="BA26" s="2">
-        <v>3064</v>
+        <v>28382</v>
       </c>
       <c r="BB26" s="2">
-        <v>2671</v>
+        <v>19979</v>
       </c>
       <c r="BC26" s="2">
-        <v>1994</v>
+        <v>37483</v>
       </c>
       <c r="BD26" s="2">
-        <v>1879.2</v>
+        <v>32034</v>
       </c>
       <c r="BE26" s="2">
-        <v>2451.3000000000002</v>
+        <v>48254.159999999996</v>
       </c>
       <c r="BF26" s="2">
-        <v>3097.06</v>
+        <v>40527</v>
       </c>
       <c r="BG26" s="2">
-        <v>2032.0000000000002</v>
+        <v>60319.92</v>
       </c>
       <c r="BH26" s="2">
-        <v>2730</v>
+        <v>32940</v>
       </c>
       <c r="BI26" s="2">
-        <v>1060</v>
+        <v>16780</v>
       </c>
       <c r="BJ26" s="2">
-        <v>670</v>
+        <v>17470</v>
       </c>
       <c r="BK26" s="2">
-        <v>1030</v>
+        <v>13550</v>
       </c>
       <c r="BL26" s="2">
-        <v>780</v>
+        <v>7350</v>
       </c>
       <c r="BM26" s="2">
-        <v>940</v>
+        <v>19850</v>
       </c>
       <c r="BN26" s="2">
-        <v>1220</v>
+        <v>20600</v>
       </c>
       <c r="BO26" s="2">
-        <v>1020</v>
+        <v>10860</v>
       </c>
       <c r="BP26" s="2">
-        <v>2460</v>
+        <v>40150</v>
       </c>
       <c r="BQ26" s="2">
-        <v>2610</v>
+        <v>11480</v>
       </c>
       <c r="BR26" s="2">
-        <v>2460</v>
+        <v>8110</v>
       </c>
       <c r="BS26" s="2">
-        <v>2820</v>
+        <v>13410</v>
       </c>
       <c r="BT26" s="2">
-        <v>1190</v>
+        <v>8190</v>
       </c>
       <c r="BU26" s="2">
-        <v>1650</v>
+        <v>10030</v>
       </c>
       <c r="BV26" s="2">
-        <v>1070</v>
+        <v>3630</v>
       </c>
       <c r="BW26" s="2">
-        <v>684.00000000000011</v>
+        <v>1439</v>
       </c>
       <c r="BX26" s="2">
-        <v>430.00000000000017</v>
+        <v>350.00000000000006</v>
       </c>
       <c r="BY26" s="2">
-        <v>850</v>
+        <v>5490</v>
       </c>
       <c r="BZ26" s="2">
-        <v>1900</v>
+        <v>9870</v>
       </c>
       <c r="CA26" s="2">
-        <v>510</v>
-[...4 lines deleted...]
-      <c r="CC26" s="12"/>
+        <v>19310</v>
+      </c>
+      <c r="CB26" s="33">
+        <v>9500</v>
+      </c>
+      <c r="CC26" s="2">
+        <v>1390</v>
+      </c>
+      <c r="CD26" s="15">
+        <v>540.20000000000005</v>
+      </c>
+      <c r="CE26" s="15">
+        <v>772</v>
+      </c>
+      <c r="CF26" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG26" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="27" spans="1:81">
+    <row r="27" spans="1:85">
       <c r="A27" s="1" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="E27" s="1"/>
+      <c r="E27" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="F27" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
       <c r="K27" s="2"/>
       <c r="L27" s="2"/>
       <c r="M27" s="2"/>
       <c r="N27" s="2"/>
       <c r="O27" s="2"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
       <c r="R27" s="2"/>
       <c r="S27" s="2"/>
       <c r="T27" s="2"/>
       <c r="U27" s="2"/>
       <c r="V27" s="2"/>
       <c r="W27" s="2"/>
       <c r="X27" s="2"/>
       <c r="Y27" s="2"/>
       <c r="Z27" s="2"/>
       <c r="AA27" s="2"/>
       <c r="AB27" s="2"/>
       <c r="AC27" s="2"/>
       <c r="AD27" s="2"/>
       <c r="AE27" s="2"/>
       <c r="AF27" s="2"/>
       <c r="AG27" s="2"/>
       <c r="AH27" s="2"/>
       <c r="AI27" s="2"/>
       <c r="AJ27" s="2"/>
       <c r="AK27" s="2"/>
       <c r="AL27" s="2"/>
       <c r="AM27" s="2"/>
       <c r="AN27" s="2"/>
       <c r="AO27" s="2"/>
       <c r="AP27" s="2"/>
       <c r="AQ27" s="2"/>
       <c r="AR27" s="2"/>
       <c r="AS27" s="2"/>
       <c r="AT27" s="2"/>
       <c r="AU27" s="2"/>
       <c r="AV27" s="2">
-        <v>2453</v>
+        <v>7805</v>
       </c>
       <c r="AW27" s="2">
-        <v>3711</v>
+        <v>7476</v>
       </c>
       <c r="AX27" s="2">
+        <v>7036</v>
+      </c>
+      <c r="AY27" s="2">
+        <v>4538</v>
+      </c>
+      <c r="AZ27" s="2">
+        <v>4668</v>
+      </c>
+      <c r="BA27" s="2">
         <v>5040</v>
       </c>
-      <c r="AY27" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="BB27" s="2">
-        <v>2558</v>
+        <v>6617</v>
       </c>
       <c r="BC27" s="2">
-        <v>7841</v>
+        <v>4447</v>
       </c>
       <c r="BD27" s="2">
-        <v>3219.6000000000004</v>
+        <v>4900.7</v>
       </c>
       <c r="BE27" s="2">
-        <v>664.90000000000009</v>
+        <v>1312.8</v>
       </c>
       <c r="BF27" s="2">
-        <v>1452.3000000000002</v>
+        <v>3157.1</v>
       </c>
       <c r="BG27" s="2">
-        <v>3180.08</v>
+        <v>3027.68</v>
       </c>
       <c r="BH27" s="2">
-        <v>6760</v>
+        <v>2550</v>
       </c>
       <c r="BI27" s="2">
-        <v>1670</v>
+        <v>2610</v>
       </c>
       <c r="BJ27" s="2">
-        <v>1020</v>
+        <v>4570</v>
       </c>
       <c r="BK27" s="2">
-        <v>1900</v>
+        <v>2290</v>
       </c>
       <c r="BL27" s="2">
-        <v>1090</v>
+        <v>2290</v>
       </c>
       <c r="BM27" s="2">
-        <v>1130</v>
+        <v>3080</v>
       </c>
       <c r="BN27" s="2">
-        <v>1110</v>
+        <v>1610</v>
       </c>
       <c r="BO27" s="2">
-        <v>2070</v>
+        <v>1790</v>
       </c>
       <c r="BP27" s="2">
-        <v>3300</v>
+        <v>4300</v>
       </c>
       <c r="BQ27" s="2">
-        <v>1660</v>
+        <v>3490</v>
       </c>
       <c r="BR27" s="2">
-        <v>1090</v>
+        <v>2520</v>
       </c>
       <c r="BS27" s="2">
-        <v>690</v>
+        <v>5090</v>
       </c>
       <c r="BT27" s="2">
-        <v>300</v>
+        <v>1889.9999999999998</v>
       </c>
       <c r="BU27" s="2">
-        <v>490</v>
+        <v>4090</v>
       </c>
       <c r="BV27" s="2">
-        <v>1180</v>
+        <v>2530</v>
       </c>
       <c r="BW27" s="2">
-        <v>99.999999999999986</v>
+        <v>410.00000000000006</v>
       </c>
       <c r="BX27" s="2">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="BY27" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="BZ27" s="2">
-        <v>110</v>
+        <v>1960</v>
       </c>
       <c r="CA27" s="2">
-        <v>260</v>
-[...4 lines deleted...]
-      <c r="CC27" s="12"/>
+        <v>2660</v>
+      </c>
+      <c r="CB27" s="33">
+        <v>2350</v>
+      </c>
+      <c r="CC27" s="2">
+        <v>2220</v>
+      </c>
+      <c r="CD27" s="15">
+        <v>1828.22</v>
+      </c>
+      <c r="CE27" s="15">
+        <v>2278</v>
+      </c>
+      <c r="CF27" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG27" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="28" spans="1:81">
+    <row r="28" spans="1:85">
       <c r="A28" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E28" s="1"/>
       <c r="F28" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
       <c r="R28" s="2"/>
       <c r="S28" s="2"/>
       <c r="T28" s="2"/>
@@ -23870,156 +26006,170 @@
       <c r="X28" s="2"/>
       <c r="Y28" s="2"/>
       <c r="Z28" s="2"/>
       <c r="AA28" s="2"/>
       <c r="AB28" s="2"/>
       <c r="AC28" s="2"/>
       <c r="AD28" s="2"/>
       <c r="AE28" s="2"/>
       <c r="AF28" s="2"/>
       <c r="AG28" s="2"/>
       <c r="AH28" s="2"/>
       <c r="AI28" s="2"/>
       <c r="AJ28" s="2"/>
       <c r="AK28" s="2"/>
       <c r="AL28" s="2"/>
       <c r="AM28" s="2"/>
       <c r="AN28" s="2"/>
       <c r="AO28" s="2"/>
       <c r="AP28" s="2"/>
       <c r="AQ28" s="2"/>
       <c r="AR28" s="2"/>
       <c r="AS28" s="2"/>
       <c r="AT28" s="2"/>
       <c r="AU28" s="2"/>
       <c r="AV28" s="2">
-        <v>138523</v>
+        <v>3005</v>
       </c>
       <c r="AW28" s="2">
-        <v>157729</v>
+        <v>2099</v>
       </c>
       <c r="AX28" s="2">
-        <v>397050</v>
+        <v>1469</v>
       </c>
       <c r="AY28" s="2">
-        <v>170917</v>
+        <v>1690</v>
       </c>
       <c r="AZ28" s="2">
-        <v>23693</v>
+        <v>1513</v>
       </c>
       <c r="BA28" s="2">
-        <v>16231</v>
+        <v>3064</v>
       </c>
       <c r="BB28" s="2">
-        <v>64664</v>
+        <v>2671</v>
       </c>
       <c r="BC28" s="2">
-        <v>54777</v>
+        <v>1994</v>
       </c>
       <c r="BD28" s="2">
-        <v>2245</v>
+        <v>1879.2</v>
       </c>
       <c r="BE28" s="2">
-        <v>86276.400000000009</v>
+        <v>2451.3000000000002</v>
       </c>
       <c r="BF28" s="2">
-        <v>293531.40000000002</v>
+        <v>3097.06</v>
       </c>
       <c r="BG28" s="2">
-        <v>303255.67999999999</v>
+        <v>2032.0000000000002</v>
       </c>
       <c r="BH28" s="2">
-        <v>13020</v>
+        <v>2730</v>
       </c>
       <c r="BI28" s="2">
-        <v>64390</v>
+        <v>1060</v>
       </c>
       <c r="BJ28" s="2">
-        <v>204800</v>
+        <v>670</v>
       </c>
       <c r="BK28" s="2">
-        <v>62590</v>
+        <v>1030</v>
       </c>
       <c r="BL28" s="2">
-        <v>177950</v>
+        <v>780</v>
       </c>
       <c r="BM28" s="2">
-        <v>316630</v>
+        <v>940</v>
       </c>
       <c r="BN28" s="2">
-        <v>320760</v>
+        <v>1220</v>
       </c>
       <c r="BO28" s="2">
-        <v>88330</v>
+        <v>1020</v>
       </c>
       <c r="BP28" s="2">
-        <v>109700</v>
+        <v>2460</v>
       </c>
       <c r="BQ28" s="2">
-        <v>45350</v>
+        <v>2610</v>
       </c>
       <c r="BR28" s="2">
-        <v>152150</v>
+        <v>2460</v>
       </c>
       <c r="BS28" s="2">
-        <v>250460</v>
+        <v>2820</v>
       </c>
       <c r="BT28" s="2">
-        <v>371060</v>
+        <v>1190</v>
       </c>
       <c r="BU28" s="2">
-        <v>29240.000000000004</v>
+        <v>1650</v>
       </c>
       <c r="BV28" s="2">
-        <v>6830</v>
+        <v>1070</v>
       </c>
       <c r="BW28" s="2">
-        <v>25910.000000000004</v>
+        <v>684.00000000000011</v>
       </c>
       <c r="BX28" s="2">
-        <v>5819.9999999999991</v>
+        <v>430.00000000000017</v>
       </c>
       <c r="BY28" s="2">
-        <v>127440</v>
+        <v>850</v>
       </c>
       <c r="BZ28" s="2">
-        <v>8500</v>
+        <v>1900</v>
       </c>
       <c r="CA28" s="2">
-        <v>7230</v>
-[...4 lines deleted...]
-      <c r="CC28" s="12"/>
+        <v>510</v>
+      </c>
+      <c r="CB28" s="33">
+        <v>380</v>
+      </c>
+      <c r="CC28" s="2">
+        <v>480</v>
+      </c>
+      <c r="CD28" s="15">
+        <v>418.79</v>
+      </c>
+      <c r="CE28" s="15">
+        <v>115</v>
+      </c>
+      <c r="CF28" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG28" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="29" spans="1:81">
+    <row r="29" spans="1:85">
       <c r="A29" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E29" s="1"/>
       <c r="F29" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="2"/>
       <c r="N29" s="2"/>
       <c r="O29" s="2"/>
       <c r="P29" s="2"/>
       <c r="Q29" s="2"/>
       <c r="R29" s="2"/>
       <c r="S29" s="2"/>
       <c r="T29" s="2"/>
@@ -24029,156 +26179,170 @@
       <c r="X29" s="2"/>
       <c r="Y29" s="2"/>
       <c r="Z29" s="2"/>
       <c r="AA29" s="2"/>
       <c r="AB29" s="2"/>
       <c r="AC29" s="2"/>
       <c r="AD29" s="2"/>
       <c r="AE29" s="2"/>
       <c r="AF29" s="2"/>
       <c r="AG29" s="2"/>
       <c r="AH29" s="2"/>
       <c r="AI29" s="2"/>
       <c r="AJ29" s="2"/>
       <c r="AK29" s="2"/>
       <c r="AL29" s="2"/>
       <c r="AM29" s="2"/>
       <c r="AN29" s="2"/>
       <c r="AO29" s="2"/>
       <c r="AP29" s="2"/>
       <c r="AQ29" s="2"/>
       <c r="AR29" s="2"/>
       <c r="AS29" s="2"/>
       <c r="AT29" s="2"/>
       <c r="AU29" s="2"/>
       <c r="AV29" s="2">
-        <v>2271</v>
+        <v>2453</v>
       </c>
       <c r="AW29" s="2">
-        <v>892</v>
+        <v>3711</v>
       </c>
       <c r="AX29" s="2">
-        <v>1903</v>
+        <v>5040</v>
       </c>
       <c r="AY29" s="2">
-        <v>3359</v>
+        <v>2500</v>
       </c>
       <c r="AZ29" s="2">
-        <v>1778</v>
+        <v>2289</v>
       </c>
       <c r="BA29" s="2">
-        <v>1156</v>
+        <v>1666</v>
       </c>
       <c r="BB29" s="2">
-        <v>3513</v>
+        <v>2558</v>
       </c>
       <c r="BC29" s="2">
-        <v>0</v>
+        <v>7841</v>
       </c>
       <c r="BD29" s="2">
-        <v>235.4</v>
+        <v>3219.6000000000004</v>
       </c>
       <c r="BE29" s="2">
-        <v>2929.4999999999995</v>
+        <v>664.90000000000009</v>
       </c>
       <c r="BF29" s="2">
-        <v>817.6</v>
+        <v>1452.3000000000002</v>
       </c>
       <c r="BG29" s="2">
-        <v>1889.76</v>
+        <v>3180.08</v>
       </c>
       <c r="BH29" s="2">
-        <v>3870</v>
+        <v>6760</v>
       </c>
       <c r="BI29" s="2">
-        <v>3950</v>
+        <v>1670</v>
       </c>
       <c r="BJ29" s="2">
-        <v>2650</v>
+        <v>1020</v>
       </c>
       <c r="BK29" s="2">
-        <v>3570</v>
+        <v>1900</v>
       </c>
       <c r="BL29" s="2">
-        <v>780</v>
+        <v>1090</v>
       </c>
       <c r="BM29" s="2">
-        <v>1200</v>
+        <v>1130</v>
       </c>
       <c r="BN29" s="2">
+        <v>1110</v>
+      </c>
+      <c r="BO29" s="2">
+        <v>2070</v>
+      </c>
+      <c r="BP29" s="2">
+        <v>3300</v>
+      </c>
+      <c r="BQ29" s="2">
         <v>1660</v>
       </c>
-      <c r="BO29" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="BR29" s="2">
-        <v>2960</v>
+        <v>1090</v>
       </c>
       <c r="BS29" s="2">
-        <v>1520</v>
+        <v>690</v>
       </c>
       <c r="BT29" s="2">
-        <v>2380</v>
+        <v>300</v>
       </c>
       <c r="BU29" s="2">
-        <v>12459.999999999998</v>
+        <v>490</v>
       </c>
       <c r="BV29" s="2">
-        <v>2300</v>
+        <v>1180</v>
       </c>
       <c r="BW29" s="2">
-        <v>1255.0000000000002</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="BX29" s="2">
-        <v>750.00000000000011</v>
+        <v>40</v>
       </c>
       <c r="BY29" s="2">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="BZ29" s="2">
-        <v>250</v>
+        <v>110</v>
       </c>
       <c r="CA29" s="2">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="CC29" s="12"/>
+        <v>260</v>
+      </c>
+      <c r="CB29" s="33">
+        <v>500</v>
+      </c>
+      <c r="CC29" s="2">
+        <v>1080</v>
+      </c>
+      <c r="CD29" s="15">
+        <v>754.48</v>
+      </c>
+      <c r="CE29" s="15">
+        <v>2291</v>
+      </c>
+      <c r="CF29" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG29" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="30" spans="1:81">
+    <row r="30" spans="1:85">
       <c r="A30" s="1" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E30" s="1"/>
       <c r="F30" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
       <c r="R30" s="2"/>
       <c r="S30" s="2"/>
       <c r="T30" s="2"/>
@@ -24188,156 +26352,170 @@
       <c r="X30" s="2"/>
       <c r="Y30" s="2"/>
       <c r="Z30" s="2"/>
       <c r="AA30" s="2"/>
       <c r="AB30" s="2"/>
       <c r="AC30" s="2"/>
       <c r="AD30" s="2"/>
       <c r="AE30" s="2"/>
       <c r="AF30" s="2"/>
       <c r="AG30" s="2"/>
       <c r="AH30" s="2"/>
       <c r="AI30" s="2"/>
       <c r="AJ30" s="2"/>
       <c r="AK30" s="2"/>
       <c r="AL30" s="2"/>
       <c r="AM30" s="2"/>
       <c r="AN30" s="2"/>
       <c r="AO30" s="2"/>
       <c r="AP30" s="2"/>
       <c r="AQ30" s="2"/>
       <c r="AR30" s="2"/>
       <c r="AS30" s="2"/>
       <c r="AT30" s="2"/>
       <c r="AU30" s="2"/>
       <c r="AV30" s="2">
-        <v>603</v>
+        <v>138523</v>
       </c>
       <c r="AW30" s="2">
-        <v>599</v>
+        <v>157729</v>
       </c>
       <c r="AX30" s="2">
-        <v>549</v>
+        <v>397050</v>
       </c>
       <c r="AY30" s="2">
-        <v>386</v>
+        <v>170917</v>
       </c>
       <c r="AZ30" s="2">
-        <v>975</v>
+        <v>23693</v>
       </c>
       <c r="BA30" s="2">
-        <v>761</v>
+        <v>16231</v>
       </c>
       <c r="BB30" s="2">
-        <v>664</v>
+        <v>64664</v>
       </c>
       <c r="BC30" s="2">
-        <v>814</v>
+        <v>54777</v>
       </c>
       <c r="BD30" s="2">
-        <v>59.100000000000009</v>
+        <v>2245</v>
       </c>
       <c r="BE30" s="2">
-        <v>203.9</v>
+        <v>86276.400000000009</v>
       </c>
       <c r="BF30" s="2">
-        <v>804.09999999999991</v>
+        <v>293531.40000000002</v>
       </c>
       <c r="BG30" s="2">
-        <v>863.59999999999991</v>
+        <v>303255.67999999999</v>
       </c>
       <c r="BH30" s="2">
-        <v>780</v>
+        <v>13020</v>
       </c>
       <c r="BI30" s="2">
-        <v>1660</v>
+        <v>64390</v>
       </c>
       <c r="BJ30" s="2">
-        <v>11020</v>
+        <v>204800</v>
       </c>
       <c r="BK30" s="2">
-        <v>420</v>
+        <v>62590</v>
       </c>
       <c r="BL30" s="2">
-        <v>310</v>
+        <v>177950</v>
       </c>
       <c r="BM30" s="2">
-        <v>360</v>
+        <v>316630</v>
       </c>
       <c r="BN30" s="2">
-        <v>300</v>
+        <v>320760</v>
       </c>
       <c r="BO30" s="2">
-        <v>520</v>
+        <v>88330</v>
       </c>
       <c r="BP30" s="2">
-        <v>1380</v>
+        <v>109700</v>
       </c>
       <c r="BQ30" s="2">
-        <v>1430</v>
+        <v>45350</v>
       </c>
       <c r="BR30" s="2">
-        <v>560</v>
+        <v>152150</v>
       </c>
       <c r="BS30" s="2">
-        <v>1470</v>
+        <v>250460</v>
       </c>
       <c r="BT30" s="2">
-        <v>320</v>
+        <v>371060</v>
       </c>
       <c r="BU30" s="2">
-        <v>280</v>
+        <v>29240.000000000004</v>
       </c>
       <c r="BV30" s="2">
-        <v>520</v>
+        <v>6830</v>
       </c>
       <c r="BW30" s="2">
-        <v>419.00000000000006</v>
+        <v>25910.000000000004</v>
       </c>
       <c r="BX30" s="2">
-        <v>190</v>
+        <v>5819.9999999999991</v>
       </c>
       <c r="BY30" s="2">
+        <v>127440</v>
+      </c>
+      <c r="BZ30" s="2">
+        <v>8500</v>
+      </c>
+      <c r="CA30" s="2">
+        <v>7230</v>
+      </c>
+      <c r="CB30" s="33">
+        <v>28390</v>
+      </c>
+      <c r="CC30" s="2">
         <v>900</v>
       </c>
-      <c r="BZ30" s="2">
-[...8 lines deleted...]
-      <c r="CC30" s="12"/>
+      <c r="CD30" s="15">
+        <v>1642.24</v>
+      </c>
+      <c r="CE30" s="15">
+        <v>872</v>
+      </c>
+      <c r="CF30" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG30" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="31" spans="1:81">
+    <row r="31" spans="1:85">
       <c r="A31" s="1" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="1"/>
       <c r="F31" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
       <c r="N31" s="2"/>
       <c r="O31" s="2"/>
       <c r="P31" s="2"/>
       <c r="Q31" s="2"/>
       <c r="R31" s="2"/>
       <c r="S31" s="2"/>
       <c r="T31" s="2"/>
@@ -24347,156 +26525,170 @@
       <c r="X31" s="2"/>
       <c r="Y31" s="2"/>
       <c r="Z31" s="2"/>
       <c r="AA31" s="2"/>
       <c r="AB31" s="2"/>
       <c r="AC31" s="2"/>
       <c r="AD31" s="2"/>
       <c r="AE31" s="2"/>
       <c r="AF31" s="2"/>
       <c r="AG31" s="2"/>
       <c r="AH31" s="2"/>
       <c r="AI31" s="2"/>
       <c r="AJ31" s="2"/>
       <c r="AK31" s="2"/>
       <c r="AL31" s="2"/>
       <c r="AM31" s="2"/>
       <c r="AN31" s="2"/>
       <c r="AO31" s="2"/>
       <c r="AP31" s="2"/>
       <c r="AQ31" s="2"/>
       <c r="AR31" s="2"/>
       <c r="AS31" s="2"/>
       <c r="AT31" s="2"/>
       <c r="AU31" s="2"/>
       <c r="AV31" s="2">
-        <v>2124</v>
+        <v>2271</v>
       </c>
       <c r="AW31" s="2">
-        <v>1199</v>
+        <v>892</v>
       </c>
       <c r="AX31" s="2">
-        <v>993</v>
+        <v>1903</v>
       </c>
       <c r="AY31" s="2">
-        <v>1140</v>
+        <v>3359</v>
       </c>
       <c r="AZ31" s="2">
-        <v>665</v>
+        <v>1778</v>
       </c>
       <c r="BA31" s="2">
-        <v>1198</v>
+        <v>1156</v>
       </c>
       <c r="BB31" s="2">
-        <v>2787</v>
+        <v>3513</v>
       </c>
       <c r="BC31" s="2">
-        <v>1336</v>
+        <v>0</v>
       </c>
       <c r="BD31" s="2">
-        <v>608.9</v>
+        <v>235.4</v>
       </c>
       <c r="BE31" s="2">
-        <v>880.19999999999993</v>
+        <v>2929.4999999999995</v>
       </c>
       <c r="BF31" s="2">
-        <v>818.3</v>
+        <v>817.6</v>
       </c>
       <c r="BG31" s="2">
-        <v>568.96</v>
+        <v>1889.76</v>
       </c>
       <c r="BH31" s="2">
-        <v>650</v>
+        <v>3870</v>
       </c>
       <c r="BI31" s="2">
-        <v>1590</v>
+        <v>3950</v>
       </c>
       <c r="BJ31" s="2">
-        <v>5810</v>
+        <v>2650</v>
       </c>
       <c r="BK31" s="2">
-        <v>3370</v>
+        <v>3570</v>
       </c>
       <c r="BL31" s="2">
-        <v>1970</v>
+        <v>780</v>
       </c>
       <c r="BM31" s="2">
-        <v>370</v>
+        <v>1200</v>
       </c>
       <c r="BN31" s="2">
-        <v>480</v>
+        <v>1660</v>
       </c>
       <c r="BO31" s="2">
+        <v>2080</v>
+      </c>
+      <c r="BP31" s="2">
+        <v>2710</v>
+      </c>
+      <c r="BQ31" s="2">
+        <v>3690</v>
+      </c>
+      <c r="BR31" s="2">
+        <v>2960</v>
+      </c>
+      <c r="BS31" s="2">
+        <v>1520</v>
+      </c>
+      <c r="BT31" s="2">
+        <v>2380</v>
+      </c>
+      <c r="BU31" s="2">
+        <v>12459.999999999998</v>
+      </c>
+      <c r="BV31" s="2">
+        <v>2300</v>
+      </c>
+      <c r="BW31" s="2">
+        <v>1255.0000000000002</v>
+      </c>
+      <c r="BX31" s="2">
+        <v>750.00000000000011</v>
+      </c>
+      <c r="BY31" s="2">
         <v>340</v>
       </c>
-      <c r="BP31" s="2">
-[...28 lines deleted...]
-      </c>
       <c r="BZ31" s="2">
-        <v>130</v>
+        <v>250</v>
       </c>
       <c r="CA31" s="2">
-        <v>160</v>
-[...4 lines deleted...]
-      <c r="CC31" s="12"/>
+        <v>30</v>
+      </c>
+      <c r="CB31" s="33">
+        <v>30</v>
+      </c>
+      <c r="CC31" s="2">
+        <v>0</v>
+      </c>
+      <c r="CD31" s="15">
+        <v>0</v>
+      </c>
+      <c r="CE31" s="15">
+        <v>0</v>
+      </c>
+      <c r="CF31" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG31" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="32" spans="1:81">
+    <row r="32" spans="1:85">
       <c r="A32" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E32" s="1"/>
       <c r="F32" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
@@ -24506,156 +26698,170 @@
       <c r="X32" s="2"/>
       <c r="Y32" s="2"/>
       <c r="Z32" s="2"/>
       <c r="AA32" s="2"/>
       <c r="AB32" s="2"/>
       <c r="AC32" s="2"/>
       <c r="AD32" s="2"/>
       <c r="AE32" s="2"/>
       <c r="AF32" s="2"/>
       <c r="AG32" s="2"/>
       <c r="AH32" s="2"/>
       <c r="AI32" s="2"/>
       <c r="AJ32" s="2"/>
       <c r="AK32" s="2"/>
       <c r="AL32" s="2"/>
       <c r="AM32" s="2"/>
       <c r="AN32" s="2"/>
       <c r="AO32" s="2"/>
       <c r="AP32" s="2"/>
       <c r="AQ32" s="2"/>
       <c r="AR32" s="2"/>
       <c r="AS32" s="2"/>
       <c r="AT32" s="2"/>
       <c r="AU32" s="2"/>
       <c r="AV32" s="2">
-        <v>170</v>
+        <v>603</v>
       </c>
       <c r="AW32" s="2">
-        <v>305</v>
+        <v>599</v>
       </c>
       <c r="AX32" s="2">
-        <v>523</v>
+        <v>549</v>
       </c>
       <c r="AY32" s="2">
-        <v>465</v>
+        <v>386</v>
       </c>
       <c r="AZ32" s="2">
-        <v>340</v>
+        <v>975</v>
       </c>
       <c r="BA32" s="2">
-        <v>1824</v>
+        <v>761</v>
       </c>
       <c r="BB32" s="2">
-        <v>639</v>
+        <v>664</v>
       </c>
       <c r="BC32" s="2">
-        <v>906</v>
+        <v>814</v>
       </c>
       <c r="BD32" s="2">
-        <v>291.20000000000005</v>
+        <v>59.100000000000009</v>
       </c>
       <c r="BE32" s="2">
-        <v>843.9</v>
+        <v>203.9</v>
       </c>
       <c r="BF32" s="2">
-        <v>769.2</v>
+        <v>804.09999999999991</v>
       </c>
       <c r="BG32" s="2">
-        <v>883.92000000000007</v>
+        <v>863.59999999999991</v>
       </c>
       <c r="BH32" s="2">
-        <v>670</v>
+        <v>780</v>
       </c>
       <c r="BI32" s="2">
-        <v>890</v>
+        <v>1660</v>
       </c>
       <c r="BJ32" s="2">
-        <v>410</v>
+        <v>11020</v>
       </c>
       <c r="BK32" s="2">
-        <v>1110</v>
+        <v>420</v>
       </c>
       <c r="BL32" s="2">
-        <v>1000</v>
+        <v>310</v>
       </c>
       <c r="BM32" s="2">
-        <v>170</v>
+        <v>360</v>
       </c>
       <c r="BN32" s="2">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="BO32" s="2">
-        <v>2330</v>
+        <v>520</v>
       </c>
       <c r="BP32" s="2">
-        <v>540</v>
+        <v>1380</v>
       </c>
       <c r="BQ32" s="2">
-        <v>290</v>
+        <v>1430</v>
       </c>
       <c r="BR32" s="2">
-        <v>740</v>
+        <v>560</v>
       </c>
       <c r="BS32" s="2">
-        <v>1650</v>
+        <v>1470</v>
       </c>
       <c r="BT32" s="2">
-        <v>1640</v>
+        <v>320</v>
       </c>
       <c r="BU32" s="2">
-        <v>500</v>
+        <v>280</v>
       </c>
       <c r="BV32" s="2">
-        <v>660</v>
+        <v>520</v>
       </c>
       <c r="BW32" s="2">
-        <v>476.00000000000006</v>
+        <v>419.00000000000006</v>
       </c>
       <c r="BX32" s="2">
-        <v>1480.0000000000002</v>
+        <v>190</v>
       </c>
       <c r="BY32" s="2">
-        <v>260</v>
+        <v>900</v>
       </c>
       <c r="BZ32" s="2">
-        <v>250</v>
+        <v>1780</v>
       </c>
       <c r="CA32" s="2">
-        <v>210</v>
-[...4 lines deleted...]
-      <c r="CC32" s="12"/>
+        <v>630</v>
+      </c>
+      <c r="CB32" s="33">
+        <v>570</v>
+      </c>
+      <c r="CC32" s="2">
+        <v>310</v>
+      </c>
+      <c r="CD32" s="15">
+        <v>143.76</v>
+      </c>
+      <c r="CE32" s="15">
+        <v>1275</v>
+      </c>
+      <c r="CF32" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG32" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="33" spans="1:81">
+    <row r="33" spans="1:85">
       <c r="A33" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E33" s="1"/>
       <c r="F33" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
       <c r="N33" s="2"/>
       <c r="O33" s="2"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
       <c r="S33" s="2"/>
       <c r="T33" s="2"/>
@@ -24665,156 +26871,170 @@
       <c r="X33" s="2"/>
       <c r="Y33" s="2"/>
       <c r="Z33" s="2"/>
       <c r="AA33" s="2"/>
       <c r="AB33" s="2"/>
       <c r="AC33" s="2"/>
       <c r="AD33" s="2"/>
       <c r="AE33" s="2"/>
       <c r="AF33" s="2"/>
       <c r="AG33" s="2"/>
       <c r="AH33" s="2"/>
       <c r="AI33" s="2"/>
       <c r="AJ33" s="2"/>
       <c r="AK33" s="2"/>
       <c r="AL33" s="2"/>
       <c r="AM33" s="2"/>
       <c r="AN33" s="2"/>
       <c r="AO33" s="2"/>
       <c r="AP33" s="2"/>
       <c r="AQ33" s="2"/>
       <c r="AR33" s="2"/>
       <c r="AS33" s="2"/>
       <c r="AT33" s="2"/>
       <c r="AU33" s="2"/>
       <c r="AV33" s="2">
-        <v>1357</v>
+        <v>2124</v>
       </c>
       <c r="AW33" s="2">
-        <v>206</v>
+        <v>1199</v>
       </c>
       <c r="AX33" s="2">
-        <v>54</v>
+        <v>993</v>
       </c>
       <c r="AY33" s="2">
-        <v>681</v>
+        <v>1140</v>
       </c>
       <c r="AZ33" s="2">
-        <v>175</v>
+        <v>665</v>
       </c>
       <c r="BA33" s="2">
-        <v>0</v>
+        <v>1198</v>
       </c>
       <c r="BB33" s="2">
-        <v>0</v>
+        <v>2787</v>
       </c>
       <c r="BC33" s="2">
-        <v>0</v>
+        <v>1336</v>
       </c>
       <c r="BD33" s="2">
-        <v>0</v>
+        <v>608.9</v>
       </c>
       <c r="BE33" s="2">
-        <v>0</v>
+        <v>880.19999999999993</v>
       </c>
       <c r="BF33" s="2">
-        <v>0</v>
+        <v>818.3</v>
       </c>
       <c r="BG33" s="2">
-        <v>975.36</v>
+        <v>568.96</v>
       </c>
       <c r="BH33" s="2">
-        <v>1010</v>
+        <v>650</v>
       </c>
       <c r="BI33" s="2">
-        <v>380</v>
+        <v>1590</v>
       </c>
       <c r="BJ33" s="2">
-        <v>110</v>
+        <v>5810</v>
       </c>
       <c r="BK33" s="2">
-        <v>0</v>
+        <v>3370</v>
       </c>
       <c r="BL33" s="2">
-        <v>0</v>
+        <v>1970</v>
       </c>
       <c r="BM33" s="2">
-        <v>0</v>
+        <v>370</v>
       </c>
       <c r="BN33" s="2">
-        <v>0</v>
+        <v>480</v>
       </c>
       <c r="BO33" s="2">
-        <v>0</v>
+        <v>340</v>
       </c>
       <c r="BP33" s="2">
-        <v>0</v>
+        <v>330</v>
       </c>
       <c r="BQ33" s="2">
-        <v>0</v>
+        <v>330</v>
       </c>
       <c r="BR33" s="2">
-        <v>0</v>
+        <v>430</v>
       </c>
       <c r="BS33" s="2">
+        <v>320</v>
+      </c>
+      <c r="BT33" s="2">
+        <v>400</v>
+      </c>
+      <c r="BU33" s="2">
+        <v>270</v>
+      </c>
+      <c r="BV33" s="2">
+        <v>460</v>
+      </c>
+      <c r="BW33" s="2">
+        <v>180</v>
+      </c>
+      <c r="BX33" s="2">
+        <v>20</v>
+      </c>
+      <c r="BY33" s="2">
+        <v>80</v>
+      </c>
+      <c r="BZ33" s="2">
+        <v>130</v>
+      </c>
+      <c r="CA33" s="2">
         <v>160</v>
       </c>
-      <c r="BT33" s="2">
-[...26 lines deleted...]
-      <c r="CC33" s="12"/>
+      <c r="CB33" s="33">
+        <v>190</v>
+      </c>
+      <c r="CC33" s="2">
+        <v>0</v>
+      </c>
+      <c r="CD33" s="15">
+        <v>0</v>
+      </c>
+      <c r="CE33" s="15">
+        <v>0</v>
+      </c>
+      <c r="CF33" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG33" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="34" spans="1:81">
+    <row r="34" spans="1:85">
       <c r="A34" s="1" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E34" s="1"/>
       <c r="F34" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
       <c r="J34" s="2"/>
       <c r="K34" s="2"/>
       <c r="L34" s="2"/>
       <c r="M34" s="2"/>
       <c r="N34" s="2"/>
       <c r="O34" s="2"/>
       <c r="P34" s="2"/>
       <c r="Q34" s="2"/>
       <c r="R34" s="2"/>
       <c r="S34" s="2"/>
       <c r="T34" s="2"/>
@@ -24824,156 +27044,170 @@
       <c r="X34" s="2"/>
       <c r="Y34" s="2"/>
       <c r="Z34" s="2"/>
       <c r="AA34" s="2"/>
       <c r="AB34" s="2"/>
       <c r="AC34" s="2"/>
       <c r="AD34" s="2"/>
       <c r="AE34" s="2"/>
       <c r="AF34" s="2"/>
       <c r="AG34" s="2"/>
       <c r="AH34" s="2"/>
       <c r="AI34" s="2"/>
       <c r="AJ34" s="2"/>
       <c r="AK34" s="2"/>
       <c r="AL34" s="2"/>
       <c r="AM34" s="2"/>
       <c r="AN34" s="2"/>
       <c r="AO34" s="2"/>
       <c r="AP34" s="2"/>
       <c r="AQ34" s="2"/>
       <c r="AR34" s="2"/>
       <c r="AS34" s="2"/>
       <c r="AT34" s="2"/>
       <c r="AU34" s="2"/>
       <c r="AV34" s="2">
-        <v>394</v>
+        <v>170</v>
       </c>
       <c r="AW34" s="2">
-        <v>1370</v>
+        <v>305</v>
       </c>
       <c r="AX34" s="2">
-        <v>1592</v>
+        <v>523</v>
       </c>
       <c r="AY34" s="2">
-        <v>1041</v>
+        <v>465</v>
       </c>
       <c r="AZ34" s="2">
-        <v>976</v>
+        <v>340</v>
       </c>
       <c r="BA34" s="2">
-        <v>794</v>
+        <v>1824</v>
       </c>
       <c r="BB34" s="2">
-        <v>1849</v>
+        <v>639</v>
       </c>
       <c r="BC34" s="2">
-        <v>1119</v>
+        <v>906</v>
       </c>
       <c r="BD34" s="2">
-        <v>1184.3000000000002</v>
+        <v>291.20000000000005</v>
       </c>
       <c r="BE34" s="2">
-        <v>1959.0999999999997</v>
+        <v>843.9</v>
       </c>
       <c r="BF34" s="2">
-        <v>1208.1100000000001</v>
+        <v>769.2</v>
       </c>
       <c r="BG34" s="2">
-        <v>1483.3600000000001</v>
+        <v>883.92000000000007</v>
       </c>
       <c r="BH34" s="2">
-        <v>1410</v>
+        <v>670</v>
       </c>
       <c r="BI34" s="2">
-        <v>680</v>
+        <v>890</v>
       </c>
       <c r="BJ34" s="2">
-        <v>5530</v>
+        <v>410</v>
       </c>
       <c r="BK34" s="2">
-        <v>5150</v>
+        <v>1110</v>
       </c>
       <c r="BL34" s="2">
-        <v>3630</v>
+        <v>1000</v>
       </c>
       <c r="BM34" s="2">
-        <v>2750</v>
+        <v>170</v>
       </c>
       <c r="BN34" s="2">
-        <v>820</v>
+        <v>500</v>
       </c>
       <c r="BO34" s="2">
-        <v>780</v>
+        <v>2330</v>
       </c>
       <c r="BP34" s="2">
-        <v>1030</v>
+        <v>540</v>
       </c>
       <c r="BQ34" s="2">
-        <v>1160</v>
+        <v>290</v>
       </c>
       <c r="BR34" s="2">
-        <v>760</v>
+        <v>740</v>
       </c>
       <c r="BS34" s="2">
-        <v>2300</v>
+        <v>1650</v>
       </c>
       <c r="BT34" s="2">
-        <v>2140</v>
+        <v>1640</v>
       </c>
       <c r="BU34" s="2">
-        <v>720</v>
+        <v>500</v>
       </c>
       <c r="BV34" s="2">
-        <v>5250</v>
+        <v>660</v>
       </c>
       <c r="BW34" s="2">
-        <v>6852</v>
+        <v>476.00000000000006</v>
       </c>
       <c r="BX34" s="2">
-        <v>1930.0000000000002</v>
+        <v>1480.0000000000002</v>
       </c>
       <c r="BY34" s="2">
-        <v>100</v>
+        <v>260</v>
       </c>
       <c r="BZ34" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="CA34" s="2">
-        <v>1730</v>
-[...4 lines deleted...]
-      <c r="CC34" s="12"/>
+        <v>210</v>
+      </c>
+      <c r="CB34" s="33">
+        <v>240</v>
+      </c>
+      <c r="CC34" s="2">
+        <v>210</v>
+      </c>
+      <c r="CD34" s="15">
+        <v>90</v>
+      </c>
+      <c r="CE34" s="15">
+        <v>718</v>
+      </c>
+      <c r="CF34" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG34" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="35" spans="1:81">
+    <row r="35" spans="1:85">
       <c r="A35" s="1" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E35" s="1"/>
       <c r="F35" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
       <c r="N35" s="2"/>
       <c r="O35" s="2"/>
       <c r="P35" s="2"/>
       <c r="Q35" s="2"/>
       <c r="R35" s="2"/>
       <c r="S35" s="2"/>
       <c r="T35" s="2"/>
@@ -24983,546 +27217,659 @@
       <c r="X35" s="2"/>
       <c r="Y35" s="2"/>
       <c r="Z35" s="2"/>
       <c r="AA35" s="2"/>
       <c r="AB35" s="2"/>
       <c r="AC35" s="2"/>
       <c r="AD35" s="2"/>
       <c r="AE35" s="2"/>
       <c r="AF35" s="2"/>
       <c r="AG35" s="2"/>
       <c r="AH35" s="2"/>
       <c r="AI35" s="2"/>
       <c r="AJ35" s="2"/>
       <c r="AK35" s="2"/>
       <c r="AL35" s="2"/>
       <c r="AM35" s="2"/>
       <c r="AN35" s="2"/>
       <c r="AO35" s="2"/>
       <c r="AP35" s="2"/>
       <c r="AQ35" s="2"/>
       <c r="AR35" s="2"/>
       <c r="AS35" s="2"/>
       <c r="AT35" s="2"/>
       <c r="AU35" s="2"/>
       <c r="AV35" s="2">
-        <v>333835</v>
+        <v>1357</v>
       </c>
       <c r="AW35" s="2">
-        <v>343351</v>
+        <v>206</v>
       </c>
       <c r="AX35" s="2">
-        <v>584672</v>
+        <v>54</v>
       </c>
       <c r="AY35" s="2">
-        <v>350885</v>
+        <v>681</v>
       </c>
       <c r="AZ35" s="2">
-        <v>200304</v>
+        <v>175</v>
       </c>
       <c r="BA35" s="2">
-        <v>289439</v>
+        <v>0</v>
       </c>
       <c r="BB35" s="2">
-        <v>362468</v>
+        <v>0</v>
       </c>
       <c r="BC35" s="2">
-        <v>307251</v>
+        <v>0</v>
       </c>
       <c r="BD35" s="2">
-        <v>330406.7</v>
+        <v>0</v>
       </c>
       <c r="BE35" s="2">
-        <v>365433.96</v>
+        <v>0</v>
       </c>
       <c r="BF35" s="2">
-        <v>501106.13999999996</v>
+        <v>0</v>
       </c>
       <c r="BG35" s="2">
-        <v>569467.96</v>
+        <v>975.36</v>
       </c>
       <c r="BH35" s="2">
-        <v>199580</v>
+        <v>1010</v>
       </c>
       <c r="BI35" s="2">
-        <v>315950</v>
+        <v>380</v>
       </c>
       <c r="BJ35" s="2">
-        <v>364840</v>
+        <v>110</v>
       </c>
       <c r="BK35" s="2">
-        <v>223510</v>
+        <v>0</v>
       </c>
       <c r="BL35" s="2">
-        <v>381940</v>
+        <v>0</v>
       </c>
       <c r="BM35" s="2">
-        <v>599190</v>
+        <v>0</v>
       </c>
       <c r="BN35" s="2">
-        <v>671320</v>
+        <v>0</v>
       </c>
       <c r="BO35" s="2">
-        <v>582510</v>
+        <v>0</v>
       </c>
       <c r="BP35" s="2">
-        <v>421060</v>
+        <v>0</v>
       </c>
       <c r="BQ35" s="2">
-        <v>309390</v>
+        <v>0</v>
       </c>
       <c r="BR35" s="2">
-        <v>404880</v>
+        <v>0</v>
       </c>
       <c r="BS35" s="2">
-        <v>385030</v>
+        <v>160</v>
       </c>
       <c r="BT35" s="2">
-        <v>898710</v>
+        <v>0</v>
       </c>
       <c r="BU35" s="2">
-        <v>275340</v>
+        <v>80</v>
       </c>
       <c r="BV35" s="2">
-        <v>117780</v>
+        <v>0</v>
       </c>
       <c r="BW35" s="2">
-        <v>224832.00000000003</v>
+        <v>0</v>
       </c>
       <c r="BX35" s="2">
-        <v>243739.99999999997</v>
+        <v>0</v>
       </c>
       <c r="BY35" s="2">
-        <v>409470</v>
+        <v>100</v>
       </c>
       <c r="BZ35" s="2">
-        <v>300900</v>
+        <v>0</v>
       </c>
       <c r="CA35" s="2">
-        <v>269030</v>
-[...4 lines deleted...]
-      <c r="CC35" s="12"/>
+        <v>20</v>
+      </c>
+      <c r="CB35" s="33">
+        <v>100</v>
+      </c>
+      <c r="CC35" s="2">
+        <v>0</v>
+      </c>
+      <c r="CD35" s="15">
+        <v>44.05</v>
+      </c>
+      <c r="CE35" s="15">
+        <v>389</v>
+      </c>
+      <c r="CF35" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG35" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="36" spans="1:81" s="12" customFormat="1">
-[...9 lines deleted...]
-      <c r="D36" s="2" t="s">
+    <row r="36" spans="1:85">
+      <c r="A36" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="E36" s="2"/>
+      <c r="E36" s="1"/>
       <c r="F36" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
       <c r="J36" s="2"/>
       <c r="K36" s="2"/>
       <c r="L36" s="2"/>
       <c r="M36" s="2"/>
       <c r="N36" s="2"/>
       <c r="O36" s="2"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="2"/>
       <c r="R36" s="2"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
       <c r="U36" s="2"/>
       <c r="V36" s="2"/>
       <c r="W36" s="2"/>
       <c r="X36" s="2"/>
       <c r="Y36" s="2"/>
       <c r="Z36" s="2"/>
       <c r="AA36" s="2"/>
       <c r="AB36" s="2"/>
       <c r="AC36" s="2"/>
       <c r="AD36" s="2"/>
       <c r="AE36" s="2"/>
       <c r="AF36" s="2"/>
       <c r="AG36" s="2"/>
       <c r="AH36" s="2"/>
       <c r="AI36" s="2"/>
       <c r="AJ36" s="2"/>
       <c r="AK36" s="2"/>
       <c r="AL36" s="2"/>
       <c r="AM36" s="2"/>
       <c r="AN36" s="2"/>
       <c r="AO36" s="2"/>
       <c r="AP36" s="2"/>
       <c r="AQ36" s="2"/>
       <c r="AR36" s="2"/>
       <c r="AS36" s="2"/>
       <c r="AT36" s="2"/>
       <c r="AU36" s="2"/>
-      <c r="AV36" s="2"/>
-[...12 lines deleted...]
-      <c r="BI36" s="2"/>
+      <c r="AV36" s="2">
+        <v>394</v>
+      </c>
+      <c r="AW36" s="2">
+        <v>1370</v>
+      </c>
+      <c r="AX36" s="2">
+        <v>1592</v>
+      </c>
+      <c r="AY36" s="2">
+        <v>1041</v>
+      </c>
+      <c r="AZ36" s="2">
+        <v>976</v>
+      </c>
+      <c r="BA36" s="2">
+        <v>794</v>
+      </c>
+      <c r="BB36" s="2">
+        <v>1849</v>
+      </c>
+      <c r="BC36" s="2">
+        <v>1119</v>
+      </c>
+      <c r="BD36" s="2">
+        <v>1184.3000000000002</v>
+      </c>
+      <c r="BE36" s="2">
+        <v>1959.0999999999997</v>
+      </c>
+      <c r="BF36" s="2">
+        <v>1208.1100000000001</v>
+      </c>
+      <c r="BG36" s="2">
+        <v>1483.3600000000001</v>
+      </c>
+      <c r="BH36" s="2">
+        <v>1410</v>
+      </c>
+      <c r="BI36" s="2">
+        <v>680</v>
+      </c>
       <c r="BJ36" s="2">
-        <v>398</v>
+        <v>5530</v>
       </c>
       <c r="BK36" s="2">
-        <v>1870</v>
+        <v>5150</v>
       </c>
       <c r="BL36" s="2">
-        <v>1397</v>
+        <v>3630</v>
       </c>
       <c r="BM36" s="2">
-        <v>3300</v>
+        <v>2750</v>
       </c>
       <c r="BN36" s="2">
-        <v>8800</v>
+        <v>820</v>
       </c>
       <c r="BO36" s="2">
-        <v>25000</v>
+        <v>780</v>
       </c>
       <c r="BP36" s="2">
-        <v>913</v>
+        <v>1030</v>
       </c>
       <c r="BQ36" s="2">
-        <v>5381</v>
+        <v>1160</v>
       </c>
       <c r="BR36" s="2">
-        <v>243</v>
+        <v>760</v>
       </c>
       <c r="BS36" s="2">
-        <v>4721</v>
+        <v>2300</v>
       </c>
       <c r="BT36" s="2">
-        <v>1000</v>
+        <v>2140</v>
       </c>
       <c r="BU36" s="2">
-        <v>2050</v>
+        <v>720</v>
       </c>
       <c r="BV36" s="2">
-        <v>1260</v>
+        <v>5250</v>
       </c>
       <c r="BW36" s="2">
-        <v>3950</v>
+        <v>6852</v>
       </c>
       <c r="BX36" s="2">
-        <v>4750</v>
+        <v>1930.0000000000002</v>
       </c>
       <c r="BY36" s="2">
-        <v>4418</v>
-[...1 lines deleted...]
-      <c r="BZ36" s="2"/>
+        <v>100</v>
+      </c>
+      <c r="BZ36" s="2">
+        <v>300</v>
+      </c>
       <c r="CA36" s="2">
-        <v>4225</v>
-[...2 lines deleted...]
-        <v>3150</v>
+        <v>1730</v>
+      </c>
+      <c r="CB36" s="33">
+        <v>1290</v>
+      </c>
+      <c r="CC36" s="2">
+        <v>750</v>
+      </c>
+      <c r="CD36" s="15">
+        <v>228.32</v>
+      </c>
+      <c r="CE36" s="15">
+        <v>1176</v>
+      </c>
+      <c r="CF36" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG36" s="26" t="s">
+        <v>1</v>
       </c>
     </row>
-    <row r="37" spans="1:81">
+    <row r="37" spans="1:85">
       <c r="A37" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E37" s="1"/>
-      <c r="F37" s="3" t="s">
+      <c r="F37" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="G37" s="3"/>
-[...111 lines deleted...]
-      <c r="CC37" s="12"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
+      <c r="L37" s="2"/>
+      <c r="M37" s="2"/>
+      <c r="N37" s="2"/>
+      <c r="O37" s="2"/>
+      <c r="P37" s="2"/>
+      <c r="Q37" s="2"/>
+      <c r="R37" s="2"/>
+      <c r="S37" s="2"/>
+      <c r="T37" s="2"/>
+      <c r="U37" s="2"/>
+      <c r="V37" s="2"/>
+      <c r="W37" s="2"/>
+      <c r="X37" s="2"/>
+      <c r="Y37" s="2"/>
+      <c r="Z37" s="2"/>
+      <c r="AA37" s="2"/>
+      <c r="AB37" s="2"/>
+      <c r="AC37" s="2"/>
+      <c r="AD37" s="2"/>
+      <c r="AE37" s="2"/>
+      <c r="AF37" s="2"/>
+      <c r="AG37" s="2"/>
+      <c r="AH37" s="2"/>
+      <c r="AI37" s="2"/>
+      <c r="AJ37" s="2"/>
+      <c r="AK37" s="2"/>
+      <c r="AL37" s="2"/>
+      <c r="AM37" s="2"/>
+      <c r="AN37" s="2"/>
+      <c r="AO37" s="2"/>
+      <c r="AP37" s="2"/>
+      <c r="AQ37" s="2"/>
+      <c r="AR37" s="2"/>
+      <c r="AS37" s="2"/>
+      <c r="AT37" s="2"/>
+      <c r="AU37" s="2"/>
+      <c r="AV37" s="2">
+        <v>333835</v>
+      </c>
+      <c r="AW37" s="2">
+        <v>343351</v>
+      </c>
+      <c r="AX37" s="2">
+        <v>584672</v>
+      </c>
+      <c r="AY37" s="2">
+        <v>350885</v>
+      </c>
+      <c r="AZ37" s="2">
+        <v>200304</v>
+      </c>
+      <c r="BA37" s="2">
+        <v>289439</v>
+      </c>
+      <c r="BB37" s="2">
+        <v>362468</v>
+      </c>
+      <c r="BC37" s="2">
+        <v>307251</v>
+      </c>
+      <c r="BD37" s="2">
+        <v>330406.7</v>
+      </c>
+      <c r="BE37" s="2">
+        <v>365433.96</v>
+      </c>
+      <c r="BF37" s="2">
+        <v>501106.13999999996</v>
+      </c>
+      <c r="BG37" s="2">
+        <v>569467.96</v>
+      </c>
+      <c r="BH37" s="2">
+        <v>199580</v>
+      </c>
+      <c r="BI37" s="2">
+        <v>315950</v>
+      </c>
+      <c r="BJ37" s="2">
+        <v>364840</v>
+      </c>
+      <c r="BK37" s="2">
+        <v>223510</v>
+      </c>
+      <c r="BL37" s="2">
+        <v>381940</v>
+      </c>
+      <c r="BM37" s="2">
+        <v>599190</v>
+      </c>
+      <c r="BN37" s="2">
+        <v>671320</v>
+      </c>
+      <c r="BO37" s="2">
+        <v>582510</v>
+      </c>
+      <c r="BP37" s="2">
+        <v>421060</v>
+      </c>
+      <c r="BQ37" s="2">
+        <v>309390</v>
+      </c>
+      <c r="BR37" s="2">
+        <v>404880</v>
+      </c>
+      <c r="BS37" s="2">
+        <v>385030</v>
+      </c>
+      <c r="BT37" s="2">
+        <v>898710</v>
+      </c>
+      <c r="BU37" s="2">
+        <v>275340</v>
+      </c>
+      <c r="BV37" s="2">
+        <v>117780</v>
+      </c>
+      <c r="BW37" s="2">
+        <v>224832.00000000003</v>
+      </c>
+      <c r="BX37" s="2">
+        <v>243739.99999999997</v>
+      </c>
+      <c r="BY37" s="2">
+        <v>409470</v>
+      </c>
+      <c r="BZ37" s="2">
+        <v>300900</v>
+      </c>
+      <c r="CA37" s="2">
+        <v>269030</v>
+      </c>
+      <c r="CB37" s="33">
+        <v>329340</v>
+      </c>
+      <c r="CC37" s="2">
+        <v>89310</v>
+      </c>
+      <c r="CD37" s="15">
+        <v>69742.490000000005</v>
+      </c>
+      <c r="CE37" s="15">
+        <v>94517</v>
+      </c>
+      <c r="CF37" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="CG37" s="26" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="38" spans="1:81">
-[...9 lines deleted...]
-      <c r="D38" s="1" t="s">
+    <row r="38" spans="1:85" s="12" customFormat="1">
+      <c r="A38" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D38" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E38" s="1"/>
-      <c r="F38" s="3" t="s">
+      <c r="E38" s="2"/>
+      <c r="F38" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="G38" s="3"/>
-[...111 lines deleted...]
-      <c r="CC38" s="12"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+      <c r="J38" s="2"/>
+      <c r="K38" s="2"/>
+      <c r="L38" s="2"/>
+      <c r="M38" s="2"/>
+      <c r="N38" s="2"/>
+      <c r="O38" s="2"/>
+      <c r="P38" s="2"/>
+      <c r="Q38" s="2"/>
+      <c r="R38" s="2"/>
+      <c r="S38" s="2"/>
+      <c r="T38" s="2"/>
+      <c r="U38" s="2"/>
+      <c r="V38" s="2"/>
+      <c r="W38" s="2"/>
+      <c r="X38" s="2"/>
+      <c r="Y38" s="2"/>
+      <c r="Z38" s="2"/>
+      <c r="AA38" s="2"/>
+      <c r="AB38" s="2"/>
+      <c r="AC38" s="2"/>
+      <c r="AD38" s="2"/>
+      <c r="AE38" s="2"/>
+      <c r="AF38" s="2"/>
+      <c r="AG38" s="2"/>
+      <c r="AH38" s="2"/>
+      <c r="AI38" s="2"/>
+      <c r="AJ38" s="2"/>
+      <c r="AK38" s="2"/>
+      <c r="AL38" s="2"/>
+      <c r="AM38" s="2"/>
+      <c r="AN38" s="2"/>
+      <c r="AO38" s="2"/>
+      <c r="AP38" s="2"/>
+      <c r="AQ38" s="2"/>
+      <c r="AR38" s="2"/>
+      <c r="AS38" s="2"/>
+      <c r="AT38" s="2"/>
+      <c r="AU38" s="2"/>
+      <c r="AV38" s="2"/>
+      <c r="AW38" s="2"/>
+      <c r="AX38" s="2"/>
+      <c r="AY38" s="2"/>
+      <c r="AZ38" s="2"/>
+      <c r="BA38" s="2"/>
+      <c r="BB38" s="2"/>
+      <c r="BC38" s="2"/>
+      <c r="BD38" s="2"/>
+      <c r="BE38" s="2"/>
+      <c r="BF38" s="2"/>
+      <c r="BG38" s="2"/>
+      <c r="BH38" s="2"/>
+      <c r="BI38" s="2"/>
+      <c r="BJ38" s="2">
+        <v>398</v>
+      </c>
+      <c r="BK38" s="2">
+        <v>1870</v>
+      </c>
+      <c r="BL38" s="2">
+        <v>1397</v>
+      </c>
+      <c r="BM38" s="2">
+        <v>3300</v>
+      </c>
+      <c r="BN38" s="2">
+        <v>8800</v>
+      </c>
+      <c r="BO38" s="2">
+        <v>25000</v>
+      </c>
+      <c r="BP38" s="2">
+        <v>913</v>
+      </c>
+      <c r="BQ38" s="2">
+        <v>5381</v>
+      </c>
+      <c r="BR38" s="2">
+        <v>243</v>
+      </c>
+      <c r="BS38" s="2">
+        <v>4721</v>
+      </c>
+      <c r="BT38" s="2">
+        <v>1000</v>
+      </c>
+      <c r="BU38" s="2">
+        <v>2050</v>
+      </c>
+      <c r="BV38" s="2">
+        <v>1260</v>
+      </c>
+      <c r="BW38" s="2">
+        <v>3950</v>
+      </c>
+      <c r="BX38" s="2">
+        <v>4750</v>
+      </c>
+      <c r="BY38" s="2">
+        <v>4418</v>
+      </c>
+      <c r="BZ38" s="2"/>
+      <c r="CA38" s="2">
+        <v>4225</v>
+      </c>
+      <c r="CB38" s="33">
+        <v>3150</v>
+      </c>
+      <c r="CC38" s="2">
+        <v>6990</v>
+      </c>
+      <c r="CD38" s="15">
+        <v>5085</v>
+      </c>
+      <c r="CE38" s="15">
+        <v>6970</v>
+      </c>
+      <c r="CF38" s="15">
+        <v>3650</v>
+      </c>
+      <c r="CG38" s="15">
+        <v>4670</v>
+      </c>
     </row>
-    <row r="39" spans="1:81">
+    <row r="39" spans="1:85">
       <c r="A39" s="1" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E39" s="1"/>
       <c r="F39" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
       <c r="O39" s="3"/>
       <c r="P39" s="3"/>
       <c r="Q39" s="3"/>
       <c r="R39" s="3"/>
       <c r="S39" s="3"/>
       <c r="T39" s="3"/>
@@ -25546,114 +27893,128 @@
       <c r="AL39" s="3"/>
       <c r="AM39" s="3"/>
       <c r="AN39" s="3"/>
       <c r="AO39" s="3"/>
       <c r="AP39" s="3"/>
       <c r="AQ39" s="3"/>
       <c r="AR39" s="3"/>
       <c r="AS39" s="3"/>
       <c r="AT39" s="3"/>
       <c r="AU39" s="3"/>
       <c r="AV39" s="3"/>
       <c r="AW39" s="3"/>
       <c r="AX39" s="3"/>
       <c r="AY39" s="3"/>
       <c r="AZ39" s="3"/>
       <c r="BA39" s="3"/>
       <c r="BB39" s="3"/>
       <c r="BC39" s="3"/>
       <c r="BD39" s="3"/>
       <c r="BE39" s="3"/>
       <c r="BF39" s="3"/>
       <c r="BG39" s="3"/>
       <c r="BH39" s="3"/>
       <c r="BI39" s="3"/>
       <c r="BJ39" s="3">
-        <v>121.67</v>
+        <v>0</v>
       </c>
       <c r="BK39" s="3">
-        <v>194.03</v>
+        <v>1.58</v>
       </c>
       <c r="BL39" s="3">
-        <v>178.69</v>
+        <v>1.1299999999999999</v>
       </c>
       <c r="BM39" s="3">
-        <v>169.67</v>
+        <v>6.63</v>
       </c>
       <c r="BN39" s="3">
-        <v>51.98</v>
+        <v>11.96</v>
       </c>
       <c r="BO39" s="3">
-        <v>27.690000000000005</v>
+        <v>3.2600000000000002</v>
       </c>
       <c r="BP39" s="3">
-        <v>104.348</v>
+        <v>1.08</v>
       </c>
       <c r="BQ39" s="3">
-        <v>57.57</v>
+        <v>1.88</v>
       </c>
       <c r="BR39" s="3">
-        <v>94.269999999999982</v>
+        <v>0.16</v>
       </c>
       <c r="BS39" s="3">
-        <v>61.76</v>
+        <v>3.17</v>
       </c>
       <c r="BT39" s="3">
-        <v>95.800000000000011</v>
+        <v>2.74</v>
       </c>
       <c r="BU39" s="3">
-        <v>137.83000000000001</v>
+        <v>12.61</v>
       </c>
       <c r="BV39" s="3">
-        <v>233.34</v>
+        <v>6.71</v>
       </c>
       <c r="BW39" s="3">
-        <v>429.8</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="BX39" s="3">
-        <v>493.15</v>
+        <v>15.899999999999999</v>
       </c>
       <c r="BY39" s="3">
-        <v>441.9</v>
+        <v>5.7</v>
       </c>
       <c r="BZ39" s="3">
-        <v>612.79999999999995</v>
-[...2 lines deleted...]
-        <v>340.48</v>
+        <v>3.2</v>
+      </c>
+      <c r="CA39" s="3">
+        <v>3.51</v>
       </c>
       <c r="CB39" s="34">
-        <v>419.4</v>
-[...1 lines deleted...]
-      <c r="CC39" s="12"/>
+        <v>7.9</v>
+      </c>
+      <c r="CC39" s="3">
+        <v>7.21</v>
+      </c>
+      <c r="CD39" s="21">
+        <v>4.28</v>
+      </c>
+      <c r="CE39" s="20">
+        <v>1.97</v>
+      </c>
+      <c r="CF39" s="20">
+        <v>1.5</v>
+      </c>
+      <c r="CG39" s="20">
+        <v>0.6</v>
+      </c>
     </row>
-    <row r="40" spans="1:81">
+    <row r="40" spans="1:85">
       <c r="A40" s="1" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E40" s="1"/>
       <c r="F40" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
       <c r="M40" s="3"/>
       <c r="N40" s="3"/>
       <c r="O40" s="3"/>
       <c r="P40" s="3"/>
       <c r="Q40" s="3"/>
       <c r="R40" s="3"/>
       <c r="S40" s="3"/>
       <c r="T40" s="3"/>
@@ -25677,124 +28038,136 @@
       <c r="AL40" s="3"/>
       <c r="AM40" s="3"/>
       <c r="AN40" s="3"/>
       <c r="AO40" s="3"/>
       <c r="AP40" s="3"/>
       <c r="AQ40" s="3"/>
       <c r="AR40" s="3"/>
       <c r="AS40" s="3"/>
       <c r="AT40" s="3"/>
       <c r="AU40" s="3"/>
       <c r="AV40" s="3"/>
       <c r="AW40" s="3"/>
       <c r="AX40" s="3"/>
       <c r="AY40" s="3"/>
       <c r="AZ40" s="3"/>
       <c r="BA40" s="3"/>
       <c r="BB40" s="3"/>
       <c r="BC40" s="3"/>
       <c r="BD40" s="3"/>
       <c r="BE40" s="3"/>
       <c r="BF40" s="3"/>
       <c r="BG40" s="3"/>
       <c r="BH40" s="3"/>
       <c r="BI40" s="3"/>
       <c r="BJ40" s="3">
-        <v>121.67</v>
+        <v>0</v>
       </c>
       <c r="BK40" s="3">
-        <v>195.61</v>
+        <v>0</v>
       </c>
       <c r="BL40" s="3">
-        <v>179.82</v>
+        <v>0</v>
       </c>
       <c r="BM40" s="3">
-        <v>176.3</v>
+        <v>0</v>
       </c>
       <c r="BN40" s="3">
-        <v>63.94</v>
+        <v>0</v>
       </c>
       <c r="BO40" s="3">
-        <v>34.680000000000007</v>
+        <v>3.73</v>
       </c>
       <c r="BP40" s="3">
-        <v>105.428</v>
+        <v>0</v>
       </c>
       <c r="BQ40" s="3">
-        <v>59.45</v>
+        <v>0</v>
       </c>
       <c r="BR40" s="3">
-        <v>96.23</v>
+        <v>1.8</v>
       </c>
       <c r="BS40" s="3">
-        <v>67.13</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="BT40" s="3">
-        <v>98.54</v>
+        <v>0</v>
       </c>
       <c r="BU40" s="3">
-        <v>150.44</v>
+        <v>0</v>
       </c>
       <c r="BV40" s="3">
-        <v>242.94</v>
+        <v>2.89</v>
       </c>
       <c r="BW40" s="3">
-        <v>439.6</v>
+        <v>0</v>
       </c>
       <c r="BX40" s="3">
-        <v>509.71999999999997</v>
+        <v>0.66999999999999993</v>
       </c>
       <c r="BY40" s="3">
-        <v>447.59999999999997</v>
+        <v>0</v>
       </c>
       <c r="BZ40" s="3">
-        <v>616</v>
-[...7 lines deleted...]
-      <c r="CC40" s="12"/>
+        <v>0</v>
+      </c>
+      <c r="CA40" s="3">
+        <v>0</v>
+      </c>
+      <c r="CB40" s="33">
+        <v>0</v>
+      </c>
+      <c r="CC40" s="3">
+        <v>0</v>
+      </c>
+      <c r="CD40" s="42">
+        <v>0</v>
+      </c>
+      <c r="CE40" s="20">
+        <v>0</v>
+      </c>
+      <c r="CF40" s="20">
+        <v>0</v>
+      </c>
+      <c r="CG40" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="1:81">
+    <row r="41" spans="1:85">
       <c r="A41" s="1" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="E41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E41" s="1"/>
       <c r="F41" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
       <c r="Q41" s="3"/>
       <c r="R41" s="3"/>
       <c r="S41" s="3"/>
       <c r="T41" s="3"/>
       <c r="U41" s="3"/>
       <c r="V41" s="3"/>
       <c r="W41" s="3"/>
       <c r="X41" s="3"/>
       <c r="Y41" s="3"/>
       <c r="Z41" s="3"/>
       <c r="AA41" s="3"/>
       <c r="AB41" s="3"/>
@@ -25810,345 +28183,660 @@
       <c r="AL41" s="3"/>
       <c r="AM41" s="3"/>
       <c r="AN41" s="3"/>
       <c r="AO41" s="3"/>
       <c r="AP41" s="3"/>
       <c r="AQ41" s="3"/>
       <c r="AR41" s="3"/>
       <c r="AS41" s="3"/>
       <c r="AT41" s="3"/>
       <c r="AU41" s="3"/>
       <c r="AV41" s="3"/>
       <c r="AW41" s="3"/>
       <c r="AX41" s="3"/>
       <c r="AY41" s="3"/>
       <c r="AZ41" s="3"/>
       <c r="BA41" s="3"/>
       <c r="BB41" s="3"/>
       <c r="BC41" s="3"/>
       <c r="BD41" s="3"/>
       <c r="BE41" s="3"/>
       <c r="BF41" s="3"/>
       <c r="BG41" s="3"/>
       <c r="BH41" s="3"/>
       <c r="BI41" s="3"/>
       <c r="BJ41" s="3">
-        <v>632.42000000000007</v>
+        <v>121.67</v>
       </c>
       <c r="BK41" s="3">
-        <v>782.1</v>
+        <v>194.03</v>
       </c>
       <c r="BL41" s="3">
-        <v>644.53</v>
+        <v>178.69</v>
       </c>
       <c r="BM41" s="3">
-        <v>639.71</v>
+        <v>169.67</v>
       </c>
       <c r="BN41" s="3">
-        <v>594.31000000000006</v>
+        <v>51.98</v>
       </c>
       <c r="BO41" s="3">
-        <v>568.70000000000005</v>
+        <v>27.690000000000005</v>
       </c>
       <c r="BP41" s="3">
-        <v>340.5</v>
+        <v>104.348</v>
       </c>
       <c r="BQ41" s="3">
-        <v>461.8</v>
+        <v>57.57</v>
       </c>
       <c r="BR41" s="3">
-        <v>456.4</v>
+        <v>94.269999999999982</v>
       </c>
       <c r="BS41" s="3">
-        <v>432.78999999999996</v>
+        <v>61.76</v>
       </c>
       <c r="BT41" s="3">
-        <v>424</v>
+        <v>95.800000000000011</v>
       </c>
       <c r="BU41" s="3">
-        <v>423</v>
-[...9 lines deleted...]
-      <c r="CC41" s="12"/>
+        <v>137.83000000000001</v>
+      </c>
+      <c r="BV41" s="3">
+        <v>233.34</v>
+      </c>
+      <c r="BW41" s="3">
+        <v>429.8</v>
+      </c>
+      <c r="BX41" s="3">
+        <v>493.15</v>
+      </c>
+      <c r="BY41" s="3">
+        <v>441.9</v>
+      </c>
+      <c r="BZ41" s="3">
+        <v>612.79999999999995</v>
+      </c>
+      <c r="CA41" s="3">
+        <v>340.48</v>
+      </c>
+      <c r="CB41" s="34">
+        <v>419.4</v>
+      </c>
+      <c r="CC41" s="3">
+        <v>335.01</v>
+      </c>
+      <c r="CD41" s="20">
+        <v>301.47999999999996</v>
+      </c>
+      <c r="CE41" s="20">
+        <v>130.81</v>
+      </c>
+      <c r="CF41" s="20">
+        <v>0</v>
+      </c>
+      <c r="CG41" s="20">
+        <v>120.4</v>
+      </c>
     </row>
-    <row r="42" spans="1:81">
+    <row r="42" spans="1:85">
       <c r="A42" s="1" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="E42" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E42" s="1"/>
       <c r="F42" s="3" t="s">
         <v>166</v>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
       <c r="N42" s="3"/>
       <c r="O42" s="3"/>
       <c r="P42" s="3"/>
       <c r="Q42" s="3"/>
       <c r="R42" s="3"/>
       <c r="S42" s="3"/>
       <c r="T42" s="3"/>
       <c r="U42" s="3"/>
       <c r="V42" s="3"/>
       <c r="W42" s="3"/>
       <c r="X42" s="3"/>
       <c r="Y42" s="3"/>
       <c r="Z42" s="3"/>
       <c r="AA42" s="3"/>
       <c r="AB42" s="3"/>
       <c r="AC42" s="3"/>
       <c r="AD42" s="3"/>
       <c r="AE42" s="3"/>
       <c r="AF42" s="3"/>
-      <c r="AG42" s="2"/>
-[...28 lines deleted...]
-      <c r="BJ42" s="2">
+      <c r="AG42" s="3"/>
+      <c r="AH42" s="3"/>
+      <c r="AI42" s="3"/>
+      <c r="AJ42" s="3"/>
+      <c r="AK42" s="3"/>
+      <c r="AL42" s="3"/>
+      <c r="AM42" s="3"/>
+      <c r="AN42" s="3"/>
+      <c r="AO42" s="3"/>
+      <c r="AP42" s="3"/>
+      <c r="AQ42" s="3"/>
+      <c r="AR42" s="3"/>
+      <c r="AS42" s="3"/>
+      <c r="AT42" s="3"/>
+      <c r="AU42" s="3"/>
+      <c r="AV42" s="3"/>
+      <c r="AW42" s="3"/>
+      <c r="AX42" s="3"/>
+      <c r="AY42" s="3"/>
+      <c r="AZ42" s="3"/>
+      <c r="BA42" s="3"/>
+      <c r="BB42" s="3"/>
+      <c r="BC42" s="3"/>
+      <c r="BD42" s="3"/>
+      <c r="BE42" s="3"/>
+      <c r="BF42" s="3"/>
+      <c r="BG42" s="3"/>
+      <c r="BH42" s="3"/>
+      <c r="BI42" s="3"/>
+      <c r="BJ42" s="3">
+        <v>121.67</v>
+      </c>
+      <c r="BK42" s="3">
+        <v>195.61</v>
+      </c>
+      <c r="BL42" s="3">
+        <v>179.82</v>
+      </c>
+      <c r="BM42" s="3">
+        <v>176.3</v>
+      </c>
+      <c r="BN42" s="3">
+        <v>63.94</v>
+      </c>
+      <c r="BO42" s="3">
+        <v>34.680000000000007</v>
+      </c>
+      <c r="BP42" s="3">
+        <v>105.428</v>
+      </c>
+      <c r="BQ42" s="3">
+        <v>59.45</v>
+      </c>
+      <c r="BR42" s="3">
+        <v>96.23</v>
+      </c>
+      <c r="BS42" s="3">
+        <v>67.13</v>
+      </c>
+      <c r="BT42" s="3">
+        <v>98.54</v>
+      </c>
+      <c r="BU42" s="3">
+        <v>150.44</v>
+      </c>
+      <c r="BV42" s="3">
+        <v>242.94</v>
+      </c>
+      <c r="BW42" s="3">
+        <v>439.6</v>
+      </c>
+      <c r="BX42" s="3">
+        <v>509.71999999999997</v>
+      </c>
+      <c r="BY42" s="3">
+        <v>447.59999999999997</v>
+      </c>
+      <c r="BZ42" s="3">
+        <v>616</v>
+      </c>
+      <c r="CA42" s="3">
+        <v>344</v>
+      </c>
+      <c r="CB42" s="34">
+        <v>427.3</v>
+      </c>
+      <c r="CC42" s="3">
+        <v>342.25</v>
+      </c>
+      <c r="CD42" s="20">
+        <v>305.76</v>
+      </c>
+      <c r="CE42" s="20">
+        <v>132.78</v>
+      </c>
+      <c r="CF42" s="20">
+        <v>1.5</v>
+      </c>
+      <c r="CG42" s="20">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="43" spans="1:85">
+      <c r="A43" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="G43" s="3"/>
+      <c r="H43" s="3"/>
+      <c r="I43" s="3"/>
+      <c r="J43" s="3"/>
+      <c r="K43" s="3"/>
+      <c r="L43" s="3"/>
+      <c r="M43" s="3"/>
+      <c r="N43" s="3"/>
+      <c r="O43" s="3"/>
+      <c r="P43" s="3"/>
+      <c r="Q43" s="3"/>
+      <c r="R43" s="3"/>
+      <c r="S43" s="3"/>
+      <c r="T43" s="3"/>
+      <c r="U43" s="3"/>
+      <c r="V43" s="3"/>
+      <c r="W43" s="3"/>
+      <c r="X43" s="3"/>
+      <c r="Y43" s="3"/>
+      <c r="Z43" s="3"/>
+      <c r="AA43" s="3"/>
+      <c r="AB43" s="3"/>
+      <c r="AC43" s="3"/>
+      <c r="AD43" s="3"/>
+      <c r="AE43" s="3"/>
+      <c r="AF43" s="3"/>
+      <c r="AG43" s="3"/>
+      <c r="AH43" s="3"/>
+      <c r="AI43" s="3"/>
+      <c r="AJ43" s="3"/>
+      <c r="AK43" s="3"/>
+      <c r="AL43" s="3"/>
+      <c r="AM43" s="3"/>
+      <c r="AN43" s="3"/>
+      <c r="AO43" s="3"/>
+      <c r="AP43" s="3"/>
+      <c r="AQ43" s="3"/>
+      <c r="AR43" s="3"/>
+      <c r="AS43" s="3"/>
+      <c r="AT43" s="3"/>
+      <c r="AU43" s="3"/>
+      <c r="AV43" s="3"/>
+      <c r="AW43" s="3"/>
+      <c r="AX43" s="3"/>
+      <c r="AY43" s="3"/>
+      <c r="AZ43" s="3"/>
+      <c r="BA43" s="3"/>
+      <c r="BB43" s="3"/>
+      <c r="BC43" s="3"/>
+      <c r="BD43" s="3"/>
+      <c r="BE43" s="3"/>
+      <c r="BF43" s="3"/>
+      <c r="BG43" s="3"/>
+      <c r="BH43" s="3"/>
+      <c r="BI43" s="3"/>
+      <c r="BJ43" s="3">
+        <v>632.42000000000007</v>
+      </c>
+      <c r="BK43" s="3">
+        <v>782.1</v>
+      </c>
+      <c r="BL43" s="3">
+        <v>644.53</v>
+      </c>
+      <c r="BM43" s="3">
+        <v>639.71</v>
+      </c>
+      <c r="BN43" s="3">
+        <v>594.31000000000006</v>
+      </c>
+      <c r="BO43" s="3">
+        <v>568.70000000000005</v>
+      </c>
+      <c r="BP43" s="3">
+        <v>340.5</v>
+      </c>
+      <c r="BQ43" s="3">
+        <v>461.8</v>
+      </c>
+      <c r="BR43" s="3">
+        <v>456.4</v>
+      </c>
+      <c r="BS43" s="3">
+        <v>432.78999999999996</v>
+      </c>
+      <c r="BT43" s="3">
+        <v>424</v>
+      </c>
+      <c r="BU43" s="3">
+        <v>423</v>
+      </c>
+      <c r="BV43" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="BW43" s="3"/>
+      <c r="BX43" s="3"/>
+      <c r="BY43" s="3"/>
+      <c r="BZ43" s="3"/>
+      <c r="CA43" s="3"/>
+      <c r="CC43" s="3"/>
+      <c r="CD43" s="20"/>
+      <c r="CE43" s="20"/>
+      <c r="CF43" s="20"/>
+      <c r="CG43" s="20"/>
+    </row>
+    <row r="44" spans="1:85">
+      <c r="A44" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="G44" s="3"/>
+      <c r="H44" s="3"/>
+      <c r="I44" s="3"/>
+      <c r="J44" s="3"/>
+      <c r="K44" s="3"/>
+      <c r="L44" s="3"/>
+      <c r="M44" s="3"/>
+      <c r="N44" s="3"/>
+      <c r="O44" s="3"/>
+      <c r="P44" s="3"/>
+      <c r="Q44" s="3"/>
+      <c r="R44" s="3"/>
+      <c r="S44" s="3"/>
+      <c r="T44" s="3"/>
+      <c r="U44" s="3"/>
+      <c r="V44" s="3"/>
+      <c r="W44" s="3"/>
+      <c r="X44" s="3"/>
+      <c r="Y44" s="3"/>
+      <c r="Z44" s="3"/>
+      <c r="AA44" s="3"/>
+      <c r="AB44" s="3"/>
+      <c r="AC44" s="3"/>
+      <c r="AD44" s="3"/>
+      <c r="AE44" s="3"/>
+      <c r="AF44" s="3"/>
+      <c r="AG44" s="2"/>
+      <c r="AH44" s="2"/>
+      <c r="AI44" s="2"/>
+      <c r="AJ44" s="2"/>
+      <c r="AK44" s="2"/>
+      <c r="AL44" s="2"/>
+      <c r="AM44" s="2"/>
+      <c r="AN44" s="2"/>
+      <c r="AO44" s="2"/>
+      <c r="AP44" s="2"/>
+      <c r="AQ44" s="2"/>
+      <c r="AR44" s="2"/>
+      <c r="AS44" s="2"/>
+      <c r="AT44" s="2"/>
+      <c r="AU44" s="2"/>
+      <c r="AV44" s="2"/>
+      <c r="AW44" s="2"/>
+      <c r="AX44" s="2"/>
+      <c r="AY44" s="2"/>
+      <c r="AZ44" s="2"/>
+      <c r="BA44" s="2"/>
+      <c r="BB44" s="2"/>
+      <c r="BC44" s="2"/>
+      <c r="BD44" s="2"/>
+      <c r="BE44" s="2"/>
+      <c r="BF44" s="2"/>
+      <c r="BG44" s="2"/>
+      <c r="BH44" s="2"/>
+      <c r="BI44" s="2"/>
+      <c r="BJ44" s="2">
         <v>1216</v>
       </c>
-      <c r="BK42" s="2">
+      <c r="BK44" s="2">
         <v>924</v>
       </c>
-      <c r="BL42" s="2" t="s">
-[...2 lines deleted...]
-      <c r="BM42" s="2">
+      <c r="BL44" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="BM44" s="2">
         <v>791</v>
       </c>
-      <c r="BN42" s="2">
+      <c r="BN44" s="2">
         <v>643</v>
       </c>
-      <c r="BO42" s="2">
+      <c r="BO44" s="2">
         <v>526</v>
       </c>
-      <c r="BP42" s="2">
+      <c r="BP44" s="2">
         <v>465</v>
       </c>
-      <c r="BQ42" s="2">
+      <c r="BQ44" s="2">
         <v>421</v>
       </c>
-      <c r="BR42" s="2">
+      <c r="BR44" s="2">
         <v>498</v>
       </c>
-      <c r="BS42" s="2">
+      <c r="BS44" s="2">
         <v>384</v>
       </c>
-      <c r="BT42" s="2">
+      <c r="BT44" s="2">
         <v>334</v>
       </c>
-      <c r="BU42" s="2">
+      <c r="BU44" s="2">
         <v>421</v>
       </c>
-      <c r="BV42" s="2">
+      <c r="BV44" s="2">
         <v>445</v>
       </c>
-      <c r="BW42" s="2">
+      <c r="BW44" s="2">
         <v>440</v>
       </c>
-      <c r="BX42" s="2">
+      <c r="BX44" s="2">
         <v>440.8</v>
       </c>
-      <c r="BY42" s="2">
+      <c r="BY44" s="2">
         <v>440</v>
       </c>
-      <c r="BZ42" s="2">
+      <c r="BZ44" s="2">
         <v>440</v>
       </c>
-      <c r="CA42" s="2">
+      <c r="CA44" s="2">
         <v>432</v>
       </c>
-      <c r="CB42" s="34">
+      <c r="CB44" s="33">
         <v>432</v>
       </c>
-      <c r="CC42" s="12"/>
+      <c r="CC44" s="2">
+        <v>432</v>
+      </c>
+      <c r="CD44" s="15">
+        <v>432</v>
+      </c>
+      <c r="CE44" s="15">
+        <v>432</v>
+      </c>
+      <c r="CF44" s="15">
+        <v>432</v>
+      </c>
+      <c r="CG44" s="15">
+        <v>432</v>
+      </c>
     </row>
-    <row r="43" spans="1:81" s="12" customFormat="1">
-      <c r="A43" s="2" t="s">
+    <row r="45" spans="1:85" s="12" customFormat="1">
+      <c r="A45" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="B43" s="2" t="s">
+      <c r="B45" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C43" s="2" t="s">
+      <c r="C45" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="D43" s="2" t="s">
+      <c r="D45" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="E45" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="F43" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="G43" s="2"/>
-[...54 lines deleted...]
-      <c r="BJ43" s="2">
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+      <c r="I45" s="2"/>
+      <c r="J45" s="2"/>
+      <c r="K45" s="2"/>
+      <c r="L45" s="2"/>
+      <c r="M45" s="2"/>
+      <c r="N45" s="2"/>
+      <c r="O45" s="2"/>
+      <c r="P45" s="2"/>
+      <c r="Q45" s="2"/>
+      <c r="R45" s="2"/>
+      <c r="S45" s="2"/>
+      <c r="T45" s="2"/>
+      <c r="U45" s="2"/>
+      <c r="V45" s="2"/>
+      <c r="W45" s="2"/>
+      <c r="X45" s="2"/>
+      <c r="Y45" s="2"/>
+      <c r="Z45" s="2"/>
+      <c r="AA45" s="2"/>
+      <c r="AB45" s="2"/>
+      <c r="AC45" s="2"/>
+      <c r="AD45" s="2"/>
+      <c r="AE45" s="2"/>
+      <c r="AF45" s="2"/>
+      <c r="AG45" s="2"/>
+      <c r="AH45" s="2"/>
+      <c r="AI45" s="2"/>
+      <c r="AJ45" s="2"/>
+      <c r="AK45" s="2"/>
+      <c r="AL45" s="2"/>
+      <c r="AM45" s="2"/>
+      <c r="AN45" s="2"/>
+      <c r="AO45" s="2"/>
+      <c r="AP45" s="2"/>
+      <c r="AQ45" s="2"/>
+      <c r="AR45" s="2"/>
+      <c r="AS45" s="2"/>
+      <c r="AT45" s="2"/>
+      <c r="AU45" s="2"/>
+      <c r="AV45" s="2"/>
+      <c r="AW45" s="2"/>
+      <c r="AX45" s="2"/>
+      <c r="AY45" s="2"/>
+      <c r="AZ45" s="2"/>
+      <c r="BA45" s="2"/>
+      <c r="BB45" s="2"/>
+      <c r="BC45" s="2"/>
+      <c r="BD45" s="2"/>
+      <c r="BE45" s="2"/>
+      <c r="BF45" s="2"/>
+      <c r="BG45" s="2"/>
+      <c r="BH45" s="2"/>
+      <c r="BI45" s="2"/>
+      <c r="BJ45" s="2">
         <v>18813</v>
       </c>
-      <c r="BK43" s="2">
+      <c r="BK45" s="2">
         <v>22708.58</v>
       </c>
-      <c r="BL43" s="2">
+      <c r="BL45" s="2">
         <v>19965.350000000002</v>
       </c>
-      <c r="BM43" s="2">
+      <c r="BM45" s="2">
         <v>19932.849999999999</v>
       </c>
-      <c r="BN43" s="2">
+      <c r="BN45" s="2">
         <v>18136.48</v>
       </c>
-      <c r="BO43" s="2">
+      <c r="BO45" s="2">
         <v>15611.470000000001</v>
       </c>
-      <c r="BP43" s="2">
+      <c r="BP45" s="2">
         <v>18146</v>
       </c>
-      <c r="BQ43" s="2">
+      <c r="BQ45" s="2">
         <v>24631</v>
       </c>
-      <c r="BR43" s="2">
+      <c r="BR45" s="2">
         <v>31035.199999999997</v>
       </c>
-      <c r="BS43" s="2">
+      <c r="BS45" s="2">
         <v>29429.719999999998</v>
       </c>
-      <c r="BT43" s="2">
+      <c r="BT45" s="2">
         <v>37736</v>
       </c>
-      <c r="BU43" s="2">
+      <c r="BU45" s="2">
         <v>36547</v>
       </c>
-      <c r="BV43" s="2"/>
-[...5 lines deleted...]
-      <c r="CB43" s="34"/>
+      <c r="BV45" s="2"/>
+      <c r="BW45" s="2"/>
+      <c r="BX45" s="2"/>
+      <c r="BY45" s="2"/>
+      <c r="BZ45" s="2"/>
+      <c r="CA45" s="13"/>
+      <c r="CB45" s="33"/>
+      <c r="CC45" s="2"/>
+      <c r="CD45" s="15"/>
+      <c r="CE45" s="15"/>
+      <c r="CF45" s="15"/>
+      <c r="CG45" s="15"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FA7CC9C01A01214D806DA3AF257C230A" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9356f25f0898e190126f25044d1ea66b">
@@ -26288,58 +28976,58 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5628E60-4119-4C45-9E63-54031181C770}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FF3B905-4198-4AEA-B5BD-D71E0CB5CC90}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FCD7527-8B6A-47A8-9364-9882B9B714CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>