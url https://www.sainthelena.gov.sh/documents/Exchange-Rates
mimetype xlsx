--- v0 (2025-12-15)
+++ v1 (2026-03-15)
@@ -14,67 +14,67 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\Corporate Services\Corporate Policy &amp; Planning\Statistics\Databanks\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9735"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9384"/>
   </bookViews>
   <sheets>
     <sheet name="About" sheetId="46" r:id="rId1"/>
     <sheet name="Month" sheetId="52" r:id="rId2"/>
     <sheet name="Quarter" sheetId="50" r:id="rId3"/>
     <sheet name="Annual" sheetId="51" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="About">About!$A:$H</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="848" uniqueCount="810">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="879" uniqueCount="841">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>Exchange rate: South African Rand</t>
   </si>
   <si>
     <t>Exchange rate: Euro</t>
   </si>
   <si>
     <t>Exchange rate: US Dollar</t>
   </si>
   <si>
     <t>The St Helena Pound is at par with UK Sterling</t>
   </si>
   <si>
@@ -2460,51 +2460,144 @@
   <si>
     <t>2023, 09</t>
   </si>
   <si>
     <t>2023, 3</t>
   </si>
   <si>
     <t>2023, 10</t>
   </si>
   <si>
     <t>2023, 11</t>
   </si>
   <si>
     <t>2023, 12</t>
   </si>
   <si>
     <t>2023, 4</t>
   </si>
   <si>
     <t>2024, 01</t>
   </si>
   <si>
     <t>2024, 02</t>
   </si>
   <si>
-    <t>This file was last updated on 18 March 2024</t>
+    <t>2024, 03</t>
+  </si>
+  <si>
+    <t>2024, 1</t>
+  </si>
+  <si>
+    <t>2024, 04</t>
+  </si>
+  <si>
+    <t>2024, 05</t>
+  </si>
+  <si>
+    <t>2024, 06</t>
+  </si>
+  <si>
+    <t>2024, 2</t>
+  </si>
+  <si>
+    <t>2024, 07</t>
+  </si>
+  <si>
+    <t>2024, 08</t>
+  </si>
+  <si>
+    <t>2024, 09</t>
+  </si>
+  <si>
+    <t>2024, 3</t>
+  </si>
+  <si>
+    <t>2024, 10</t>
+  </si>
+  <si>
+    <t>2024, 11</t>
+  </si>
+  <si>
+    <t>2024, 12</t>
+  </si>
+  <si>
+    <t>2024, 4</t>
+  </si>
+  <si>
+    <t>2025, 01</t>
+  </si>
+  <si>
+    <t>2025, 02</t>
+  </si>
+  <si>
+    <t>2025, 03</t>
+  </si>
+  <si>
+    <t>2025, 1</t>
+  </si>
+  <si>
+    <t>2025, 04</t>
+  </si>
+  <si>
+    <t>2025, 05</t>
+  </si>
+  <si>
+    <t>2025, 2</t>
+  </si>
+  <si>
+    <t>2025, 06</t>
+  </si>
+  <si>
+    <t>2025, 07</t>
+  </si>
+  <si>
+    <t>2025, 08</t>
+  </si>
+  <si>
+    <t>2025, 09</t>
+  </si>
+  <si>
+    <t>2025, 3</t>
+  </si>
+  <si>
+    <t>2025, 10</t>
+  </si>
+  <si>
+    <t>2025, 11</t>
+  </si>
+  <si>
+    <t>2025, 12</t>
+  </si>
+  <si>
+    <t>2025, 4</t>
+  </si>
+  <si>
+    <t>2026, 01</t>
+  </si>
+  <si>
+    <t>This file was last updated on February 03, 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_)_£_ ;_ * \(#,##0.00\)_£_ ;_ * &quot;-&quot;??_)_£_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="0.000"/>
     <numFmt numFmtId="166" formatCode="#,##0.0000"/>
     <numFmt numFmtId="167" formatCode="0.0000"/>
   </numFmts>
   <fonts count="39">
     <font>
       <sz val="12"/>
       <name val="Arial MT"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -3760,173 +3853,173 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomRight" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="116.77734375" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="116.81640625" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="116.77734375" style="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="116.77734375" style="1"/>
+    <col min="1" max="1" width="116.81640625" style="1"/>
+    <col min="2" max="2" width="116.81640625" style="2"/>
+    <col min="3" max="16384" width="116.81640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="90">
+    <row r="1" spans="1:7" ht="86.4">
       <c r="A1" s="13" t="s">
         <v>783</v>
       </c>
       <c r="D1" s="3"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="13"/>
       <c r="D2" s="3"/>
       <c r="G2" s="2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="24" t="s">
-        <v>809</v>
+        <v>840</v>
       </c>
       <c r="B3" s="5"/>
     </row>
     <row r="4" spans="1:7">
       <c r="B4" s="7"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="4"/>
       <c r="B5" s="5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="4"/>
       <c r="B6" s="5"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="6"/>
       <c r="B7" s="7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="4"/>
       <c r="B8" s="5"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4"/>
       <c r="B9" s="5"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="6"/>
       <c r="B10" s="7"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4"/>
       <c r="B11" s="5"/>
     </row>
   </sheetData>
   <sortState ref="A2:H76">
     <sortCondition ref="A2:A76"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:VW4"/>
+  <dimension ref="A1:WT4"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="VH2" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="2" ySplit="1" topLeftCell="WH2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="VW2" sqref="VW2"/>
+      <selection pane="bottomRight" activeCell="WL24" sqref="WL24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="14" style="8" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="24.44140625" style="8" bestFit="1" customWidth="1"/>
-[...23 lines deleted...]
-    <col min="594" max="16384" width="8.88671875" style="8"/>
+    <col min="2" max="2" width="24.453125" style="8" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.6328125" style="8" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.6328125" style="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="32.54296875" style="8" bestFit="1" customWidth="1"/>
+    <col min="6" max="533" width="8.90625" style="8"/>
+    <col min="534" max="534" width="8.90625" style="18"/>
+    <col min="535" max="536" width="8.90625" style="8"/>
+    <col min="537" max="539" width="8.90625" style="18"/>
+    <col min="540" max="540" width="8.90625" style="8"/>
+    <col min="541" max="546" width="8.90625" style="18"/>
+    <col min="547" max="548" width="8.90625" style="8"/>
+    <col min="549" max="549" width="8.90625" style="18"/>
+    <col min="550" max="550" width="8.90625" style="8"/>
+    <col min="551" max="560" width="8.90625" style="18"/>
+    <col min="561" max="562" width="8.90625" style="8"/>
+    <col min="563" max="563" width="8.90625" style="22"/>
+    <col min="564" max="568" width="8.90625" style="18"/>
+    <col min="569" max="570" width="8.90625" style="8"/>
+    <col min="571" max="571" width="8.90625" style="22"/>
+    <col min="572" max="572" width="8.90625" style="8"/>
+    <col min="573" max="586" width="8.90625" style="18"/>
+    <col min="587" max="591" width="8.90625" style="8"/>
+    <col min="592" max="592" width="7.453125" style="8" customWidth="1"/>
+    <col min="593" max="593" width="7.54296875" style="8" customWidth="1"/>
+    <col min="594" max="16384" width="8.90625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:595" s="11" customFormat="1">
+    <row r="1" spans="1:618" s="16" customFormat="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>193</v>
       </c>
-      <c r="C1" s="12" t="s">
+      <c r="C1" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="12" t="s">
+      <c r="D1" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="12" t="s">
+      <c r="E1" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="16" t="s">
         <v>195</v>
       </c>
       <c r="G1" s="16" t="s">
         <v>196</v>
       </c>
       <c r="H1" s="16" t="s">
         <v>197</v>
       </c>
       <c r="I1" s="16" t="s">
         <v>198</v>
       </c>
       <c r="J1" s="16" t="s">
         <v>199</v>
       </c>
       <c r="K1" s="16" t="s">
         <v>200</v>
       </c>
       <c r="L1" s="16" t="s">
         <v>201</v>
       </c>
       <c r="M1" s="16" t="s">
         <v>202</v>
@@ -5655,52 +5748,121 @@
       </c>
       <c r="VP1" s="16" t="s">
         <v>799</v>
       </c>
       <c r="VQ1" s="16" t="s">
         <v>800</v>
       </c>
       <c r="VR1" s="16" t="s">
         <v>801</v>
       </c>
       <c r="VS1" s="16" t="s">
         <v>803</v>
       </c>
       <c r="VT1" s="16" t="s">
         <v>804</v>
       </c>
       <c r="VU1" s="16" t="s">
         <v>805</v>
       </c>
       <c r="VV1" s="16" t="s">
         <v>807</v>
       </c>
       <c r="VW1" s="16" t="s">
         <v>808</v>
       </c>
+      <c r="VX1" s="16" t="s">
+        <v>809</v>
+      </c>
+      <c r="VY1" s="16" t="s">
+        <v>811</v>
+      </c>
+      <c r="VZ1" s="16" t="s">
+        <v>812</v>
+      </c>
+      <c r="WA1" s="16" t="s">
+        <v>813</v>
+      </c>
+      <c r="WB1" s="16" t="s">
+        <v>815</v>
+      </c>
+      <c r="WC1" s="16" t="s">
+        <v>816</v>
+      </c>
+      <c r="WD1" s="16" t="s">
+        <v>817</v>
+      </c>
+      <c r="WE1" s="16" t="s">
+        <v>819</v>
+      </c>
+      <c r="WF1" s="16" t="s">
+        <v>820</v>
+      </c>
+      <c r="WG1" s="16" t="s">
+        <v>821</v>
+      </c>
+      <c r="WH1" s="16" t="s">
+        <v>823</v>
+      </c>
+      <c r="WI1" s="16" t="s">
+        <v>824</v>
+      </c>
+      <c r="WJ1" s="16" t="s">
+        <v>825</v>
+      </c>
+      <c r="WK1" s="16" t="s">
+        <v>827</v>
+      </c>
+      <c r="WL1" s="16" t="s">
+        <v>828</v>
+      </c>
+      <c r="WM1" s="16" t="s">
+        <v>830</v>
+      </c>
+      <c r="WN1" s="16" t="s">
+        <v>831</v>
+      </c>
+      <c r="WO1" s="16" t="s">
+        <v>832</v>
+      </c>
+      <c r="WP1" s="16" t="s">
+        <v>833</v>
+      </c>
+      <c r="WQ1" s="16" t="s">
+        <v>835</v>
+      </c>
+      <c r="WR1" s="16" t="s">
+        <v>836</v>
+      </c>
+      <c r="WS1" s="16" t="s">
+        <v>837</v>
+      </c>
+      <c r="WT1" s="16" t="s">
+        <v>839</v>
+      </c>
     </row>
-    <row r="2" spans="1:595">
+    <row r="2" spans="1:618">
       <c r="A2" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>192</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="14">
         <v>1.6213</v>
       </c>
       <c r="G2" s="14">
         <v>1.6234</v>
       </c>
       <c r="H2" s="14">
         <v>1.6233</v>
       </c>
       <c r="I2" s="14">
@@ -7442,52 +7604,121 @@
       </c>
       <c r="VP2" s="8">
         <v>23.404900000000001</v>
       </c>
       <c r="VQ2" s="8">
         <v>23.866499999999998</v>
       </c>
       <c r="VR2" s="8">
         <v>23.5078</v>
       </c>
       <c r="VS2" s="8">
         <v>23.175699999999999</v>
       </c>
       <c r="VT2" s="8">
         <v>23.062000000000001</v>
       </c>
       <c r="VU2" s="8">
         <v>23.573899999999998</v>
       </c>
       <c r="VV2" s="8">
         <v>23.884699999999999</v>
       </c>
       <c r="VW2" s="8">
         <v>24.0121</v>
       </c>
+      <c r="VX2" s="8">
+        <v>23.9619</v>
+      </c>
+      <c r="VY2" s="8">
+        <v>23.633600000000001</v>
+      </c>
+      <c r="VZ2" s="8">
+        <v>23.262499999999999</v>
+      </c>
+      <c r="WA2" s="8">
+        <v>23.411899999999999</v>
+      </c>
+      <c r="WB2" s="8">
+        <v>23.467500000000001</v>
+      </c>
+      <c r="WC2" s="8">
+        <v>23.346299999999999</v>
+      </c>
+      <c r="WD2" s="8">
+        <v>23.270099999999999</v>
+      </c>
+      <c r="WE2" s="8">
+        <v>22.9452</v>
+      </c>
+      <c r="WF2" s="8">
+        <v>22.8687</v>
+      </c>
+      <c r="WG2" s="8">
+        <v>23.013000000000002</v>
+      </c>
+      <c r="WH2" s="8">
+        <v>23.105799999999999</v>
+      </c>
+      <c r="WI2" s="8">
+        <v>23.1633</v>
+      </c>
+      <c r="WJ2" s="8">
+        <v>23.590599999999998</v>
+      </c>
+      <c r="WK2" s="8">
+        <v>24.843299999999999</v>
+      </c>
+      <c r="WL2" s="8">
+        <v>24.219899999999999</v>
+      </c>
+      <c r="WM2" s="8">
+        <v>24.198</v>
+      </c>
+      <c r="WN2" s="8">
+        <v>23.973600000000001</v>
+      </c>
+      <c r="WO2" s="8">
+        <v>23.829499999999999</v>
+      </c>
+      <c r="WP2" s="8">
+        <v>23.5472</v>
+      </c>
+      <c r="WQ2" s="8">
+        <v>23.060600000000001</v>
+      </c>
+      <c r="WR2" s="8">
+        <v>22.6449</v>
+      </c>
+      <c r="WS2" s="8">
+        <v>22.539300000000001</v>
+      </c>
+      <c r="WT2" s="8">
+        <v>22.0093</v>
+      </c>
     </row>
-    <row r="3" spans="1:595">
+    <row r="3" spans="1:618">
       <c r="A3" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>192</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="14"/>
       <c r="G3" s="14"/>
       <c r="H3" s="14"/>
       <c r="I3" s="14"/>
       <c r="J3" s="14"/>
       <c r="K3" s="14"/>
       <c r="L3" s="14"/>
       <c r="M3" s="14"/>
       <c r="N3" s="14"/>
       <c r="O3" s="14"/>
@@ -8653,52 +8884,121 @@
       </c>
       <c r="VP3" s="8">
         <v>1.1651</v>
       </c>
       <c r="VQ3" s="8">
         <v>1.1642999999999999</v>
       </c>
       <c r="VR3" s="8">
         <v>1.1605000000000001</v>
       </c>
       <c r="VS3" s="8">
         <v>1.1523000000000001</v>
       </c>
       <c r="VT3" s="8">
         <v>1.1492</v>
       </c>
       <c r="VU3" s="8">
         <v>1.1604000000000001</v>
       </c>
       <c r="VV3" s="8">
         <v>1.1653</v>
       </c>
       <c r="VW3" s="8">
         <v>1.1701999999999999</v>
       </c>
+      <c r="VX3" s="8">
+        <v>1.1693</v>
+      </c>
+      <c r="VY3" s="8">
+        <v>1.1671</v>
+      </c>
+      <c r="VZ3" s="8">
+        <v>1.1685000000000001</v>
+      </c>
+      <c r="WA3" s="8">
+        <v>1.1811</v>
+      </c>
+      <c r="WB3" s="8">
+        <v>1.1859999999999999</v>
+      </c>
+      <c r="WC3" s="8">
+        <v>1.1740999999999999</v>
+      </c>
+      <c r="WD3" s="8">
+        <v>1.1902999999999999</v>
+      </c>
+      <c r="WE3" s="8">
+        <v>1.1972</v>
+      </c>
+      <c r="WF3" s="8">
+        <v>1.1998</v>
+      </c>
+      <c r="WG3" s="8">
+        <v>1.2079</v>
+      </c>
+      <c r="WH3" s="8">
+        <v>1.1920999999999999</v>
+      </c>
+      <c r="WI3" s="8">
+        <v>1.2039</v>
+      </c>
+      <c r="WJ3" s="8">
+        <v>1.1940999999999999</v>
+      </c>
+      <c r="WK3" s="8">
+        <v>1.1709000000000001</v>
+      </c>
+      <c r="WL3" s="8">
+        <v>1.1852</v>
+      </c>
+      <c r="WM3" s="8">
+        <v>1.1768000000000001</v>
+      </c>
+      <c r="WN3" s="8">
+        <v>1.1558999999999999</v>
+      </c>
+      <c r="WO3" s="8">
+        <v>1.155</v>
+      </c>
+      <c r="WP3" s="8">
+        <v>1.1506000000000001</v>
+      </c>
+      <c r="WQ3" s="8">
+        <v>1.1473</v>
+      </c>
+      <c r="WR3" s="8">
+        <v>1.1368</v>
+      </c>
+      <c r="WS3" s="8">
+        <v>1.1429</v>
+      </c>
+      <c r="WT3" s="8">
+        <v>1.1523000000000001</v>
+      </c>
     </row>
-    <row r="4" spans="1:595">
+    <row r="4" spans="1:618">
       <c r="A4" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>192</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="14">
         <v>2.3626</v>
       </c>
       <c r="G4" s="14">
         <v>2.395</v>
       </c>
       <c r="H4" s="14">
         <v>2.4194</v>
       </c>
       <c r="I4" s="14">
@@ -10439,92 +10739,161 @@
         <v>1.2630999999999999</v>
       </c>
       <c r="VP4" s="8">
         <v>1.2881</v>
       </c>
       <c r="VQ4" s="8">
         <v>1.2706999999999999</v>
       </c>
       <c r="VR4" s="8">
         <v>1.2388999999999999</v>
       </c>
       <c r="VS4" s="8">
         <v>1.2168000000000001</v>
       </c>
       <c r="VT4" s="8">
         <v>1.2430000000000001</v>
       </c>
       <c r="VU4" s="8">
         <v>1.2653000000000001</v>
       </c>
       <c r="VV4" s="8">
         <v>1.2701</v>
       </c>
       <c r="VW4" s="8">
         <v>1.2622</v>
+      </c>
+      <c r="VX4" s="8">
+        <v>1.2716000000000001</v>
+      </c>
+      <c r="VY4" s="8">
+        <v>1.2512000000000001</v>
+      </c>
+      <c r="VZ4" s="8">
+        <v>1.2634000000000001</v>
+      </c>
+      <c r="WA4" s="8">
+        <v>1.2709999999999999</v>
+      </c>
+      <c r="WB4" s="8">
+        <v>1.2863</v>
+      </c>
+      <c r="WC4" s="8">
+        <v>1.2932999999999999</v>
+      </c>
+      <c r="WD4" s="8">
+        <v>1.3217000000000001</v>
+      </c>
+      <c r="WE4" s="8">
+        <v>1.3045</v>
+      </c>
+      <c r="WF4" s="8">
+        <v>1.2749999999999999</v>
+      </c>
+      <c r="WG4" s="8">
+        <v>1.2646999999999999</v>
+      </c>
+      <c r="WH4" s="8">
+        <v>1.2347999999999999</v>
+      </c>
+      <c r="WI4" s="8">
+        <v>1.2544999999999999</v>
+      </c>
+      <c r="WJ4" s="8">
+        <v>1.2910999999999999</v>
+      </c>
+      <c r="WK4" s="8">
+        <v>1.3130999999999999</v>
+      </c>
+      <c r="WL4" s="8">
+        <v>1.3366</v>
+      </c>
+      <c r="WM4" s="8">
+        <v>1.3566</v>
+      </c>
+      <c r="WN4" s="8">
+        <v>1.3492</v>
+      </c>
+      <c r="WO4" s="8">
+        <v>1.345</v>
+      </c>
+      <c r="WP4" s="8">
+        <v>1.3505</v>
+      </c>
+      <c r="WQ4" s="8">
+        <v>1.3351</v>
+      </c>
+      <c r="WR4" s="8">
+        <v>1.3143</v>
+      </c>
+      <c r="WS4" s="8">
+        <v>1.3384</v>
+      </c>
+      <c r="WT4" s="8">
+        <v>1.3527</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:GS4"/>
+  <dimension ref="A1:HA4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="GE2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="GN2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="GS1" sqref="GS1"/>
+      <selection pane="bottomRight" activeCell="HA3" sqref="HA3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="13.77734375" style="9" bestFit="1" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="199" max="16384" width="8.88671875" style="9"/>
+    <col min="1" max="1" width="13.81640625" style="9" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="24.453125" style="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.6328125" style="9" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.6328125" style="9" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="32.54296875" style="9" bestFit="1" customWidth="1"/>
+    <col min="6" max="181" width="8.90625" style="9"/>
+    <col min="182" max="185" width="8.90625" style="18"/>
+    <col min="186" max="186" width="8.90625" style="9"/>
+    <col min="187" max="187" width="8.90625" style="18"/>
+    <col min="188" max="190" width="8.90625" style="9"/>
+    <col min="191" max="191" width="8.90625" style="23"/>
+    <col min="192" max="192" width="8.90625" style="18"/>
+    <col min="193" max="194" width="8.90625" style="9"/>
+    <col min="195" max="195" width="8.90625" style="18"/>
+    <col min="196" max="196" width="8.90625" style="9"/>
+    <col min="197" max="197" width="8.90625" style="18"/>
+    <col min="198" max="198" width="8.90625" style="18" customWidth="1"/>
+    <col min="199" max="16384" width="8.90625" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:201" s="10" customFormat="1">
+    <row r="1" spans="1:209" s="10" customFormat="1">
       <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>193</v>
       </c>
       <c r="C1" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="16" t="s">
         <v>19</v>
       </c>
       <c r="G1" s="16" t="s">
         <v>20</v>
       </c>
       <c r="H1" s="16" t="s">
         <v>21</v>
       </c>
       <c r="I1" s="16" t="s">
@@ -11084,52 +11453,76 @@
       </c>
       <c r="GL1" s="16" t="s">
         <v>777</v>
       </c>
       <c r="GM1" s="16" t="s">
         <v>781</v>
       </c>
       <c r="GN1" s="16" t="s">
         <v>786</v>
       </c>
       <c r="GO1" s="16" t="s">
         <v>790</v>
       </c>
       <c r="GP1" s="16" t="s">
         <v>794</v>
       </c>
       <c r="GQ1" s="16" t="s">
         <v>798</v>
       </c>
       <c r="GR1" s="16" t="s">
         <v>802</v>
       </c>
       <c r="GS1" s="16" t="s">
         <v>806</v>
       </c>
+      <c r="GT1" s="16" t="s">
+        <v>810</v>
+      </c>
+      <c r="GU1" s="16" t="s">
+        <v>814</v>
+      </c>
+      <c r="GV1" s="16" t="s">
+        <v>818</v>
+      </c>
+      <c r="GW1" s="16" t="s">
+        <v>822</v>
+      </c>
+      <c r="GX1" s="16" t="s">
+        <v>826</v>
+      </c>
+      <c r="GY1" s="16" t="s">
+        <v>829</v>
+      </c>
+      <c r="GZ1" s="16" t="s">
+        <v>834</v>
+      </c>
+      <c r="HA1" s="16" t="s">
+        <v>838</v>
+      </c>
     </row>
-    <row r="2" spans="1:201">
+    <row r="2" spans="1:209">
       <c r="A2" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>194</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="15">
         <v>1.6233</v>
       </c>
       <c r="G2" s="15">
         <v>1.5851</v>
       </c>
       <c r="H2" s="15">
         <v>1.5549999999999999</v>
       </c>
       <c r="I2" s="15">
@@ -11689,52 +12082,76 @@
       </c>
       <c r="GL2" s="9">
         <v>20.390799999999999</v>
       </c>
       <c r="GM2" s="18">
         <v>19.584700000000002</v>
       </c>
       <c r="GN2" s="9">
         <v>20.039400000000001</v>
       </c>
       <c r="GO2" s="18">
         <v>20.667200000000001</v>
       </c>
       <c r="GP2" s="18">
         <v>21.596399999999999</v>
       </c>
       <c r="GQ2" s="9">
         <v>23.398099999999999</v>
       </c>
       <c r="GR2" s="9">
         <v>23.597300000000001</v>
       </c>
       <c r="GS2" s="9">
         <v>23.2561</v>
       </c>
+      <c r="GT2" s="9">
+        <v>23.951699999999999</v>
+      </c>
+      <c r="GU2" s="9">
+        <v>23.436399999999999</v>
+      </c>
+      <c r="GV2" s="9">
+        <v>23.364599999999999</v>
+      </c>
+      <c r="GW2" s="9">
+        <v>22.941199999999998</v>
+      </c>
+      <c r="GX2" s="9">
+        <v>23.285599999999999</v>
+      </c>
+      <c r="GY2" s="9">
+        <v>24.416799999999999</v>
+      </c>
+      <c r="GZ2" s="9">
+        <v>23.7849</v>
+      </c>
+      <c r="HA2" s="9">
+        <v>22.759699999999999</v>
+      </c>
     </row>
-    <row r="3" spans="1:201">
+    <row r="3" spans="1:209">
       <c r="A3" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>194</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="15"/>
       <c r="G3" s="15"/>
       <c r="H3" s="15"/>
       <c r="I3" s="15"/>
       <c r="J3" s="15"/>
       <c r="K3" s="15"/>
       <c r="L3" s="15"/>
       <c r="M3" s="15"/>
       <c r="N3" s="15"/>
       <c r="O3" s="15"/>
@@ -12102,52 +12519,76 @@
       </c>
       <c r="GL3" s="9">
         <v>1.1954</v>
       </c>
       <c r="GM3" s="18">
         <v>1.1785000000000001</v>
       </c>
       <c r="GN3" s="9">
         <v>1.1688000000000001</v>
       </c>
       <c r="GO3" s="18">
         <v>1.1504000000000001</v>
       </c>
       <c r="GP3" s="18">
         <v>1.1325000000000001</v>
       </c>
       <c r="GQ3" s="9">
         <v>1.1507000000000001</v>
       </c>
       <c r="GR3" s="9">
         <v>1.1633</v>
       </c>
       <c r="GS3" s="9">
         <v>1.1536999999999999</v>
       </c>
+      <c r="GT3" s="9">
+        <v>1.1681999999999999</v>
+      </c>
+      <c r="GU3" s="9">
+        <v>1.1720999999999999</v>
+      </c>
+      <c r="GV3" s="9">
+        <v>1.1835</v>
+      </c>
+      <c r="GW3" s="9">
+        <v>1.2014</v>
+      </c>
+      <c r="GX3" s="9">
+        <v>1.1964999999999999</v>
+      </c>
+      <c r="GY3" s="9">
+        <v>1.1776</v>
+      </c>
+      <c r="GZ3" s="9">
+        <v>1.1537999999999999</v>
+      </c>
+      <c r="HA3" s="9">
+        <v>1.1426000000000001</v>
+      </c>
     </row>
-    <row r="4" spans="1:201">
+    <row r="4" spans="1:209">
       <c r="A4" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>194</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="15">
         <v>2.4194</v>
       </c>
       <c r="G4" s="15">
         <v>2.3249</v>
       </c>
       <c r="H4" s="15">
         <v>2.1295999999999999</v>
       </c>
       <c r="I4" s="15">
@@ -12706,83 +13147,107 @@
         <v>1.3481000000000001</v>
       </c>
       <c r="GL4" s="9">
         <v>1.3411999999999999</v>
       </c>
       <c r="GM4" s="18">
         <v>1.2542</v>
       </c>
       <c r="GN4" s="9">
         <v>1.1775</v>
       </c>
       <c r="GO4" s="18">
         <v>1.1738</v>
       </c>
       <c r="GP4" s="18">
         <v>1.2152000000000001</v>
       </c>
       <c r="GQ4" s="9">
         <v>1.2524999999999999</v>
       </c>
       <c r="GR4" s="9">
         <v>1.266</v>
       </c>
       <c r="GS4" s="9">
         <v>1.2404999999999999</v>
+      </c>
+      <c r="GT4" s="9">
+        <v>1.268</v>
+      </c>
+      <c r="GU4" s="9">
+        <v>1.2617</v>
+      </c>
+      <c r="GV4" s="9">
+        <v>1.3</v>
+      </c>
+      <c r="GW4" s="9">
+        <v>1.2824</v>
+      </c>
+      <c r="GX4" s="9">
+        <v>1.2598</v>
+      </c>
+      <c r="GY4" s="9">
+        <v>1.3358000000000001</v>
+      </c>
+      <c r="GZ4" s="9">
+        <v>1.3483000000000001</v>
+      </c>
+      <c r="HA4" s="9">
+        <v>1.3297000000000001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:BB4"/>
+  <dimension ref="A1:BD4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="AJ2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="AQ2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="BB1" sqref="BB1"/>
+      <selection pane="bottomRight" activeCell="BD2" sqref="BD2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="13.44140625" style="8" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="54" max="16384" width="8.88671875" style="8"/>
+    <col min="1" max="1" width="13.453125" style="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="24.453125" style="8" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.6328125" style="8" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.6328125" style="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="32.54296875" style="8" bestFit="1" customWidth="1"/>
+    <col min="6" max="49" width="8.90625" style="8"/>
+    <col min="50" max="50" width="8.90625" style="18"/>
+    <col min="51" max="52" width="8.90625" style="8"/>
+    <col min="53" max="53" width="7.453125" style="18" customWidth="1"/>
+    <col min="54" max="16384" width="8.90625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:54" s="11" customFormat="1">
+    <row r="1" spans="1:56" s="11" customFormat="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>193</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>9</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="16">
         <v>1975</v>
       </c>
       <c r="G1" s="16">
         <v>1976</v>
       </c>
       <c r="H1" s="16">
         <v>1977</v>
       </c>
       <c r="I1" s="16">
@@ -12901,52 +13366,58 @@
       </c>
       <c r="AU1" s="16">
         <v>2016</v>
       </c>
       <c r="AV1" s="16">
         <v>2017</v>
       </c>
       <c r="AW1" s="16">
         <v>2018</v>
       </c>
       <c r="AX1" s="16">
         <v>2019</v>
       </c>
       <c r="AY1" s="16">
         <v>2020</v>
       </c>
       <c r="AZ1" s="16">
         <v>2021</v>
       </c>
       <c r="BA1" s="16">
         <v>2022</v>
       </c>
       <c r="BB1" s="16">
         <v>2023</v>
       </c>
+      <c r="BC1" s="16">
+        <v>2024</v>
+      </c>
+      <c r="BD1" s="16">
+        <v>2025</v>
+      </c>
     </row>
-    <row r="2" spans="1:54">
+    <row r="2" spans="1:56">
       <c r="A2" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>192</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="14">
         <v>1.6343000000000001</v>
       </c>
       <c r="G2" s="14">
         <v>1.5693999999999999</v>
       </c>
       <c r="H2" s="14">
         <v>1.5183</v>
       </c>
       <c r="I2" s="14">
@@ -13065,52 +13536,58 @@
       </c>
       <c r="AU2" s="14">
         <v>19.9514</v>
       </c>
       <c r="AV2" s="14">
         <v>17.159600000000001</v>
       </c>
       <c r="AW2" s="8">
         <v>17.6541</v>
       </c>
       <c r="AX2" s="18">
         <v>18.435500000000001</v>
       </c>
       <c r="AY2" s="22">
         <v>21.084099999999999</v>
       </c>
       <c r="AZ2" s="8">
         <v>20.3354</v>
       </c>
       <c r="BA2" s="18">
         <v>20.177</v>
       </c>
       <c r="BB2" s="8">
         <v>22.953900000000001</v>
       </c>
+      <c r="BC2" s="8">
+        <v>23.420999999999999</v>
+      </c>
+      <c r="BD2" s="8">
+        <v>23.553599999999999</v>
+      </c>
     </row>
-    <row r="3" spans="1:54">
+    <row r="3" spans="1:56">
       <c r="A3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>192</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="14"/>
       <c r="G3" s="14"/>
       <c r="H3" s="14"/>
       <c r="I3" s="14"/>
       <c r="J3" s="14"/>
       <c r="K3" s="14"/>
       <c r="L3" s="14"/>
       <c r="M3" s="14"/>
       <c r="N3" s="14"/>
       <c r="O3" s="14"/>
@@ -13181,52 +13658,58 @@
       </c>
       <c r="AU3" s="14">
         <v>1.2233000000000001</v>
       </c>
       <c r="AV3" s="14">
         <v>1.1413</v>
       </c>
       <c r="AW3" s="8">
         <v>1.1305000000000001</v>
       </c>
       <c r="AX3" s="18">
         <v>1.1405000000000001</v>
       </c>
       <c r="AY3" s="22">
         <v>1.125</v>
       </c>
       <c r="AZ3" s="8">
         <v>1.1633</v>
       </c>
       <c r="BA3" s="18">
         <v>1.1732</v>
       </c>
       <c r="BB3" s="8">
         <v>1.1499999999999999</v>
       </c>
+      <c r="BC3" s="8">
+        <v>1.1815</v>
+      </c>
+      <c r="BD3" s="8">
+        <v>1.1673</v>
+      </c>
     </row>
-    <row r="4" spans="1:54">
+    <row r="4" spans="1:56">
       <c r="A4" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>192</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="14">
         <v>2.2198000000000002</v>
       </c>
       <c r="G4" s="14">
         <v>1.8046</v>
       </c>
       <c r="H4" s="14">
         <v>1.7455000000000001</v>
       </c>
       <c r="I4" s="14">
@@ -13344,79 +13827,91 @@
         <v>1.5286</v>
       </c>
       <c r="AU4" s="14">
         <v>1.3542000000000001</v>
       </c>
       <c r="AV4" s="14">
         <v>1.2887999999999999</v>
       </c>
       <c r="AW4" s="17">
         <v>1.335</v>
       </c>
       <c r="AX4" s="18">
         <v>1.2766</v>
       </c>
       <c r="AY4" s="22">
         <v>1.2837000000000001</v>
       </c>
       <c r="AZ4" s="8">
         <v>1.3756999999999999</v>
       </c>
       <c r="BA4" s="18">
         <v>1.2362</v>
       </c>
       <c r="BB4" s="8">
         <v>1.2434000000000001</v>
+      </c>
+      <c r="BC4" s="8">
+        <v>1.2783</v>
+      </c>
+      <c r="BD4" s="8">
+        <v>1.3185</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FA7CC9C01A01214D806DA3AF257C230A" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9356f25f0898e190126f25044d1ea66b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c64490b4aec6201516c3a874156f37b2">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -13486,108 +13981,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92125F4B-83FE-4925-8B03-2575EFB1671A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CD0181C-6B48-43BA-BF0E-54F9EA77C0E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{507B31FA-BD1B-4D0F-B8DF-032681B5A5C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA0947CE-1837-43BE-BDD4-1941953B1382}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...13 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>