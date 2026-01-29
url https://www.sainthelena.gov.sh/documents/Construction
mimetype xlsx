--- v0 (2025-12-18)
+++ v1 (2026-01-29)
@@ -9,75 +9,75 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="http://shgsharepoint/services/sppu/statistics/statisticswork/Databank/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\Corporate Services\Corporate Policy &amp; Planning\Statistics\Databanks\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14580" tabRatio="755"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9372" tabRatio="755"/>
   </bookViews>
   <sheets>
     <sheet name="About" sheetId="14" r:id="rId1"/>
     <sheet name="Quarter" sheetId="16" r:id="rId2"/>
     <sheet name="Annual" sheetId="15" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="a">#REF!,#REF!</definedName>
     <definedName name="About">About!#REF!</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <customWorkbookViews>
+    <customWorkbookView name="Natasha Stevens - Personal View" guid="{F09F7AC7-AFB1-4528-882D-64F3BA45AA1D}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1920" windowHeight="855" tabRatio="755" activeSheetId="7"/>
     <customWorkbookView name="Justine Joshua - Personal View" guid="{F6DEE78C-D331-4A00-8176-F1368F0DC044}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1920" windowHeight="855" tabRatio="755" activeSheetId="3"/>
-    <customWorkbookView name="Natasha Stevens - Personal View" guid="{F09F7AC7-AFB1-4528-882D-64F3BA45AA1D}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1920" windowHeight="855" tabRatio="755" activeSheetId="7"/>
   </customWorkbookViews>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="148">
   <si>
     <t>Houses under construction</t>
   </si>
   <si>
     <t>Total building plans approved</t>
   </si>
   <si>
     <t>New house plans approved</t>
   </si>
   <si>
     <t>House construction starts</t>
   </si>
   <si>
     <t>House completions</t>
   </si>
   <si>
     <t>BLD.PLAN.APPROVED.TOTAL</t>
   </si>
   <si>
     <t>BLD.PLAN.APPROVED.HOUSE</t>
   </si>
   <si>
     <t>BLD.HOUSE.START</t>
   </si>
   <si>
@@ -398,53 +398,131 @@
   <si>
     <t>2017, 4</t>
   </si>
   <si>
     <t>2018, 1</t>
   </si>
   <si>
     <t>2018, 2</t>
   </si>
   <si>
     <t>2018, 3</t>
   </si>
   <si>
     <t>2018, 4</t>
   </si>
   <si>
     <t>2019, 1</t>
   </si>
   <si>
     <t>2019, 2</t>
   </si>
   <si>
     <t>2019, 3</t>
   </si>
   <si>
-    <t xml:space="preserve">This file contains data on building and construction activity from 1985 onwards. The data are reported each quarter, but the quarterly series only begins in 1994 so annual totals are also included to provide a longer time-series. The data are compiled by the Statistics Office of the St Helena Government from returns provided by the Environment and Natural Resources Directorate (ENRD). Blank cells mean that the data are not available, ".." in the data series means not applicable; a zero is represented by "0".
-[...1 lines deleted...]
-This file was last updated on October 09, 2019. </t>
+    <t>2019, 4</t>
+  </si>
+  <si>
+    <t>2020, 1</t>
+  </si>
+  <si>
+    <t>2020, 2</t>
+  </si>
+  <si>
+    <t>2020, 3</t>
+  </si>
+  <si>
+    <t>2020, 4</t>
+  </si>
+  <si>
+    <t>2021, 1</t>
+  </si>
+  <si>
+    <t>2021, 2</t>
+  </si>
+  <si>
+    <t>2021, 3</t>
+  </si>
+  <si>
+    <t>2021, 4</t>
+  </si>
+  <si>
+    <t>2022, 1</t>
+  </si>
+  <si>
+    <t>2022, 2</t>
+  </si>
+  <si>
+    <t>2022, 3</t>
+  </si>
+  <si>
+    <t>2022, 4</t>
+  </si>
+  <si>
+    <t>Adjustments and revisions</t>
+  </si>
+  <si>
+    <t xml:space="preserve">February 1, 2023: 'Houses under construction' figures have been amended for 2022. </t>
+  </si>
+  <si>
+    <t>2023, 1</t>
+  </si>
+  <si>
+    <t>2023, 2</t>
+  </si>
+  <si>
+    <t>2023, 3</t>
+  </si>
+  <si>
+    <t>2023, 4</t>
+  </si>
+  <si>
+    <t>2024, 1</t>
+  </si>
+  <si>
+    <t>2024, 2</t>
+  </si>
+  <si>
+    <t>2024, 3</t>
+  </si>
+  <si>
+    <t>2024, 4</t>
+  </si>
+  <si>
+    <t>2025, 1</t>
+  </si>
+  <si>
+    <t>2025, 2</t>
+  </si>
+  <si>
+    <t>2025, 3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This file contains data on building and construction activity from 1985 onwards. The data are reported each quarter, but the quarterly series only begins in 1994 so annual totals are also included to provide a longer time-series. The data are compiled by the Statistics Office of the St Helena Government from returns provided by the Environment, Natural Resources &amp; Planning Portfolio (ENRP). Blank cells mean that the data are not available, ".." in the data series means not applicable; a zero is represented by "0".
+Please contact the Statistics Office with any questions or queries, or requests for additional analyses. Telephone 22138 within St Helena, or +290 22138 if dialling internationally. Alternatively, contact us by email on statistics@sainthelena.gov.sh or visit our web site at https://www.sainthelena.gov.sh/st-helena/statistics/.
+This file was last updated on October 13, 2025. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="9">
     <numFmt numFmtId="44" formatCode="_-&quot;£&quot;* #,##0.00_-;\-&quot;£&quot;* #,##0.00_-;_-&quot;£&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_)_£_ ;_ * \(#,##0.00\)_£_ ;_ * &quot;-&quot;??_)_£_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="&quot; &quot;#,##0.00&quot; &quot;;&quot;-&quot;#,##0.00&quot; &quot;;&quot; -&quot;00&quot; &quot;;&quot; &quot;@&quot; &quot;"/>
     <numFmt numFmtId="167" formatCode="&quot; &quot;#,##0.00&quot; &quot;;&quot; (&quot;#,##0.00&quot;)&quot;;&quot; -&quot;00&quot; &quot;;&quot; &quot;@&quot; &quot;"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* \-??_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="&quot; &quot;[$£]#,##0.00&quot; &quot;;&quot;-&quot;[$£]#,##0.00&quot; &quot;;&quot; &quot;[$£]&quot;-&quot;00&quot; &quot;;&quot; &quot;@&quot; &quot;"/>
     <numFmt numFmtId="170" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
   </numFmts>
   <fonts count="57">
     <font>
       <sz val="8"/>
       <name val="Arial MT"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -5734,64 +5812,67 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="4037" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="4460">
     <cellStyle name="20% - Accent1 2" xfId="1"/>
     <cellStyle name="20% - Accent1 2 2" xfId="2"/>
     <cellStyle name="20% - Accent2 2" xfId="3"/>
     <cellStyle name="20% - Accent2 2 2" xfId="4"/>
     <cellStyle name="20% - Accent3 2" xfId="5"/>
     <cellStyle name="20% - Accent3 2 2" xfId="6"/>
     <cellStyle name="20% - Accent4 2" xfId="7"/>
     <cellStyle name="20% - Accent4 2 2" xfId="8"/>
     <cellStyle name="20% - Accent5 2" xfId="9"/>
     <cellStyle name="20% - Accent5 2 2" xfId="10"/>
     <cellStyle name="20% - Accent6 2" xfId="11"/>
     <cellStyle name="20% - Accent6 2 2" xfId="12"/>
     <cellStyle name="40% - Accent1 2" xfId="13"/>
     <cellStyle name="40% - Accent1 2 2" xfId="14"/>
     <cellStyle name="40% - Accent2 2" xfId="15"/>
     <cellStyle name="40% - Accent2 2 2" xfId="16"/>
     <cellStyle name="40% - Accent3 2" xfId="17"/>
     <cellStyle name="40% - Accent3 2 2" xfId="18"/>
     <cellStyle name="40% - Accent4 2" xfId="19"/>
     <cellStyle name="40% - Accent4 2 2" xfId="20"/>
     <cellStyle name="40% - Accent5 2" xfId="21"/>
@@ -10595,105 +10676,121 @@
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:B1"/>
+  <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="198.83203125" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="9.1640625" style="1"/>
+    <col min="1" max="1" width="198.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="31.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" style="1"/>
+    <col min="4" max="4" width="10.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="22.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.85546875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="43.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="42.28515625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="120">
+    <row r="1" spans="1:1" ht="115.2">
       <c r="A1" s="3" t="s">
-        <v>121</v>
+        <v>147</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1">
+      <c r="A3" s="1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1">
+      <c r="A4" s="1" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:DD6"/>
+  <dimension ref="A1:EB6"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane xSplit="3" ySplit="1" topLeftCell="CI2" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="3" ySplit="1" topLeftCell="DK2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="DD7" sqref="DD7"/>
+      <selection pane="bottomRight" activeCell="EB7" sqref="EB7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="31.6640625" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="45.5" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="32.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="34.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="45.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8" style="1" bestFit="1" customWidth="1"/>
-    <col min="6" max="105" width="9.33203125" style="6"/>
-[...2 lines deleted...]
-    <col min="109" max="16384" width="9.33203125" style="1"/>
+    <col min="6" max="105" width="9.28515625" style="6"/>
+    <col min="106" max="106" width="9.28515625" style="1"/>
+    <col min="107" max="112" width="9.28515625" style="6"/>
+    <col min="113" max="115" width="9.28515625" style="1"/>
+    <col min="116" max="116" width="9.28515625" style="6"/>
+    <col min="117" max="117" width="9.28515625" style="1"/>
+    <col min="118" max="122" width="9.28515625" style="6"/>
+    <col min="123" max="123" width="9.28515625" style="1"/>
+    <col min="124" max="127" width="9.28515625" style="6"/>
+    <col min="128" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:108" s="4" customFormat="1">
+    <row r="1" spans="1:132" s="4" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F1" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>19</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>20</v>
       </c>
       <c r="I1" s="5" t="s">
@@ -10974,52 +11071,124 @@
       </c>
       <c r="CW1" s="5" t="s">
         <v>113</v>
       </c>
       <c r="CX1" s="5" t="s">
         <v>114</v>
       </c>
       <c r="CY1" s="5" t="s">
         <v>115</v>
       </c>
       <c r="CZ1" s="5" t="s">
         <v>116</v>
       </c>
       <c r="DA1" s="5" t="s">
         <v>117</v>
       </c>
       <c r="DB1" s="5" t="s">
         <v>118</v>
       </c>
       <c r="DC1" s="5" t="s">
         <v>119</v>
       </c>
       <c r="DD1" s="5" t="s">
         <v>120</v>
       </c>
+      <c r="DE1" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="DF1" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="DG1" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="DH1" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="DI1" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="DJ1" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="DK1" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="DL1" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="DM1" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="DN1" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="DO1" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="DP1" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="DQ1" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="DR1" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DS1" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="DT1" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="DU1" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="DV1" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="DW1" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="DX1" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="DY1" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="DZ1" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA1" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="EB1" s="4" t="s">
+        <v>146</v>
+      </c>
     </row>
-    <row r="2" spans="1:108">
+    <row r="2" spans="1:132">
       <c r="A2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="6">
         <v>39</v>
       </c>
       <c r="G2" s="6">
         <v>33</v>
       </c>
       <c r="H2" s="6">
         <v>50</v>
       </c>
       <c r="I2" s="6">
         <v>42</v>
       </c>
       <c r="J2" s="6">
@@ -11297,52 +11466,124 @@
       </c>
       <c r="CW2" s="6">
         <v>35</v>
       </c>
       <c r="CX2" s="6">
         <v>27</v>
       </c>
       <c r="CY2" s="6">
         <v>27</v>
       </c>
       <c r="CZ2" s="6">
         <v>17</v>
       </c>
       <c r="DA2" s="6">
         <v>15</v>
       </c>
       <c r="DB2" s="1">
         <v>20</v>
       </c>
       <c r="DC2" s="6">
         <v>13</v>
       </c>
       <c r="DD2" s="6">
         <v>16</v>
       </c>
+      <c r="DE2" s="6">
+        <v>31</v>
+      </c>
+      <c r="DF2" s="6">
+        <v>34</v>
+      </c>
+      <c r="DG2" s="6">
+        <v>18</v>
+      </c>
+      <c r="DH2" s="6">
+        <v>15</v>
+      </c>
+      <c r="DI2" s="1">
+        <v>26</v>
+      </c>
+      <c r="DJ2" s="1">
+        <v>22</v>
+      </c>
+      <c r="DK2" s="1">
+        <v>23</v>
+      </c>
+      <c r="DL2" s="6">
+        <v>11</v>
+      </c>
+      <c r="DM2" s="1">
+        <v>34</v>
+      </c>
+      <c r="DN2" s="6">
+        <v>11</v>
+      </c>
+      <c r="DO2" s="6">
+        <v>18</v>
+      </c>
+      <c r="DP2" s="6">
+        <v>36</v>
+      </c>
+      <c r="DQ2" s="6">
+        <v>25</v>
+      </c>
+      <c r="DR2" s="6">
+        <v>10</v>
+      </c>
+      <c r="DS2" s="1">
+        <v>14</v>
+      </c>
+      <c r="DT2" s="6">
+        <v>21</v>
+      </c>
+      <c r="DU2" s="6">
+        <v>12</v>
+      </c>
+      <c r="DV2" s="6">
+        <v>16</v>
+      </c>
+      <c r="DW2" s="6">
+        <v>5</v>
+      </c>
+      <c r="DX2" s="1">
+        <v>8</v>
+      </c>
+      <c r="DY2" s="1">
+        <v>5</v>
+      </c>
+      <c r="DZ2" s="1">
+        <v>15</v>
+      </c>
+      <c r="EA2" s="1">
+        <v>4</v>
+      </c>
+      <c r="EB2" s="1">
+        <v>11</v>
+      </c>
     </row>
-    <row r="3" spans="1:108">
+    <row r="3" spans="1:132">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="6">
         <v>14</v>
       </c>
       <c r="G3" s="6">
         <v>8</v>
       </c>
       <c r="H3" s="6">
         <v>11</v>
       </c>
       <c r="I3" s="6">
         <v>12</v>
       </c>
       <c r="J3" s="6">
@@ -11620,52 +11861,124 @@
       </c>
       <c r="CW3" s="6">
         <v>10</v>
       </c>
       <c r="CX3" s="6">
         <v>4</v>
       </c>
       <c r="CY3" s="6">
         <v>11</v>
       </c>
       <c r="CZ3" s="6">
         <v>8</v>
       </c>
       <c r="DA3" s="6">
         <v>1</v>
       </c>
       <c r="DB3" s="1">
         <v>7</v>
       </c>
       <c r="DC3" s="6">
         <v>3</v>
       </c>
       <c r="DD3" s="6">
         <v>0</v>
       </c>
+      <c r="DE3" s="6">
+        <v>10</v>
+      </c>
+      <c r="DF3" s="6">
+        <v>9</v>
+      </c>
+      <c r="DG3" s="6">
+        <v>3</v>
+      </c>
+      <c r="DH3" s="6">
+        <v>6</v>
+      </c>
+      <c r="DI3" s="1">
+        <v>11</v>
+      </c>
+      <c r="DJ3" s="1">
+        <v>5</v>
+      </c>
+      <c r="DK3" s="1">
+        <v>5</v>
+      </c>
+      <c r="DL3" s="6">
+        <v>4</v>
+      </c>
+      <c r="DM3" s="1">
+        <v>8</v>
+      </c>
+      <c r="DN3" s="6">
+        <v>1</v>
+      </c>
+      <c r="DO3" s="6">
+        <v>7</v>
+      </c>
+      <c r="DP3" s="6">
+        <v>7</v>
+      </c>
+      <c r="DQ3" s="6">
+        <v>2</v>
+      </c>
+      <c r="DR3" s="6">
+        <v>2</v>
+      </c>
+      <c r="DS3" s="1">
+        <v>5</v>
+      </c>
+      <c r="DT3" s="6">
+        <v>11</v>
+      </c>
+      <c r="DU3" s="6">
+        <v>1</v>
+      </c>
+      <c r="DV3" s="6">
+        <v>3</v>
+      </c>
+      <c r="DW3" s="6">
+        <v>2</v>
+      </c>
+      <c r="DX3" s="1">
+        <v>3</v>
+      </c>
+      <c r="DY3" s="1">
+        <v>19</v>
+      </c>
+      <c r="DZ3" s="1">
+        <v>2</v>
+      </c>
+      <c r="EA3" s="1">
+        <v>2</v>
+      </c>
+      <c r="EB3" s="1">
+        <v>1</v>
+      </c>
     </row>
-    <row r="4" spans="1:108">
+    <row r="4" spans="1:132">
       <c r="A4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="6">
         <v>4</v>
       </c>
       <c r="G4" s="6">
         <v>4</v>
       </c>
       <c r="H4" s="6">
         <v>9</v>
       </c>
       <c r="I4" s="6">
         <v>7</v>
       </c>
       <c r="J4" s="6">
@@ -11943,52 +12256,124 @@
       </c>
       <c r="CW4" s="6">
         <v>9</v>
       </c>
       <c r="CX4" s="6">
         <v>6</v>
       </c>
       <c r="CY4" s="6">
         <v>4</v>
       </c>
       <c r="CZ4" s="6">
         <v>8</v>
       </c>
       <c r="DA4" s="6">
         <v>8</v>
       </c>
       <c r="DB4" s="1">
         <v>3</v>
       </c>
       <c r="DC4" s="6">
         <v>2</v>
       </c>
       <c r="DD4" s="6">
         <v>3</v>
       </c>
+      <c r="DE4" s="6">
+        <v>3</v>
+      </c>
+      <c r="DF4" s="6">
+        <v>7</v>
+      </c>
+      <c r="DG4" s="6">
+        <v>4</v>
+      </c>
+      <c r="DH4" s="6">
+        <v>5</v>
+      </c>
+      <c r="DI4" s="1">
+        <v>8</v>
+      </c>
+      <c r="DJ4" s="1">
+        <v>3</v>
+      </c>
+      <c r="DK4" s="1">
+        <v>3</v>
+      </c>
+      <c r="DL4" s="6">
+        <v>4</v>
+      </c>
+      <c r="DM4" s="1">
+        <v>2</v>
+      </c>
+      <c r="DN4" s="7">
+        <v>2</v>
+      </c>
+      <c r="DO4" s="6">
+        <v>1</v>
+      </c>
+      <c r="DP4" s="6">
+        <v>5</v>
+      </c>
+      <c r="DQ4" s="6">
+        <v>1</v>
+      </c>
+      <c r="DR4" s="6">
+        <v>4</v>
+      </c>
+      <c r="DS4" s="1">
+        <v>2</v>
+      </c>
+      <c r="DT4" s="6">
+        <v>3</v>
+      </c>
+      <c r="DU4" s="6">
+        <v>2</v>
+      </c>
+      <c r="DV4" s="6">
+        <v>5</v>
+      </c>
+      <c r="DW4" s="6">
+        <v>4</v>
+      </c>
+      <c r="DX4" s="1">
+        <v>0</v>
+      </c>
+      <c r="DY4" s="1">
+        <v>1</v>
+      </c>
+      <c r="DZ4" s="1">
+        <v>1</v>
+      </c>
+      <c r="EA4" s="1">
+        <v>0</v>
+      </c>
+      <c r="EB4" s="1">
+        <v>1</v>
+      </c>
     </row>
-    <row r="5" spans="1:108">
+    <row r="5" spans="1:132">
       <c r="A5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="6">
         <v>7</v>
       </c>
       <c r="G5" s="6">
         <v>6</v>
       </c>
       <c r="H5" s="6">
         <v>3</v>
       </c>
       <c r="I5" s="6">
         <v>8</v>
       </c>
       <c r="J5" s="6">
@@ -12266,52 +12651,124 @@
       </c>
       <c r="CW5" s="6">
         <v>6</v>
       </c>
       <c r="CX5" s="6">
         <v>2</v>
       </c>
       <c r="CY5" s="6">
         <v>1</v>
       </c>
       <c r="CZ5" s="6">
         <v>1</v>
       </c>
       <c r="DA5" s="6">
         <v>1</v>
       </c>
       <c r="DB5" s="1">
         <v>5</v>
       </c>
       <c r="DC5" s="6">
         <v>4</v>
       </c>
       <c r="DD5" s="6">
         <v>5</v>
       </c>
+      <c r="DE5" s="6">
+        <v>2</v>
+      </c>
+      <c r="DF5" s="6">
+        <v>2</v>
+      </c>
+      <c r="DG5" s="6">
+        <v>5</v>
+      </c>
+      <c r="DH5" s="6">
+        <v>2</v>
+      </c>
+      <c r="DI5" s="1">
+        <v>5</v>
+      </c>
+      <c r="DJ5" s="1">
+        <v>0</v>
+      </c>
+      <c r="DK5" s="1">
+        <v>0</v>
+      </c>
+      <c r="DL5" s="6">
+        <v>3</v>
+      </c>
+      <c r="DM5" s="1">
+        <v>3</v>
+      </c>
+      <c r="DN5" s="6">
+        <v>2</v>
+      </c>
+      <c r="DO5" s="6">
+        <v>2</v>
+      </c>
+      <c r="DP5" s="6">
+        <v>1</v>
+      </c>
+      <c r="DQ5" s="6">
+        <v>4</v>
+      </c>
+      <c r="DR5" s="6">
+        <v>2</v>
+      </c>
+      <c r="DS5" s="1">
+        <v>1</v>
+      </c>
+      <c r="DT5" s="6">
+        <v>0</v>
+      </c>
+      <c r="DU5" s="6">
+        <v>2</v>
+      </c>
+      <c r="DV5" s="6">
+        <v>1</v>
+      </c>
+      <c r="DW5" s="6">
+        <v>6</v>
+      </c>
+      <c r="DX5" s="1">
+        <v>2</v>
+      </c>
+      <c r="DY5" s="1">
+        <v>0</v>
+      </c>
+      <c r="DZ5" s="1">
+        <v>2</v>
+      </c>
+      <c r="EA5" s="1">
+        <v>2</v>
+      </c>
+      <c r="EB5" s="1">
+        <v>0</v>
+      </c>
     </row>
-    <row r="6" spans="1:108">
+    <row r="6" spans="1:132">
       <c r="A6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="6">
         <v>121</v>
       </c>
       <c r="G6" s="6">
         <v>119</v>
       </c>
       <c r="H6" s="6">
         <v>125</v>
       </c>
       <c r="I6" s="6">
         <v>124</v>
       </c>
       <c r="J6" s="6">
@@ -12512,158 +12969,231 @@
       <c r="BW6" s="6">
         <v>133</v>
       </c>
       <c r="BX6" s="6">
         <v>126</v>
       </c>
       <c r="BY6" s="6">
         <v>130</v>
       </c>
       <c r="BZ6" s="6">
         <v>124</v>
       </c>
       <c r="CA6" s="6">
         <v>126</v>
       </c>
       <c r="CB6" s="6">
         <v>133</v>
       </c>
       <c r="CC6" s="6">
         <v>132</v>
       </c>
       <c r="CD6" s="6">
         <v>139</v>
       </c>
       <c r="CE6" s="6">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="CF6" s="6">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="CG6" s="6">
+        <v>135</v>
+      </c>
+      <c r="CH6" s="6">
+        <v>132</v>
+      </c>
+      <c r="CI6" s="6">
+        <v>131</v>
+      </c>
+      <c r="CJ6" s="6">
+        <v>136</v>
+      </c>
+      <c r="CK6" s="6">
+        <v>131</v>
+      </c>
+      <c r="CL6" s="6">
+        <v>126</v>
+      </c>
+      <c r="CM6" s="6">
+        <v>128</v>
+      </c>
+      <c r="CN6" s="6">
+        <v>130</v>
+      </c>
+      <c r="CO6" s="6">
+        <v>129</v>
+      </c>
+      <c r="CP6" s="6">
+        <v>128</v>
+      </c>
+      <c r="CQ6" s="6">
+        <v>130</v>
+      </c>
+      <c r="CR6" s="6">
         <v>134</v>
       </c>
-      <c r="CH6" s="6">
+      <c r="CS6" s="6">
         <v>131</v>
       </c>
-      <c r="CI6" s="6">
-[...31 lines deleted...]
-      </c>
       <c r="CT6" s="6">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="CU6" s="6">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="CV6" s="6">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="CW6" s="6">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="CX6" s="6">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="CY6" s="6">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CZ6" s="6">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="DA6" s="6">
+        <v>165</v>
+      </c>
+      <c r="DB6" s="1">
+        <v>163</v>
+      </c>
+      <c r="DC6" s="6">
+        <v>161</v>
+      </c>
+      <c r="DD6" s="6">
+        <v>159</v>
+      </c>
+      <c r="DE6" s="6">
+        <v>160</v>
+      </c>
+      <c r="DF6" s="6">
+        <v>165</v>
+      </c>
+      <c r="DG6" s="6">
         <v>164</v>
       </c>
-      <c r="DB6" s="1">
-[...6 lines deleted...]
-        <v>158</v>
+      <c r="DH6" s="6">
+        <v>167</v>
+      </c>
+      <c r="DI6" s="1">
+        <v>170</v>
+      </c>
+      <c r="DJ6" s="1">
+        <v>173</v>
+      </c>
+      <c r="DK6" s="1">
+        <v>176</v>
+      </c>
+      <c r="DL6" s="6">
+        <v>177</v>
+      </c>
+      <c r="DM6" s="1">
+        <v>176</v>
+      </c>
+      <c r="DN6" s="7">
+        <v>176</v>
+      </c>
+      <c r="DO6" s="7">
+        <v>175</v>
+      </c>
+      <c r="DP6" s="7">
+        <v>179</v>
+      </c>
+      <c r="DQ6" s="6">
+        <v>176</v>
+      </c>
+      <c r="DR6" s="6">
+        <v>178</v>
+      </c>
+      <c r="DS6" s="1">
+        <v>179</v>
+      </c>
+      <c r="DT6" s="6">
+        <v>182</v>
+      </c>
+      <c r="DU6" s="6">
+        <v>182</v>
+      </c>
+      <c r="DV6" s="6">
+        <v>186</v>
+      </c>
+      <c r="DW6" s="6">
+        <v>184</v>
+      </c>
+      <c r="DX6" s="1">
+        <v>182</v>
+      </c>
+      <c r="DY6" s="1">
+        <v>182</v>
+      </c>
+      <c r="DZ6" s="1">
+        <v>181</v>
+      </c>
+      <c r="EA6" s="1">
+        <v>177</v>
+      </c>
+      <c r="EB6" s="1">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AM6"/>
+  <dimension ref="A1:AS6"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="1" topLeftCell="E2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="1" topLeftCell="U2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="AS7" sqref="AS7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="31.6640625" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="45.5" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="32.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="34.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="45.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8" style="1" bestFit="1" customWidth="1"/>
-    <col min="6" max="38" width="5.83203125" style="6" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="40" max="16384" width="9.33203125" style="1"/>
+    <col min="6" max="39" width="6.5703125" style="6" customWidth="1"/>
+    <col min="40" max="44" width="6.5703125" style="1" customWidth="1"/>
+    <col min="45" max="45" width="6.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="46" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:39" s="4" customFormat="1">
+    <row r="1" spans="1:45" s="4" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F1" s="5">
         <v>1985</v>
       </c>
       <c r="G1" s="5">
         <v>1986</v>
       </c>
       <c r="H1" s="5">
         <v>1987</v>
       </c>
       <c r="I1" s="5">
@@ -12737,52 +13267,70 @@
       </c>
       <c r="AF1" s="5">
         <v>2011</v>
       </c>
       <c r="AG1" s="5">
         <v>2012</v>
       </c>
       <c r="AH1" s="5">
         <v>2013</v>
       </c>
       <c r="AI1" s="5">
         <v>2014</v>
       </c>
       <c r="AJ1" s="5">
         <v>2015</v>
       </c>
       <c r="AK1" s="5">
         <v>2016</v>
       </c>
       <c r="AL1" s="5">
         <v>2017</v>
       </c>
       <c r="AM1" s="5">
         <v>2018</v>
       </c>
+      <c r="AN1" s="4">
+        <v>2019</v>
+      </c>
+      <c r="AO1" s="4">
+        <v>2020</v>
+      </c>
+      <c r="AP1" s="4">
+        <v>2021</v>
+      </c>
+      <c r="AQ1" s="4">
+        <v>2022</v>
+      </c>
+      <c r="AR1" s="4">
+        <v>2023</v>
+      </c>
+      <c r="AS1" s="4">
+        <v>2024</v>
+      </c>
     </row>
-    <row r="2" spans="1:39">
+    <row r="2" spans="1:45">
       <c r="A2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="6">
         <v>143</v>
       </c>
       <c r="G2" s="6">
         <v>151</v>
       </c>
       <c r="H2" s="6">
         <v>180</v>
       </c>
       <c r="I2" s="6">
         <v>172</v>
       </c>
       <c r="J2" s="6">
@@ -12851,54 +13399,72 @@
       <c r="AE2" s="6">
         <v>98</v>
       </c>
       <c r="AF2" s="6">
         <v>101</v>
       </c>
       <c r="AG2" s="6">
         <v>129</v>
       </c>
       <c r="AH2" s="6">
         <v>98</v>
       </c>
       <c r="AI2" s="6">
         <v>91</v>
       </c>
       <c r="AJ2" s="6">
         <v>129</v>
       </c>
       <c r="AK2" s="6">
         <v>129</v>
       </c>
       <c r="AL2" s="6">
         <v>126</v>
       </c>
       <c r="AM2" s="6">
-        <v>84</v>
+        <v>86</v>
+      </c>
+      <c r="AN2" s="1">
+        <v>80</v>
+      </c>
+      <c r="AO2" s="1">
+        <v>93</v>
+      </c>
+      <c r="AP2" s="1">
+        <v>90</v>
+      </c>
+      <c r="AQ2" s="1">
+        <v>90</v>
+      </c>
+      <c r="AR2" s="1">
+        <v>57</v>
+      </c>
+      <c r="AS2" s="1">
+        <v>34</v>
       </c>
     </row>
-    <row r="3" spans="1:39">
+    <row r="3" spans="1:45">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="6">
         <v>40</v>
       </c>
       <c r="G3" s="6">
         <v>40</v>
       </c>
       <c r="H3" s="6">
         <v>60</v>
       </c>
       <c r="I3" s="6">
         <v>46</v>
       </c>
       <c r="J3" s="6">
@@ -12969,52 +13535,70 @@
       </c>
       <c r="AF3" s="6">
         <v>15</v>
       </c>
       <c r="AG3" s="6">
         <v>37</v>
       </c>
       <c r="AH3" s="6">
         <v>23</v>
       </c>
       <c r="AI3" s="6">
         <v>29</v>
       </c>
       <c r="AJ3" s="6">
         <v>27</v>
       </c>
       <c r="AK3" s="6">
         <v>44</v>
       </c>
       <c r="AL3" s="6">
         <v>41</v>
       </c>
       <c r="AM3" s="6">
         <v>24</v>
       </c>
+      <c r="AN3" s="1">
+        <v>20</v>
+      </c>
+      <c r="AO3" s="1">
+        <v>29</v>
+      </c>
+      <c r="AP3" s="1">
+        <v>22</v>
+      </c>
+      <c r="AQ3" s="1">
+        <v>17</v>
+      </c>
+      <c r="AR3" s="1">
+        <v>19</v>
+      </c>
+      <c r="AS3" s="1">
+        <v>27</v>
+      </c>
     </row>
-    <row r="4" spans="1:39">
+    <row r="4" spans="1:45">
       <c r="A4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H4" s="6">
         <v>33</v>
       </c>
       <c r="I4" s="6">
         <v>32</v>
       </c>
       <c r="J4" s="6">
         <v>23</v>
       </c>
       <c r="K4" s="6">
         <v>50</v>
       </c>
       <c r="L4" s="6">
@@ -13077,54 +13661,72 @@
       <c r="AE4" s="6">
         <v>15</v>
       </c>
       <c r="AF4" s="6">
         <v>19</v>
       </c>
       <c r="AG4" s="6">
         <v>33</v>
       </c>
       <c r="AH4" s="6">
         <v>25</v>
       </c>
       <c r="AI4" s="6">
         <v>10</v>
       </c>
       <c r="AJ4" s="6">
         <v>13</v>
       </c>
       <c r="AK4" s="6">
         <v>22</v>
       </c>
       <c r="AL4" s="6">
         <v>26</v>
       </c>
       <c r="AM4" s="6">
-        <v>22</v>
+        <v>26</v>
+      </c>
+      <c r="AN4" s="1">
+        <v>11</v>
+      </c>
+      <c r="AO4" s="1">
+        <v>24</v>
+      </c>
+      <c r="AP4" s="1">
+        <v>12</v>
+      </c>
+      <c r="AQ4" s="1">
+        <v>9</v>
+      </c>
+      <c r="AR4" s="1">
+        <v>11</v>
+      </c>
+      <c r="AS4" s="1">
+        <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:39">
+    <row r="5" spans="1:45">
       <c r="A5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="6">
         <v>38</v>
       </c>
       <c r="I5" s="6">
         <v>36</v>
       </c>
       <c r="J5" s="6">
         <v>26</v>
       </c>
       <c r="K5" s="6">
         <v>34</v>
       </c>
       <c r="L5" s="6">
@@ -13189,52 +13791,70 @@
       </c>
       <c r="AF5" s="6">
         <v>17</v>
       </c>
       <c r="AG5" s="6">
         <v>31</v>
       </c>
       <c r="AH5" s="6">
         <v>23</v>
       </c>
       <c r="AI5" s="6">
         <v>14</v>
       </c>
       <c r="AJ5" s="6">
         <v>15</v>
       </c>
       <c r="AK5" s="6">
         <v>20</v>
       </c>
       <c r="AL5" s="6">
         <v>13</v>
       </c>
       <c r="AM5" s="6">
         <v>5</v>
       </c>
+      <c r="AN5" s="1">
+        <v>16</v>
+      </c>
+      <c r="AO5" s="1">
+        <v>14</v>
+      </c>
+      <c r="AP5" s="1">
+        <v>6</v>
+      </c>
+      <c r="AQ5" s="1">
+        <v>9</v>
+      </c>
+      <c r="AR5" s="1">
+        <v>5</v>
+      </c>
+      <c r="AS5" s="1">
+        <v>9</v>
+      </c>
     </row>
-    <row r="6" spans="1:39">
+    <row r="6" spans="1:45">
       <c r="A6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="6">
         <v>92</v>
       </c>
       <c r="I6" s="6">
         <v>88</v>
       </c>
       <c r="J6" s="6">
         <v>85</v>
       </c>
       <c r="K6" s="6">
         <v>101</v>
       </c>
       <c r="L6" s="6">
@@ -13298,91 +13918,109 @@
         <v>129</v>
       </c>
       <c r="AF6" s="6">
         <v>130</v>
       </c>
       <c r="AG6" s="6">
         <v>132</v>
       </c>
       <c r="AH6" s="6">
         <v>134</v>
       </c>
       <c r="AI6" s="6">
         <v>130</v>
       </c>
       <c r="AJ6" s="6">
         <v>128</v>
       </c>
       <c r="AK6" s="6">
         <v>130</v>
       </c>
       <c r="AL6" s="6">
         <v>143</v>
       </c>
       <c r="AM6" s="6">
         <v>164</v>
+      </c>
+      <c r="AN6" s="1">
+        <v>159</v>
+      </c>
+      <c r="AO6" s="1">
+        <v>169</v>
+      </c>
+      <c r="AP6" s="1">
+        <v>176</v>
+      </c>
+      <c r="AQ6" s="1">
+        <v>176</v>
+      </c>
+      <c r="AR6" s="1">
+        <v>182</v>
+      </c>
+      <c r="AS6" s="1">
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FA7CC9C01A01214D806DA3AF257C230A" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9356f25f0898e190126f25044d1ea66b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c64490b4aec6201516c3a874156f37b2">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -13456,76 +14094,76 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FF3B905-4198-4AEA-B5BD-D71E0CB5CC90}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FCD7527-8B6A-47A8-9364-9882B9B714CE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5628E60-4119-4C45-9E63-54031181C770}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FCD7527-8B6A-47A8-9364-9882B9B714CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FF3B905-4198-4AEA-B5BD-D71E0CB5CC90}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA8C854E-9484-4E8C-A296-897B6D011162}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>