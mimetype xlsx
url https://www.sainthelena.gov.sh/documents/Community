--- v0 (2025-12-18)
+++ v1 (2026-03-15)
@@ -28,51 +28,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr hidePivotFieldList="1"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\Corporate Services\Corporate Policy &amp; Planning\Statistics\Databanks\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9372" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="About" sheetId="46" r:id="rId1"/>
     <sheet name="Quarter" sheetId="49" r:id="rId2"/>
     <sheet name="Annual" sheetId="50" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="About">About!$A$3:$E$25</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="194">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>Fire service call-outs, vehicle</t>
   </si>
   <si>
     <t xml:space="preserve">Fire service call-outs, house </t>
   </si>
   <si>
     <t>Fire service call-outs, false alarms</t>
   </si>
   <si>
     <t>Fire service call-outs, rock falls and removals</t>
   </si>
   <si>
@@ -608,50 +608,53 @@
   </si>
   <si>
     <t xml:space="preserve">2024, Q1 </t>
   </si>
   <si>
     <t>2024, Q2</t>
   </si>
   <si>
     <t>This file contains estimates relating to community services, including police, fire and rescue, and judicial services, from 1984 to the present. Data are collected and compiled quarterly, but are only available annually before 1995 and so the and so annual series are also presented. The dataset is compiled by the Statistics Office of the St Helena Government from records maintained by Judicial Services and the Police Portfolio. It is updated each quarter, including any revisions to data for previous months. Please note that in very occasional cases, the sum of components may not add to totals; this is because some details may not be known for some records. Blank cells or ".." in the data series mean that the data are not available for that classification. A zero is represented by "0".
 Please contact the Statistics Office with any questions or queries, or requests for additional analyses. Telephone 22138 within St Helena, or +290 22138 if dialling internationally. Alternatively, contact us by email on statistics@sainthelena.gov.sh or visit our web site at http://www.sainthelena.gov.sh/st-helena/statistics/.</t>
   </si>
   <si>
     <t>2024, Q3</t>
   </si>
   <si>
     <t>2024, Q4</t>
   </si>
   <si>
     <t>2025, Q1</t>
   </si>
   <si>
     <t>2025, Q2</t>
   </si>
   <si>
     <t>2025, Q3</t>
+  </si>
+  <si>
+    <t>2025, Q4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_)_£_ ;_ * \(#,##0.00\)_£_ ;_ * &quot;-&quot;??_)_£_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="40">
     <font>
       <sz val="12"/>
       <name val="Arial MT"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2202,78 +2205,78 @@
       <c r="B64" s="1"/>
       <c r="C64" s="1"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2"/>
       <c r="B66" s="1"/>
       <c r="C66" s="1"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2"/>
       <c r="B67" s="1"/>
       <c r="C67" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:DX34"/>
+  <dimension ref="A1:DY34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="3" ySplit="1" topLeftCell="DS2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="DW23" sqref="DW23"/>
+      <selection pane="bottomRight" activeCell="DX23" sqref="DX23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="24.08984375" style="8" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="45.08984375" style="8" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.1796875" style="8" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.1796875" style="8" customWidth="1"/>
     <col min="5" max="5" width="8.90625" style="8" customWidth="1"/>
     <col min="6" max="101" width="6.54296875" style="14" bestFit="1" customWidth="1"/>
     <col min="102" max="102" width="6.1796875" style="14" bestFit="1" customWidth="1"/>
     <col min="103" max="117" width="6.54296875" style="14" bestFit="1" customWidth="1"/>
     <col min="118" max="121" width="6.54296875" style="8" bestFit="1" customWidth="1"/>
     <col min="122" max="122" width="7.1796875" style="8" bestFit="1" customWidth="1"/>
     <col min="123" max="126" width="6.81640625" style="8" bestFit="1" customWidth="1"/>
     <col min="127" max="127" width="6.453125" style="8" bestFit="1" customWidth="1"/>
     <col min="128" max="128" width="6.81640625" style="8" bestFit="1" customWidth="1"/>
     <col min="129" max="16384" width="8.90625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:128" s="9" customFormat="1">
+    <row r="1" spans="1:129" s="9" customFormat="1">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="13" t="s">
         <v>52</v>
       </c>
       <c r="G1" s="13" t="s">
         <v>53</v>
       </c>
       <c r="H1" s="13" t="s">
         <v>54</v>
       </c>
       <c r="I1" s="13" t="s">
@@ -2614,52 +2617,55 @@
       </c>
       <c r="DQ1" s="16" t="s">
         <v>184</v>
       </c>
       <c r="DR1" s="16" t="s">
         <v>185</v>
       </c>
       <c r="DS1" s="16" t="s">
         <v>186</v>
       </c>
       <c r="DT1" s="16" t="s">
         <v>188</v>
       </c>
       <c r="DU1" s="16" t="s">
         <v>189</v>
       </c>
       <c r="DV1" s="16" t="s">
         <v>190</v>
       </c>
       <c r="DW1" s="16" t="s">
         <v>191</v>
       </c>
       <c r="DX1" s="16" t="s">
         <v>192</v>
       </c>
+      <c r="DY1" s="13" t="s">
+        <v>193</v>
+      </c>
     </row>
-    <row r="2" spans="1:128">
+    <row r="2" spans="1:129">
       <c r="A2" s="8" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AP2" s="14">
         <v>1</v>
       </c>
       <c r="AQ2" s="14">
         <v>2</v>
       </c>
       <c r="AR2" s="14">
         <v>1</v>
       </c>
       <c r="AS2" s="14">
         <v>2</v>
       </c>
       <c r="AT2" s="14">
@@ -2889,52 +2895,55 @@
       </c>
       <c r="DQ2" s="8">
         <v>0</v>
       </c>
       <c r="DR2" s="8">
         <v>1</v>
       </c>
       <c r="DS2" s="8">
         <v>1</v>
       </c>
       <c r="DT2" s="8">
         <v>1</v>
       </c>
       <c r="DU2" s="8">
         <v>0</v>
       </c>
       <c r="DV2" s="8">
         <v>0</v>
       </c>
       <c r="DW2" s="8">
         <v>1</v>
       </c>
       <c r="DX2" s="8">
         <v>1</v>
       </c>
+      <c r="DY2" s="8">
+        <v>4</v>
+      </c>
     </row>
-    <row r="3" spans="1:128">
+    <row r="3" spans="1:129">
       <c r="A3" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AP3" s="14">
         <v>0</v>
       </c>
       <c r="AQ3" s="14">
         <v>1</v>
       </c>
       <c r="AR3" s="14">
         <v>1</v>
       </c>
       <c r="AS3" s="14">
         <v>2</v>
       </c>
       <c r="AT3" s="14">
@@ -3164,52 +3173,55 @@
       </c>
       <c r="DQ3" s="8">
         <v>0</v>
       </c>
       <c r="DR3" s="8">
         <v>0</v>
       </c>
       <c r="DS3" s="8">
         <v>0</v>
       </c>
       <c r="DT3" s="8">
         <v>0</v>
       </c>
       <c r="DU3" s="8">
         <v>0</v>
       </c>
       <c r="DV3" s="8">
         <v>0</v>
       </c>
       <c r="DW3" s="8">
         <v>0</v>
       </c>
       <c r="DX3" s="8">
         <v>0</v>
       </c>
+      <c r="DY3" s="8">
+        <v>1</v>
+      </c>
     </row>
-    <row r="4" spans="1:128">
+    <row r="4" spans="1:129">
       <c r="A4" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AP4" s="14">
         <v>0</v>
       </c>
       <c r="AQ4" s="14">
         <v>0</v>
       </c>
       <c r="AR4" s="14">
         <v>2</v>
       </c>
       <c r="AS4" s="14">
         <v>1</v>
       </c>
       <c r="AT4" s="14">
@@ -3439,52 +3451,55 @@
       </c>
       <c r="DQ4" s="8">
         <v>0</v>
       </c>
       <c r="DR4" s="8">
         <v>0</v>
       </c>
       <c r="DS4" s="8">
         <v>0</v>
       </c>
       <c r="DT4" s="8">
         <v>0</v>
       </c>
       <c r="DU4" s="8">
         <v>0</v>
       </c>
       <c r="DV4" s="8">
         <v>0</v>
       </c>
       <c r="DW4" s="8">
         <v>0</v>
       </c>
       <c r="DX4" s="8">
         <v>0</v>
       </c>
+      <c r="DY4" s="8">
+        <v>0</v>
+      </c>
     </row>
-    <row r="5" spans="1:128">
+    <row r="5" spans="1:129">
       <c r="A5" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AP5" s="14">
         <v>2</v>
       </c>
       <c r="AQ5" s="14">
         <v>3</v>
       </c>
       <c r="AR5" s="14">
         <v>1</v>
       </c>
       <c r="AS5" s="14">
         <v>1</v>
       </c>
       <c r="AT5" s="14">
@@ -3714,52 +3729,55 @@
       </c>
       <c r="DQ5" s="8">
         <v>0</v>
       </c>
       <c r="DR5" s="8">
         <v>0</v>
       </c>
       <c r="DS5" s="8">
         <v>1</v>
       </c>
       <c r="DT5" s="8">
         <v>0</v>
       </c>
       <c r="DU5" s="8">
         <v>0</v>
       </c>
       <c r="DV5" s="8">
         <v>0</v>
       </c>
       <c r="DW5" s="8">
         <v>0</v>
       </c>
       <c r="DX5" s="8">
         <v>0</v>
       </c>
+      <c r="DY5" s="8">
+        <v>0</v>
+      </c>
     </row>
-    <row r="6" spans="1:128">
+    <row r="6" spans="1:129">
       <c r="A6" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AP6" s="14">
         <v>0</v>
       </c>
       <c r="AQ6" s="14">
         <v>0</v>
       </c>
       <c r="AR6" s="14">
         <v>0</v>
       </c>
       <c r="AS6" s="14">
         <v>0</v>
       </c>
       <c r="AT6" s="14">
@@ -3989,52 +4007,55 @@
       </c>
       <c r="DQ6" s="8">
         <v>0</v>
       </c>
       <c r="DR6" s="8">
         <v>0</v>
       </c>
       <c r="DS6" s="8">
         <v>0</v>
       </c>
       <c r="DT6" s="8">
         <v>0</v>
       </c>
       <c r="DU6" s="8">
         <v>0</v>
       </c>
       <c r="DV6" s="8">
         <v>2</v>
       </c>
       <c r="DW6" s="8">
         <v>0</v>
       </c>
       <c r="DX6" s="8">
         <v>0</v>
       </c>
+      <c r="DY6" s="8">
+        <v>0</v>
+      </c>
     </row>
-    <row r="7" spans="1:128">
+    <row r="7" spans="1:129">
       <c r="A7" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>24</v>
       </c>
       <c r="AP7" s="14">
         <v>0</v>
       </c>
       <c r="AQ7" s="14">
         <v>0</v>
       </c>
       <c r="AR7" s="14">
         <v>1</v>
       </c>
       <c r="AS7" s="14">
@@ -4267,52 +4288,55 @@
       </c>
       <c r="DQ7" s="8">
         <v>20</v>
       </c>
       <c r="DR7" s="8">
         <v>20</v>
       </c>
       <c r="DS7" s="8">
         <v>28</v>
       </c>
       <c r="DT7" s="8">
         <v>17</v>
       </c>
       <c r="DU7" s="8">
         <v>29</v>
       </c>
       <c r="DV7" s="8">
         <v>37</v>
       </c>
       <c r="DW7" s="8">
         <v>31</v>
       </c>
       <c r="DX7" s="8">
         <v>21</v>
       </c>
+      <c r="DY7" s="8">
+        <v>20</v>
+      </c>
     </row>
-    <row r="8" spans="1:128">
+    <row r="8" spans="1:129">
       <c r="A8" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AP8" s="14">
         <v>3</v>
       </c>
       <c r="AQ8" s="14">
         <v>6</v>
       </c>
       <c r="AR8" s="14">
         <v>6</v>
       </c>
       <c r="AS8" s="14">
         <v>10</v>
       </c>
       <c r="AT8" s="14">
@@ -4542,52 +4566,55 @@
       </c>
       <c r="DQ8" s="8">
         <v>20</v>
       </c>
       <c r="DR8" s="8">
         <v>21</v>
       </c>
       <c r="DS8" s="8">
         <v>30</v>
       </c>
       <c r="DT8" s="8">
         <v>18</v>
       </c>
       <c r="DU8" s="8">
         <v>29</v>
       </c>
       <c r="DV8" s="8">
         <v>39</v>
       </c>
       <c r="DW8" s="8">
         <v>32</v>
       </c>
       <c r="DX8" s="8">
         <v>22</v>
       </c>
+      <c r="DY8" s="8">
+        <v>25</v>
+      </c>
     </row>
-    <row r="9" spans="1:128">
+    <row r="9" spans="1:129">
       <c r="A9" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AP9" s="14">
         <v>2</v>
       </c>
       <c r="AQ9" s="14">
         <v>2</v>
       </c>
       <c r="AR9" s="14">
         <v>3</v>
       </c>
       <c r="AS9" s="14">
         <v>2</v>
       </c>
       <c r="AT9" s="14">
@@ -4814,52 +4841,58 @@
       </c>
       <c r="DP9" s="8">
         <v>5</v>
       </c>
       <c r="DQ9" s="8">
         <v>6</v>
       </c>
       <c r="DR9" s="8">
         <v>15</v>
       </c>
       <c r="DS9" s="8">
         <v>2</v>
       </c>
       <c r="DT9" s="8">
         <v>1</v>
       </c>
       <c r="DU9" s="8">
         <v>2</v>
       </c>
       <c r="DV9" s="8">
         <v>5</v>
       </c>
       <c r="DW9" s="8">
         <v>7</v>
       </c>
+      <c r="DX9" s="8">
+        <v>2</v>
+      </c>
+      <c r="DY9" s="8">
+        <v>4</v>
+      </c>
     </row>
-    <row r="10" spans="1:128">
+    <row r="10" spans="1:129">
       <c r="A10" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>175</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>146</v>
       </c>
       <c r="F10" s="14">
         <v>14</v>
       </c>
       <c r="G10" s="14">
         <v>16</v>
       </c>
       <c r="H10" s="14">
         <v>6</v>
       </c>
       <c r="I10" s="14">
@@ -5150,51 +5183,51 @@
       <c r="DC10" s="14">
         <v>2</v>
       </c>
       <c r="DD10" s="14">
         <v>5</v>
       </c>
       <c r="DE10" s="14">
         <v>27</v>
       </c>
       <c r="DF10" s="14">
         <v>5</v>
       </c>
       <c r="DG10" s="14">
         <v>10</v>
       </c>
       <c r="DH10" s="14">
         <v>9</v>
       </c>
       <c r="DI10" s="14">
         <v>33</v>
       </c>
       <c r="DJ10" s="14">
         <v>6</v>
       </c>
     </row>
-    <row r="11" spans="1:128">
+    <row r="11" spans="1:129">
       <c r="A11" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>176</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>169</v>
       </c>
       <c r="F11" s="14">
         <v>2</v>
       </c>
       <c r="G11" s="14">
         <v>13</v>
       </c>
       <c r="H11" s="14">
         <v>10</v>
       </c>
       <c r="I11" s="14">
@@ -5485,51 +5518,51 @@
       <c r="DC11" s="14">
         <v>15</v>
       </c>
       <c r="DD11" s="14">
         <v>9</v>
       </c>
       <c r="DE11" s="14">
         <v>12</v>
       </c>
       <c r="DF11" s="14">
         <v>11</v>
       </c>
       <c r="DG11" s="14">
         <v>10</v>
       </c>
       <c r="DH11" s="14">
         <v>17</v>
       </c>
       <c r="DI11" s="14">
         <v>37</v>
       </c>
       <c r="DJ11" s="14">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="1:128">
+    <row r="12" spans="1:129">
       <c r="A12" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>177</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="14">
         <v>0</v>
       </c>
       <c r="G12" s="14">
         <v>0</v>
       </c>
       <c r="H12" s="14">
         <v>0</v>
       </c>
       <c r="I12" s="14">
         <v>1</v>
       </c>
       <c r="J12" s="14">
@@ -5817,51 +5850,51 @@
       <c r="DC12" s="14">
         <v>0</v>
       </c>
       <c r="DD12" s="14">
         <v>0</v>
       </c>
       <c r="DE12" s="14">
         <v>1</v>
       </c>
       <c r="DF12" s="14">
         <v>1</v>
       </c>
       <c r="DG12" s="14">
         <v>0</v>
       </c>
       <c r="DH12" s="14">
         <v>4</v>
       </c>
       <c r="DI12" s="14">
         <v>0</v>
       </c>
       <c r="DJ12" s="14">
         <v>5</v>
       </c>
     </row>
-    <row r="13" spans="1:128">
+    <row r="13" spans="1:129">
       <c r="A13" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>178</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F13" s="14">
         <v>21</v>
       </c>
       <c r="G13" s="14">
         <v>0</v>
       </c>
       <c r="H13" s="14">
         <v>5</v>
       </c>
       <c r="I13" s="14">
@@ -6167,51 +6200,51 @@
       <c r="DH13" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DI13" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DJ13" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DK13" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DL13" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DM13" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DN13" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DO13" s="14" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="14" spans="1:128">
+    <row r="14" spans="1:129">
       <c r="A14" s="8" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>179</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>147</v>
       </c>
       <c r="F14" s="14">
         <v>52</v>
       </c>
       <c r="G14" s="14">
         <v>25</v>
       </c>
       <c r="H14" s="14">
         <v>42</v>
       </c>
       <c r="I14" s="14">
@@ -6502,51 +6535,51 @@
       <c r="DC14" s="14">
         <v>30</v>
       </c>
       <c r="DD14" s="14">
         <v>66</v>
       </c>
       <c r="DE14" s="14">
         <v>13</v>
       </c>
       <c r="DF14" s="14">
         <v>22</v>
       </c>
       <c r="DG14" s="14">
         <v>41</v>
       </c>
       <c r="DH14" s="14">
         <v>34</v>
       </c>
       <c r="DI14" s="14">
         <v>45</v>
       </c>
       <c r="DJ14" s="14">
         <v>39</v>
       </c>
     </row>
-    <row r="15" spans="1:128">
+    <row r="15" spans="1:129">
       <c r="A15" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>180</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="14">
         <v>0</v>
       </c>
       <c r="G15" s="14">
         <v>6</v>
       </c>
       <c r="H15" s="14">
         <v>4</v>
       </c>
       <c r="I15" s="14">
         <v>1</v>
       </c>
       <c r="J15" s="14">
@@ -6834,51 +6867,51 @@
       <c r="DC15" s="14">
         <v>1</v>
       </c>
       <c r="DD15" s="14">
         <v>8</v>
       </c>
       <c r="DE15" s="14">
         <v>1</v>
       </c>
       <c r="DF15" s="14">
         <v>3</v>
       </c>
       <c r="DG15" s="14">
         <v>1</v>
       </c>
       <c r="DH15" s="14">
         <v>1</v>
       </c>
       <c r="DI15" s="14">
         <v>0</v>
       </c>
       <c r="DJ15" s="14">
         <v>7</v>
       </c>
     </row>
-    <row r="16" spans="1:128">
+    <row r="16" spans="1:129">
       <c r="A16" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="14">
         <v>4</v>
       </c>
       <c r="G16" s="14">
         <v>3</v>
       </c>
       <c r="H16" s="14">
         <v>1</v>
       </c>
       <c r="I16" s="14">
         <v>4</v>
       </c>
       <c r="J16" s="14">
@@ -7166,51 +7199,51 @@
       <c r="DC16" s="14">
         <v>15</v>
       </c>
       <c r="DD16" s="14">
         <v>14</v>
       </c>
       <c r="DE16" s="14">
         <v>13</v>
       </c>
       <c r="DF16" s="14">
         <v>7</v>
       </c>
       <c r="DG16" s="14">
         <v>6</v>
       </c>
       <c r="DH16" s="14">
         <v>14</v>
       </c>
       <c r="DI16" s="14">
         <v>43</v>
       </c>
       <c r="DJ16" s="14">
         <v>9</v>
       </c>
     </row>
-    <row r="17" spans="1:127">
+    <row r="17" spans="1:128">
       <c r="A17" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>182</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="14">
         <v>0</v>
       </c>
       <c r="G17" s="14">
         <v>0</v>
       </c>
       <c r="H17" s="14">
         <v>0</v>
       </c>
       <c r="I17" s="14">
         <v>0</v>
       </c>
       <c r="J17" s="14">
@@ -7513,51 +7546,51 @@
       <c r="DH17" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DI17" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DJ17" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DK17" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DL17" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DM17" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DN17" s="14" t="s">
         <v>162</v>
       </c>
       <c r="DO17" s="14" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="18" spans="1:127">
+    <row r="18" spans="1:128">
       <c r="A18" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="R18" s="14">
         <v>0</v>
       </c>
       <c r="S18" s="14">
         <v>0</v>
       </c>
       <c r="T18" s="14">
         <v>0</v>
       </c>
       <c r="U18" s="14">
         <v>0</v>
       </c>
       <c r="V18" s="14">
@@ -7856,52 +7889,55 @@
       </c>
       <c r="DP18" s="8">
         <v>0</v>
       </c>
       <c r="DQ18" s="8">
         <v>0</v>
       </c>
       <c r="DR18" s="8">
         <v>0</v>
       </c>
       <c r="DS18" s="8">
         <v>0</v>
       </c>
       <c r="DT18" s="8">
         <v>1</v>
       </c>
       <c r="DU18" s="8">
         <v>1</v>
       </c>
       <c r="DV18" s="8">
         <v>0</v>
       </c>
       <c r="DW18" s="8">
         <v>0</v>
       </c>
+      <c r="DX18" s="8">
+        <v>1</v>
+      </c>
     </row>
-    <row r="19" spans="1:127">
+    <row r="19" spans="1:128">
       <c r="A19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="R19" s="14">
         <v>1</v>
       </c>
       <c r="S19" s="14">
         <v>3</v>
       </c>
       <c r="T19" s="14">
         <v>1</v>
       </c>
       <c r="U19" s="14">
         <v>3</v>
       </c>
       <c r="V19" s="14">
@@ -8200,52 +8236,55 @@
       </c>
       <c r="DP19" s="8">
         <v>2</v>
       </c>
       <c r="DQ19" s="8">
         <v>0</v>
       </c>
       <c r="DR19" s="8">
         <v>2</v>
       </c>
       <c r="DS19" s="8">
         <v>1</v>
       </c>
       <c r="DT19" s="8">
         <v>0</v>
       </c>
       <c r="DU19" s="8">
         <v>2</v>
       </c>
       <c r="DV19" s="8">
         <v>3</v>
       </c>
       <c r="DW19" s="8">
         <v>3</v>
       </c>
+      <c r="DX19" s="8">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="1:127">
+    <row r="20" spans="1:128">
       <c r="A20" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>22</v>
       </c>
       <c r="R20" s="14">
         <v>23</v>
       </c>
       <c r="S20" s="14">
         <v>19</v>
       </c>
       <c r="T20" s="14">
         <v>39</v>
       </c>
       <c r="U20" s="14">
         <v>31</v>
       </c>
       <c r="V20" s="14">
@@ -8544,52 +8583,55 @@
       </c>
       <c r="DP20" s="8">
         <v>13</v>
       </c>
       <c r="DQ20" s="8">
         <v>11</v>
       </c>
       <c r="DR20" s="8">
         <v>16</v>
       </c>
       <c r="DS20" s="8">
         <v>7</v>
       </c>
       <c r="DT20" s="8">
         <v>10</v>
       </c>
       <c r="DU20" s="8">
         <v>15</v>
       </c>
       <c r="DV20" s="8">
         <v>9</v>
       </c>
       <c r="DW20" s="8">
         <v>15</v>
       </c>
+      <c r="DX20" s="8">
+        <v>4</v>
+      </c>
     </row>
-    <row r="21" spans="1:127">
+    <row r="21" spans="1:128">
       <c r="A21" s="8" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AD21" s="14">
         <v>4</v>
       </c>
       <c r="AE21" s="14">
         <v>4</v>
       </c>
       <c r="AF21" s="14">
         <v>4</v>
       </c>
       <c r="AG21" s="14">
         <v>0</v>
       </c>
       <c r="AH21" s="14">
@@ -8852,52 +8894,55 @@
       </c>
       <c r="DP21" s="8">
         <v>0</v>
       </c>
       <c r="DQ21" s="8">
         <v>0</v>
       </c>
       <c r="DR21" s="8">
         <v>0</v>
       </c>
       <c r="DS21" s="8">
         <v>0</v>
       </c>
       <c r="DT21" s="8">
         <v>0</v>
       </c>
       <c r="DU21" s="8">
         <v>0</v>
       </c>
       <c r="DV21" s="8">
         <v>0</v>
       </c>
       <c r="DW21" s="8">
         <v>0</v>
       </c>
+      <c r="DX21" s="8">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:127">
+    <row r="22" spans="1:128">
       <c r="A22" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>22</v>
       </c>
       <c r="R22" s="14">
         <v>24</v>
       </c>
       <c r="S22" s="14">
         <v>22</v>
       </c>
       <c r="T22" s="14">
         <v>40</v>
       </c>
       <c r="U22" s="14">
         <v>34</v>
       </c>
       <c r="V22" s="14">
@@ -9196,62 +9241,65 @@
       </c>
       <c r="DP22" s="8">
         <v>15</v>
       </c>
       <c r="DQ22" s="8">
         <v>11</v>
       </c>
       <c r="DR22" s="8">
         <v>18</v>
       </c>
       <c r="DS22" s="8">
         <v>8</v>
       </c>
       <c r="DT22" s="8">
         <v>11</v>
       </c>
       <c r="DU22" s="8">
         <v>18</v>
       </c>
       <c r="DV22" s="8">
         <v>13</v>
       </c>
       <c r="DW22" s="8">
         <v>18</v>
       </c>
+      <c r="DX22" s="8">
+        <v>5</v>
+      </c>
     </row>
-    <row r="30" spans="1:127">
+    <row r="30" spans="1:128">
       <c r="DM30" s="14" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="31" spans="1:127">
+    <row r="31" spans="1:128">
       <c r="DM31" s="14" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="32" spans="1:127">
+    <row r="32" spans="1:128">
       <c r="DM32" s="14" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="33" spans="117:117">
       <c r="DM33" s="14" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="34" spans="117:117">
       <c r="DM34" s="14" t="s">
         <v>167</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AU22"/>
   <sheetViews>
     <sheetView workbookViewId="0">