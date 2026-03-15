--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,75 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="http://shgsharepoint/services/sppu/statistics/statisticswork/Databank/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\Corporate Services\Corporate Policy &amp; Planning\Statistics\Databanks\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="-15" windowWidth="14520" windowHeight="12285" activeTab="1"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9096"/>
   </bookViews>
   <sheets>
     <sheet name="About" sheetId="49" r:id="rId1"/>
     <sheet name="Month" sheetId="46" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="About">Month!$A$2:$E$8</definedName>
+    <definedName name="About">Month!$A$2:$E$9</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="405" uniqueCount="328">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>A new Basic Island Pension scheme was introduced in April 2011</t>
   </si>
   <si>
     <t>Receiving Social Security Benefits, pre-2011</t>
   </si>
   <si>
     <t>Receiving Basic Island Pension (BIP)</t>
   </si>
   <si>
     <t>Receiving Disability Allowance</t>
   </si>
   <si>
@@ -735,76 +736,347 @@
   <si>
     <t>2019, 07</t>
   </si>
   <si>
     <t>2019, 08</t>
   </si>
   <si>
     <t>2019, 09</t>
   </si>
   <si>
     <t>2019,10</t>
   </si>
   <si>
     <t>2019,11</t>
   </si>
   <si>
     <t>2019, 12</t>
   </si>
   <si>
     <t>2020, 01</t>
   </si>
   <si>
     <t xml:space="preserve">January 2019: Revision to numbers receiving Basic Island Pension, 2017 and 2018.  </t>
   </si>
   <si>
-    <t>January 2020: The 3 Day scheme was reintroduced.</t>
-[...9 lines deleted...]
-    <t>This file was last updated on March 10, 2020.</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>2020, 02</t>
+  </si>
+  <si>
+    <t>2020, 03</t>
+  </si>
+  <si>
+    <t>2020, 04</t>
+  </si>
+  <si>
+    <t>BEN.BLA.CHILD</t>
+  </si>
+  <si>
+    <t>BEN.BLA.ADULT.MALE</t>
+  </si>
+  <si>
+    <t>BEN.BLA.ADULT.FEMALE</t>
+  </si>
+  <si>
+    <t>BEN.BLA.ADULT.MALE.65+</t>
+  </si>
+  <si>
+    <t>BEN.BLA.ADULT.FEMALE.65+</t>
+  </si>
+  <si>
+    <t>Childrens and Adult Social Care Directorate</t>
+  </si>
+  <si>
+    <t>Receiving Better Life Allowance, male adults 65 and older</t>
+  </si>
+  <si>
+    <t>Receiving Better Life Allowance, female adults 65 and older</t>
+  </si>
+  <si>
+    <t>2020, 05</t>
+  </si>
+  <si>
+    <t>Receiving Better Life Allowance, children 17 and younger</t>
+  </si>
+  <si>
+    <t>Receiving Better Life Allowance, male adults 18 to 64</t>
+  </si>
+  <si>
+    <t>Receiving Better Life Allowance, female adults 18 to 64</t>
+  </si>
+  <si>
+    <t>2020, 06</t>
+  </si>
+  <si>
+    <t>January 2020: From January to March 2020, the 3 Day scheme was reintroduced.</t>
+  </si>
+  <si>
+    <t>2020, 07</t>
+  </si>
+  <si>
+    <t>2020, 08</t>
+  </si>
+  <si>
+    <t>2020, 09</t>
+  </si>
+  <si>
+    <t>October 2020: A new Better Life Allowance criteria took effect from September 2020.</t>
+  </si>
+  <si>
+    <t>2021, 01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2021, 02 </t>
+  </si>
+  <si>
+    <t>2021, 03</t>
+  </si>
+  <si>
+    <t>2021, 04</t>
+  </si>
+  <si>
+    <t>2020, 10</t>
+  </si>
+  <si>
+    <t>2020, 11</t>
+  </si>
+  <si>
+    <t>2020, 12</t>
+  </si>
+  <si>
+    <t>2021, 05</t>
+  </si>
+  <si>
+    <t>2021, 06</t>
+  </si>
+  <si>
+    <t>2021, 07</t>
+  </si>
+  <si>
+    <t>2021, 08</t>
+  </si>
+  <si>
+    <t>2021, 09</t>
+  </si>
+  <si>
+    <t>2021, 10</t>
+  </si>
+  <si>
+    <t>2021, 11</t>
+  </si>
+  <si>
+    <t>2022, 04</t>
+  </si>
+  <si>
+    <t>..</t>
+  </si>
+  <si>
+    <t>Number of Persons registered as unemployed</t>
+  </si>
+  <si>
+    <t>October 2021: Changes to the Social Security (Amendment) Regulations 2021 came into effect from 1st October 2021. These included the changes to definitions for Income Related Benefits (IRB) from 'Household' to 'Family'. Eligibility and Application processes were also updated and the 'Shared Household Deductions' was introduced. There are also 4 categories for Job Readiness - Unemployment Benefits translates to category 1 on the job readiness scale. A new category has been added to show the number of persons registered as unemployed.</t>
+  </si>
+  <si>
+    <t>REG.UNEMPLOYED</t>
+  </si>
+  <si>
+    <t>2021, 12</t>
+  </si>
+  <si>
+    <t>2022, 01</t>
+  </si>
+  <si>
+    <t>2022, 02</t>
+  </si>
+  <si>
+    <t>2022, 03</t>
+  </si>
+  <si>
+    <t>2022, 05</t>
+  </si>
+  <si>
+    <t>2022, 06</t>
+  </si>
+  <si>
+    <t>2022, 07</t>
+  </si>
+  <si>
+    <t>2022, 08</t>
+  </si>
+  <si>
+    <t>2022, 09</t>
+  </si>
+  <si>
+    <t>2022, 10</t>
+  </si>
+  <si>
+    <t>2022, 11</t>
+  </si>
+  <si>
+    <t>2022, 12</t>
+  </si>
+  <si>
+    <t>2023, 01</t>
+  </si>
+  <si>
+    <t>2023, 02</t>
+  </si>
+  <si>
+    <t>2023, 03</t>
+  </si>
+  <si>
+    <t>2023, 04</t>
+  </si>
+  <si>
+    <t>2023, 05</t>
+  </si>
+  <si>
+    <t>2023, 06</t>
+  </si>
+  <si>
+    <t>2023, 07</t>
+  </si>
+  <si>
+    <t>2023, 08</t>
+  </si>
+  <si>
+    <t>2023, 09</t>
+  </si>
+  <si>
+    <t>2023, 10</t>
+  </si>
+  <si>
+    <t>2023, 11</t>
+  </si>
+  <si>
+    <t>2023, 12</t>
+  </si>
+  <si>
+    <t>2024, 01</t>
+  </si>
+  <si>
+    <t>2024, 02</t>
+  </si>
+  <si>
+    <t>2024, 03</t>
+  </si>
+  <si>
+    <t>2024, 04</t>
+  </si>
+  <si>
+    <t>2024, 05</t>
+  </si>
+  <si>
+    <t>2024, 06</t>
+  </si>
+  <si>
+    <t>2024, 07</t>
+  </si>
+  <si>
+    <t>2024, 08</t>
+  </si>
+  <si>
+    <t>2024, 09</t>
+  </si>
+  <si>
+    <t>This file contains numbers of persons and households receiving social benefits from the Government of St Helena at the end of each month, from 2003 onwards.  It is compiled by the Statistics Office of the St Helena Government from returns from The Treasury. Note that major changes were made to the St Helena social benefits program in 2011, and data series before and after than date may not be directly comparable. This file is updated each month, including any revisions to data for previous months. Blank cells or ".." in the data series mean that the data are not available for that classification. A zero is represented by "0".
+Please contact the Statistics Office with any questions or queries, or requests for additional analyses. Telephone 22138 within St Helena, or +290 22138 if dialling internationally. Alternatively, contact us by email on statistics@sainthelena.gov.sh or visit our web site at https://www.sainthelena.gov.sh/st-helena/statistics/.</t>
+  </si>
+  <si>
+    <t>2024, 10</t>
+  </si>
+  <si>
+    <t>2024, 11</t>
+  </si>
+  <si>
+    <t>2024, 12</t>
+  </si>
+  <si>
+    <t>2025, 01</t>
+  </si>
+  <si>
+    <t>2025, 02</t>
+  </si>
+  <si>
+    <t>2025, 03</t>
+  </si>
+  <si>
+    <t>2025, 04</t>
+  </si>
+  <si>
+    <t>2025, 05</t>
+  </si>
+  <si>
+    <t>2025, 06</t>
+  </si>
+  <si>
+    <t>2025, 07</t>
+  </si>
+  <si>
+    <t>2025, 08</t>
+  </si>
+  <si>
+    <t>2025, 09</t>
+  </si>
+  <si>
+    <t>2025, 10</t>
+  </si>
+  <si>
+    <t>2025, 11</t>
+  </si>
+  <si>
+    <t>2025, 12</t>
+  </si>
+  <si>
+    <t>2026, 01</t>
+  </si>
+  <si>
+    <t>This file was last updated on February 10, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_)_£_ ;_ * \(#,##0.00\)_£_ ;_ * &quot;-&quot;??_)_£_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="37">
+  <fonts count="38">
     <font>
       <sz val="12"/>
       <name val="Arial MT"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial MT"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial MT"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1292,343 +1564,429 @@
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="thin">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="126">
+  <cellStyleXfs count="163">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="11" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="14" fillId="28" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="28" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="29" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="31" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="31" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="33" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="28" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...43 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="28" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...20 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="37" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
-  <cellStyles count="126">
+  <cellStyles count="163">
     <cellStyle name="20% - Accent1 2" xfId="1"/>
     <cellStyle name="20% - Accent2 2" xfId="2"/>
     <cellStyle name="20% - Accent3 2" xfId="3"/>
     <cellStyle name="20% - Accent4 2" xfId="4"/>
     <cellStyle name="20% - Accent5 2" xfId="5"/>
     <cellStyle name="20% - Accent6 2" xfId="6"/>
     <cellStyle name="40% - Accent1 2" xfId="7"/>
     <cellStyle name="40% - Accent2 2" xfId="8"/>
     <cellStyle name="40% - Accent3 2" xfId="9"/>
     <cellStyle name="40% - Accent4 2" xfId="10"/>
     <cellStyle name="40% - Accent5 2" xfId="11"/>
     <cellStyle name="40% - Accent6 2" xfId="12"/>
     <cellStyle name="60% - Accent1 2" xfId="13"/>
     <cellStyle name="60% - Accent2 2" xfId="14"/>
     <cellStyle name="60% - Accent3 2" xfId="15"/>
     <cellStyle name="60% - Accent4 2" xfId="16"/>
     <cellStyle name="60% - Accent5 2" xfId="17"/>
     <cellStyle name="60% - Accent6 2" xfId="18"/>
     <cellStyle name="Accent1 2" xfId="19"/>
     <cellStyle name="Accent2 2" xfId="20"/>
     <cellStyle name="Accent3 2" xfId="21"/>
     <cellStyle name="Accent4 2" xfId="22"/>
     <cellStyle name="Accent5 2" xfId="23"/>
     <cellStyle name="Accent6 2" xfId="24"/>
     <cellStyle name="Accent6 3" xfId="25"/>
     <cellStyle name="Bad 2" xfId="26"/>
     <cellStyle name="Bad 2 2" xfId="27"/>
     <cellStyle name="Bad 3" xfId="28"/>
     <cellStyle name="Bad 3 2" xfId="29"/>
     <cellStyle name="Bad 3 3" xfId="30"/>
     <cellStyle name="Bad 4" xfId="31"/>
     <cellStyle name="Bad 5" xfId="32"/>
     <cellStyle name="Calculation 2" xfId="33"/>
     <cellStyle name="Check Cell 2" xfId="34"/>
     <cellStyle name="Comma 2" xfId="35"/>
     <cellStyle name="Comma 2 2" xfId="36"/>
     <cellStyle name="Comma 2 2 2" xfId="118"/>
+    <cellStyle name="Comma 2 2 2 2" xfId="158"/>
+    <cellStyle name="Comma 2 2 3" xfId="127"/>
     <cellStyle name="Comma 2 3" xfId="37"/>
+    <cellStyle name="Comma 2 3 2" xfId="128"/>
     <cellStyle name="Comma 2 4" xfId="38"/>
+    <cellStyle name="Comma 2 4 2" xfId="129"/>
     <cellStyle name="Comma 2 5" xfId="39"/>
+    <cellStyle name="Comma 2 5 2" xfId="130"/>
     <cellStyle name="Comma 2 6" xfId="117"/>
+    <cellStyle name="Comma 2 6 2" xfId="157"/>
+    <cellStyle name="Comma 2 7" xfId="126"/>
     <cellStyle name="Comma 2_6.8" xfId="40"/>
     <cellStyle name="Comma 3" xfId="41"/>
     <cellStyle name="Comma 3 2" xfId="42"/>
+    <cellStyle name="Comma 3 2 2" xfId="132"/>
     <cellStyle name="Comma 3 3" xfId="43"/>
+    <cellStyle name="Comma 3 3 2" xfId="133"/>
+    <cellStyle name="Comma 3 4" xfId="131"/>
     <cellStyle name="Comma 3_6.8" xfId="44"/>
     <cellStyle name="Comma 4" xfId="45"/>
+    <cellStyle name="Comma 4 2" xfId="134"/>
     <cellStyle name="Comma 5" xfId="46"/>
+    <cellStyle name="Comma 5 2" xfId="135"/>
     <cellStyle name="Comma 6" xfId="47"/>
+    <cellStyle name="Comma 6 2" xfId="136"/>
     <cellStyle name="Comma 7" xfId="48"/>
+    <cellStyle name="Comma 7 2" xfId="137"/>
     <cellStyle name="Comma 8" xfId="49"/>
+    <cellStyle name="Comma 8 2" xfId="138"/>
     <cellStyle name="Explanatory Text 2" xfId="50"/>
     <cellStyle name="Good 2" xfId="51"/>
     <cellStyle name="Good 2 2" xfId="52"/>
     <cellStyle name="Good 3" xfId="53"/>
     <cellStyle name="Heading 1 2" xfId="54"/>
     <cellStyle name="Heading 2 2" xfId="55"/>
     <cellStyle name="Heading 3 2" xfId="56"/>
     <cellStyle name="Heading 4 2" xfId="57"/>
     <cellStyle name="Input 2" xfId="58"/>
     <cellStyle name="Input 3" xfId="59"/>
     <cellStyle name="Linked Cell 2" xfId="60"/>
     <cellStyle name="Neutral 2" xfId="61"/>
     <cellStyle name="Neutral 3" xfId="62"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="63"/>
+    <cellStyle name="Normal 10 2" xfId="139"/>
     <cellStyle name="Normal 11" xfId="64"/>
     <cellStyle name="Normal 12" xfId="65"/>
     <cellStyle name="Normal 13" xfId="66"/>
     <cellStyle name="Normal 14" xfId="67"/>
     <cellStyle name="Normal 15" xfId="68"/>
     <cellStyle name="Normal 2" xfId="69"/>
     <cellStyle name="Normal 2 2" xfId="70"/>
     <cellStyle name="Normal 2 2 2" xfId="71"/>
     <cellStyle name="Normal 2 2 2 2" xfId="72"/>
+    <cellStyle name="Normal 2 2 2 2 2" xfId="142"/>
+    <cellStyle name="Normal 2 2 2 3" xfId="141"/>
     <cellStyle name="Normal 2 2 3" xfId="73"/>
+    <cellStyle name="Normal 2 2 3 2" xfId="143"/>
     <cellStyle name="Normal 2 2 4" xfId="74"/>
+    <cellStyle name="Normal 2 2 5" xfId="140"/>
     <cellStyle name="Normal 2 3" xfId="75"/>
     <cellStyle name="Normal 2 3 2" xfId="76"/>
     <cellStyle name="Normal 2 3 3" xfId="77"/>
+    <cellStyle name="Normal 2 3 3 2" xfId="144"/>
     <cellStyle name="Normal 2 3_6.8" xfId="78"/>
     <cellStyle name="Normal 2 4" xfId="79"/>
     <cellStyle name="Normal 2 5" xfId="80"/>
     <cellStyle name="Normal 2 6" xfId="81"/>
     <cellStyle name="Normal 2_6.8" xfId="82"/>
     <cellStyle name="Normal 3" xfId="83"/>
     <cellStyle name="Normal 3 2" xfId="84"/>
     <cellStyle name="Normal 3 2 2" xfId="85"/>
+    <cellStyle name="Normal 3 2 2 2" xfId="146"/>
     <cellStyle name="Normal 3 2 3" xfId="86"/>
+    <cellStyle name="Normal 3 2 3 2" xfId="147"/>
+    <cellStyle name="Normal 3 2 4" xfId="145"/>
     <cellStyle name="Normal 3 3" xfId="87"/>
     <cellStyle name="Normal 3 4" xfId="88"/>
+    <cellStyle name="Normal 3 4 2" xfId="148"/>
     <cellStyle name="Normal 3 5" xfId="89"/>
     <cellStyle name="Normal 3 6" xfId="90"/>
     <cellStyle name="Normal 3 7" xfId="119"/>
     <cellStyle name="Normal 3_6.8" xfId="91"/>
     <cellStyle name="Normal 4" xfId="92"/>
     <cellStyle name="Normal 4 2" xfId="93"/>
+    <cellStyle name="Normal 4 2 2" xfId="149"/>
     <cellStyle name="Normal 4 3" xfId="94"/>
     <cellStyle name="Normal 4 4" xfId="95"/>
+    <cellStyle name="Normal 4 4 2" xfId="150"/>
     <cellStyle name="Normal 4 5" xfId="120"/>
     <cellStyle name="Normal 4_6.8" xfId="96"/>
     <cellStyle name="Normal 5" xfId="97"/>
     <cellStyle name="Normal 5 2" xfId="98"/>
     <cellStyle name="Normal 5 2 2" xfId="122"/>
+    <cellStyle name="Normal 5 2 2 2" xfId="160"/>
+    <cellStyle name="Normal 5 2 3" xfId="151"/>
     <cellStyle name="Normal 5 3" xfId="99"/>
+    <cellStyle name="Normal 5 3 2" xfId="152"/>
     <cellStyle name="Normal 5 4" xfId="121"/>
+    <cellStyle name="Normal 5 4 2" xfId="159"/>
     <cellStyle name="Normal 5_6.8" xfId="100"/>
     <cellStyle name="Normal 6" xfId="101"/>
     <cellStyle name="Normal 6 2" xfId="102"/>
     <cellStyle name="Normal 6 2 2" xfId="124"/>
+    <cellStyle name="Normal 6 2 2 2" xfId="162"/>
     <cellStyle name="Normal 6 3" xfId="103"/>
     <cellStyle name="Normal 6 4" xfId="123"/>
+    <cellStyle name="Normal 6 4 2" xfId="161"/>
     <cellStyle name="Normal 6_6.8" xfId="104"/>
     <cellStyle name="Normal 7" xfId="105"/>
     <cellStyle name="Normal 7 2" xfId="125"/>
     <cellStyle name="Normal 8" xfId="106"/>
     <cellStyle name="Normal 9" xfId="107"/>
+    <cellStyle name="Normal 9 2" xfId="153"/>
     <cellStyle name="Note 2" xfId="108"/>
     <cellStyle name="Output 2" xfId="109"/>
     <cellStyle name="Percent 2" xfId="110"/>
     <cellStyle name="Percent 2 2" xfId="111"/>
+    <cellStyle name="Percent 2 2 2" xfId="155"/>
     <cellStyle name="Percent 2 3" xfId="112"/>
+    <cellStyle name="Percent 2 4" xfId="154"/>
     <cellStyle name="Percent 3" xfId="113"/>
+    <cellStyle name="Percent 3 2" xfId="156"/>
     <cellStyle name="Title" xfId="114" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total 2" xfId="115"/>
     <cellStyle name="Warning Text 2" xfId="116"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1952,135 +2310,149 @@
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G111"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="121.109375" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="121.08984375" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="121.109375" style="2"/>
-    <col min="2" max="16384" width="121.109375" style="1"/>
+    <col min="1" max="1" width="121.08984375" style="2"/>
+    <col min="2" max="16384" width="121.08984375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="105">
+    <row r="1" spans="1:7" ht="100.8">
       <c r="A1" s="8" t="s">
-        <v>237</v>
+        <v>310</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="7"/>
       <c r="G1" s="5"/>
     </row>
     <row r="2" spans="1:7" ht="30.75" customHeight="1">
       <c r="A2" s="1" t="s">
-        <v>239</v>
+        <v>327</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="6" t="s">
         <v>221</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:7">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="6" t="s">
         <v>235</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="6" t="s">
-        <v>236</v>
+        <v>253</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
     </row>
     <row r="8" spans="1:7">
+      <c r="A8" s="6" t="s">
+        <v>257</v>
+      </c>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
     </row>
-    <row r="9" spans="1:7">
+    <row r="9" spans="1:7" ht="57.6">
+      <c r="A9" s="5" t="s">
+        <v>275</v>
+      </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
     </row>
     <row r="10" spans="1:7">
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
     </row>
     <row r="11" spans="1:7">
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
     </row>
     <row r="12" spans="1:7">
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
     </row>
     <row r="13" spans="1:7">
       <c r="B13" s="4"/>
@@ -2656,2856 +3028,5357 @@
       <c r="B108" s="3"/>
       <c r="C108" s="3"/>
       <c r="D108" s="3"/>
       <c r="E108" s="3"/>
     </row>
     <row r="109" spans="2:5">
       <c r="B109" s="3"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
     </row>
     <row r="110" spans="2:5">
       <c r="B110" s="3"/>
       <c r="C110" s="3"/>
       <c r="D110" s="3"/>
       <c r="E110" s="3"/>
     </row>
     <row r="111" spans="2:5">
       <c r="B111" s="3"/>
       <c r="C111" s="3"/>
       <c r="D111" s="3"/>
       <c r="E111" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:HC52"/>
+  <dimension ref="A1:JV32"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="GO2" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="2" ySplit="1" topLeftCell="JI2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="GQ26" sqref="GQ26"/>
+      <selection pane="bottomRight" activeCell="JV15" sqref="JV15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="20.44140625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="20.453125" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="22.109375" style="10" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="328" max="16384" width="20.44140625" style="10"/>
+    <col min="1" max="1" width="23.6328125" style="10" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="41.6328125" style="10" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.36328125" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.453125" style="10" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="97.26953125" style="10" bestFit="1" customWidth="1"/>
+    <col min="6" max="200" width="6.90625" style="13" bestFit="1" customWidth="1"/>
+    <col min="201" max="201" width="6.6328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="202" max="206" width="6.90625" style="13" bestFit="1" customWidth="1"/>
+    <col min="207" max="208" width="6.6328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="209" max="222" width="6.90625" style="13" bestFit="1" customWidth="1"/>
+    <col min="223" max="223" width="7.26953125" style="13" bestFit="1" customWidth="1"/>
+    <col min="224" max="226" width="6.90625" style="13" bestFit="1" customWidth="1"/>
+    <col min="227" max="234" width="6.90625" style="10" bestFit="1" customWidth="1"/>
+    <col min="235" max="239" width="6.90625" style="13" bestFit="1" customWidth="1"/>
+    <col min="240" max="241" width="6.90625" style="16" bestFit="1" customWidth="1"/>
+    <col min="242" max="242" width="6.90625" style="13" bestFit="1" customWidth="1"/>
+    <col min="243" max="245" width="6.90625" style="10" bestFit="1" customWidth="1"/>
+    <col min="246" max="250" width="6.90625" style="13" bestFit="1" customWidth="1"/>
+    <col min="251" max="254" width="6.90625" style="10" bestFit="1" customWidth="1"/>
+    <col min="255" max="255" width="6.90625" style="13" bestFit="1" customWidth="1"/>
+    <col min="256" max="270" width="6.90625" style="10" bestFit="1" customWidth="1"/>
+    <col min="271" max="272" width="6.90625" style="13" bestFit="1" customWidth="1"/>
+    <col min="273" max="273" width="7" style="10" customWidth="1"/>
+    <col min="274" max="278" width="6.90625" style="10" bestFit="1" customWidth="1"/>
+    <col min="279" max="279" width="6.54296875" style="10" bestFit="1" customWidth="1"/>
+    <col min="280" max="315" width="6.1796875" style="10" customWidth="1"/>
+    <col min="316" max="325" width="5.453125" style="10" customWidth="1"/>
+    <col min="326" max="16384" width="20.453125" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:211" s="9" customFormat="1">
+    <row r="1" spans="1:282" s="9" customFormat="1">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="11" t="s">
         <v>193</v>
       </c>
       <c r="C1" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="9" t="s">
+      <c r="F1" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="G1" s="9" t="s">
+      <c r="G1" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="H1" s="9" t="s">
+      <c r="H1" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="I1" s="9" t="s">
+      <c r="I1" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="J1" s="9" t="s">
+      <c r="J1" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="K1" s="9" t="s">
+      <c r="K1" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="L1" s="9" t="s">
+      <c r="L1" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="M1" s="9" t="s">
+      <c r="M1" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="N1" s="9" t="s">
+      <c r="N1" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="O1" s="9" t="s">
+      <c r="O1" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="P1" s="9" t="s">
+      <c r="P1" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="Q1" s="9" t="s">
+      <c r="Q1" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="R1" s="9" t="s">
+      <c r="R1" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="S1" s="9" t="s">
+      <c r="S1" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="T1" s="9" t="s">
+      <c r="T1" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="U1" s="9" t="s">
+      <c r="U1" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="V1" s="9" t="s">
+      <c r="V1" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="W1" s="9" t="s">
+      <c r="W1" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="X1" s="9" t="s">
+      <c r="X1" s="12" t="s">
         <v>26</v>
       </c>
-      <c r="Y1" s="9" t="s">
+      <c r="Y1" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="Z1" s="9" t="s">
+      <c r="Z1" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="AA1" s="9" t="s">
+      <c r="AA1" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="AB1" s="9" t="s">
+      <c r="AB1" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="AC1" s="9" t="s">
+      <c r="AC1" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="AD1" s="9" t="s">
+      <c r="AD1" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="AE1" s="9" t="s">
+      <c r="AE1" s="12" t="s">
         <v>33</v>
       </c>
-      <c r="AF1" s="9" t="s">
+      <c r="AF1" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="AG1" s="9" t="s">
+      <c r="AG1" s="12" t="s">
         <v>35</v>
       </c>
-      <c r="AH1" s="9" t="s">
+      <c r="AH1" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="AI1" s="9" t="s">
+      <c r="AI1" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="AJ1" s="9" t="s">
+      <c r="AJ1" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="AK1" s="9" t="s">
+      <c r="AK1" s="12" t="s">
         <v>39</v>
       </c>
-      <c r="AL1" s="9" t="s">
+      <c r="AL1" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="AM1" s="9" t="s">
+      <c r="AM1" s="12" t="s">
         <v>41</v>
       </c>
-      <c r="AN1" s="9" t="s">
+      <c r="AN1" s="12" t="s">
         <v>42</v>
       </c>
-      <c r="AO1" s="9" t="s">
+      <c r="AO1" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="AP1" s="9" t="s">
+      <c r="AP1" s="12" t="s">
         <v>44</v>
       </c>
-      <c r="AQ1" s="9" t="s">
+      <c r="AQ1" s="12" t="s">
         <v>45</v>
       </c>
-      <c r="AR1" s="9" t="s">
+      <c r="AR1" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="AS1" s="9" t="s">
+      <c r="AS1" s="12" t="s">
         <v>47</v>
       </c>
-      <c r="AT1" s="9" t="s">
+      <c r="AT1" s="12" t="s">
         <v>48</v>
       </c>
-      <c r="AU1" s="9" t="s">
+      <c r="AU1" s="12" t="s">
         <v>49</v>
       </c>
-      <c r="AV1" s="9" t="s">
+      <c r="AV1" s="12" t="s">
         <v>50</v>
       </c>
-      <c r="AW1" s="9" t="s">
+      <c r="AW1" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="AX1" s="9" t="s">
+      <c r="AX1" s="12" t="s">
         <v>52</v>
       </c>
-      <c r="AY1" s="9" t="s">
+      <c r="AY1" s="12" t="s">
         <v>53</v>
       </c>
-      <c r="AZ1" s="9" t="s">
+      <c r="AZ1" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="BA1" s="9" t="s">
+      <c r="BA1" s="12" t="s">
         <v>55</v>
       </c>
-      <c r="BB1" s="9" t="s">
+      <c r="BB1" s="12" t="s">
         <v>56</v>
       </c>
-      <c r="BC1" s="9" t="s">
+      <c r="BC1" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="BD1" s="9" t="s">
+      <c r="BD1" s="12" t="s">
         <v>58</v>
       </c>
-      <c r="BE1" s="9" t="s">
+      <c r="BE1" s="12" t="s">
         <v>59</v>
       </c>
-      <c r="BF1" s="9" t="s">
+      <c r="BF1" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="BG1" s="9" t="s">
+      <c r="BG1" s="12" t="s">
         <v>61</v>
       </c>
-      <c r="BH1" s="9" t="s">
+      <c r="BH1" s="12" t="s">
         <v>62</v>
       </c>
-      <c r="BI1" s="9" t="s">
+      <c r="BI1" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="BJ1" s="9" t="s">
+      <c r="BJ1" s="12" t="s">
         <v>64</v>
       </c>
-      <c r="BK1" s="9" t="s">
+      <c r="BK1" s="12" t="s">
         <v>65</v>
       </c>
-      <c r="BL1" s="9" t="s">
+      <c r="BL1" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="BM1" s="9" t="s">
+      <c r="BM1" s="12" t="s">
         <v>67</v>
       </c>
-      <c r="BN1" s="9" t="s">
+      <c r="BN1" s="12" t="s">
         <v>68</v>
       </c>
-      <c r="BO1" s="9" t="s">
+      <c r="BO1" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="BP1" s="9" t="s">
+      <c r="BP1" s="12" t="s">
         <v>70</v>
       </c>
-      <c r="BQ1" s="9" t="s">
+      <c r="BQ1" s="12" t="s">
         <v>71</v>
       </c>
-      <c r="BR1" s="9" t="s">
+      <c r="BR1" s="12" t="s">
         <v>72</v>
       </c>
-      <c r="BS1" s="9" t="s">
+      <c r="BS1" s="12" t="s">
         <v>73</v>
       </c>
-      <c r="BT1" s="9" t="s">
+      <c r="BT1" s="12" t="s">
         <v>74</v>
       </c>
-      <c r="BU1" s="9" t="s">
+      <c r="BU1" s="12" t="s">
         <v>75</v>
       </c>
-      <c r="BV1" s="9" t="s">
+      <c r="BV1" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="BW1" s="9" t="s">
+      <c r="BW1" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="BX1" s="9" t="s">
+      <c r="BX1" s="12" t="s">
         <v>78</v>
       </c>
-      <c r="BY1" s="9" t="s">
+      <c r="BY1" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="BZ1" s="9" t="s">
+      <c r="BZ1" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="CA1" s="9" t="s">
+      <c r="CA1" s="12" t="s">
         <v>81</v>
       </c>
-      <c r="CB1" s="9" t="s">
+      <c r="CB1" s="12" t="s">
         <v>82</v>
       </c>
-      <c r="CC1" s="9" t="s">
+      <c r="CC1" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="CD1" s="9" t="s">
+      <c r="CD1" s="12" t="s">
         <v>84</v>
       </c>
-      <c r="CE1" s="9" t="s">
+      <c r="CE1" s="12" t="s">
         <v>85</v>
       </c>
-      <c r="CF1" s="9" t="s">
+      <c r="CF1" s="12" t="s">
         <v>86</v>
       </c>
-      <c r="CG1" s="9" t="s">
+      <c r="CG1" s="12" t="s">
         <v>87</v>
       </c>
-      <c r="CH1" s="9" t="s">
+      <c r="CH1" s="12" t="s">
         <v>88</v>
       </c>
-      <c r="CI1" s="9" t="s">
+      <c r="CI1" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="CJ1" s="9" t="s">
+      <c r="CJ1" s="12" t="s">
         <v>90</v>
       </c>
-      <c r="CK1" s="9" t="s">
+      <c r="CK1" s="12" t="s">
         <v>91</v>
       </c>
-      <c r="CL1" s="9" t="s">
+      <c r="CL1" s="12" t="s">
         <v>92</v>
       </c>
-      <c r="CM1" s="9" t="s">
+      <c r="CM1" s="12" t="s">
         <v>93</v>
       </c>
-      <c r="CN1" s="9" t="s">
+      <c r="CN1" s="12" t="s">
         <v>94</v>
       </c>
-      <c r="CO1" s="9" t="s">
+      <c r="CO1" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="CP1" s="9" t="s">
+      <c r="CP1" s="12" t="s">
         <v>96</v>
       </c>
-      <c r="CQ1" s="9" t="s">
+      <c r="CQ1" s="12" t="s">
         <v>97</v>
       </c>
-      <c r="CR1" s="9" t="s">
+      <c r="CR1" s="12" t="s">
         <v>98</v>
       </c>
-      <c r="CS1" s="9" t="s">
+      <c r="CS1" s="12" t="s">
         <v>99</v>
       </c>
-      <c r="CT1" s="9" t="s">
+      <c r="CT1" s="12" t="s">
         <v>100</v>
       </c>
-      <c r="CU1" s="9" t="s">
+      <c r="CU1" s="12" t="s">
         <v>101</v>
       </c>
-      <c r="CV1" s="9" t="s">
+      <c r="CV1" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="CW1" s="9" t="s">
+      <c r="CW1" s="12" t="s">
         <v>103</v>
       </c>
-      <c r="CX1" s="9" t="s">
+      <c r="CX1" s="12" t="s">
         <v>104</v>
       </c>
-      <c r="CY1" s="9" t="s">
+      <c r="CY1" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="CZ1" s="9" t="s">
+      <c r="CZ1" s="12" t="s">
         <v>106</v>
       </c>
-      <c r="DA1" s="9" t="s">
+      <c r="DA1" s="12" t="s">
         <v>107</v>
       </c>
-      <c r="DB1" s="9" t="s">
+      <c r="DB1" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="DC1" s="9" t="s">
+      <c r="DC1" s="12" t="s">
         <v>109</v>
       </c>
-      <c r="DD1" s="9" t="s">
+      <c r="DD1" s="12" t="s">
         <v>110</v>
       </c>
-      <c r="DE1" s="9" t="s">
+      <c r="DE1" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="DF1" s="9" t="s">
+      <c r="DF1" s="12" t="s">
         <v>112</v>
       </c>
-      <c r="DG1" s="9" t="s">
+      <c r="DG1" s="12" t="s">
         <v>113</v>
       </c>
-      <c r="DH1" s="9" t="s">
+      <c r="DH1" s="12" t="s">
         <v>114</v>
       </c>
-      <c r="DI1" s="9" t="s">
+      <c r="DI1" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="DJ1" s="9" t="s">
+      <c r="DJ1" s="12" t="s">
         <v>116</v>
       </c>
-      <c r="DK1" s="9" t="s">
+      <c r="DK1" s="12" t="s">
         <v>117</v>
       </c>
-      <c r="DL1" s="9" t="s">
+      <c r="DL1" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="DM1" s="9" t="s">
+      <c r="DM1" s="12" t="s">
         <v>119</v>
       </c>
-      <c r="DN1" s="9" t="s">
+      <c r="DN1" s="12" t="s">
         <v>120</v>
       </c>
-      <c r="DO1" s="9" t="s">
+      <c r="DO1" s="12" t="s">
         <v>121</v>
       </c>
-      <c r="DP1" s="9" t="s">
+      <c r="DP1" s="12" t="s">
         <v>122</v>
       </c>
-      <c r="DQ1" s="9" t="s">
+      <c r="DQ1" s="12" t="s">
         <v>123</v>
       </c>
-      <c r="DR1" s="9" t="s">
+      <c r="DR1" s="12" t="s">
         <v>124</v>
       </c>
-      <c r="DS1" s="9" t="s">
+      <c r="DS1" s="12" t="s">
         <v>125</v>
       </c>
-      <c r="DT1" s="9" t="s">
+      <c r="DT1" s="12" t="s">
         <v>126</v>
       </c>
-      <c r="DU1" s="9" t="s">
+      <c r="DU1" s="12" t="s">
         <v>127</v>
       </c>
-      <c r="DV1" s="9" t="s">
+      <c r="DV1" s="12" t="s">
         <v>128</v>
       </c>
-      <c r="DW1" s="9" t="s">
+      <c r="DW1" s="12" t="s">
         <v>129</v>
       </c>
-      <c r="DX1" s="9" t="s">
+      <c r="DX1" s="12" t="s">
         <v>130</v>
       </c>
-      <c r="DY1" s="9" t="s">
+      <c r="DY1" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="DZ1" s="9" t="s">
+      <c r="DZ1" s="12" t="s">
         <v>132</v>
       </c>
-      <c r="EA1" s="9" t="s">
+      <c r="EA1" s="12" t="s">
         <v>133</v>
       </c>
-      <c r="EB1" s="9" t="s">
+      <c r="EB1" s="12" t="s">
         <v>134</v>
       </c>
-      <c r="EC1" s="9" t="s">
+      <c r="EC1" s="12" t="s">
         <v>135</v>
       </c>
-      <c r="ED1" s="9" t="s">
+      <c r="ED1" s="12" t="s">
         <v>136</v>
       </c>
-      <c r="EE1" s="9" t="s">
+      <c r="EE1" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="EF1" s="9" t="s">
+      <c r="EF1" s="12" t="s">
         <v>138</v>
       </c>
-      <c r="EG1" s="9" t="s">
+      <c r="EG1" s="12" t="s">
         <v>139</v>
       </c>
-      <c r="EH1" s="9" t="s">
+      <c r="EH1" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="EI1" s="9" t="s">
+      <c r="EI1" s="12" t="s">
         <v>141</v>
       </c>
-      <c r="EJ1" s="9" t="s">
+      <c r="EJ1" s="12" t="s">
         <v>142</v>
       </c>
-      <c r="EK1" s="9" t="s">
+      <c r="EK1" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="EL1" s="9" t="s">
+      <c r="EL1" s="12" t="s">
         <v>144</v>
       </c>
-      <c r="EM1" s="9" t="s">
+      <c r="EM1" s="12" t="s">
         <v>145</v>
       </c>
-      <c r="EN1" s="9" t="s">
+      <c r="EN1" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="EO1" s="9" t="s">
+      <c r="EO1" s="12" t="s">
         <v>147</v>
       </c>
-      <c r="EP1" s="9" t="s">
+      <c r="EP1" s="12" t="s">
         <v>148</v>
       </c>
-      <c r="EQ1" s="9" t="s">
+      <c r="EQ1" s="12" t="s">
         <v>149</v>
       </c>
-      <c r="ER1" s="9" t="s">
+      <c r="ER1" s="12" t="s">
         <v>150</v>
       </c>
-      <c r="ES1" s="9" t="s">
+      <c r="ES1" s="12" t="s">
         <v>151</v>
       </c>
-      <c r="ET1" s="9" t="s">
+      <c r="ET1" s="12" t="s">
         <v>152</v>
       </c>
-      <c r="EU1" s="9" t="s">
+      <c r="EU1" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="EV1" s="9" t="s">
+      <c r="EV1" s="12" t="s">
         <v>154</v>
       </c>
-      <c r="EW1" s="9" t="s">
+      <c r="EW1" s="12" t="s">
         <v>155</v>
       </c>
-      <c r="EX1" s="9" t="s">
+      <c r="EX1" s="12" t="s">
         <v>156</v>
       </c>
-      <c r="EY1" s="9" t="s">
+      <c r="EY1" s="12" t="s">
         <v>157</v>
       </c>
-      <c r="EZ1" s="9" t="s">
+      <c r="EZ1" s="12" t="s">
         <v>158</v>
       </c>
-      <c r="FA1" s="9" t="s">
+      <c r="FA1" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="FB1" s="9" t="s">
+      <c r="FB1" s="12" t="s">
         <v>160</v>
       </c>
-      <c r="FC1" s="9" t="s">
+      <c r="FC1" s="12" t="s">
         <v>161</v>
       </c>
-      <c r="FD1" s="9" t="s">
+      <c r="FD1" s="12" t="s">
         <v>162</v>
       </c>
-      <c r="FE1" s="9" t="s">
+      <c r="FE1" s="12" t="s">
         <v>163</v>
       </c>
-      <c r="FF1" s="9" t="s">
+      <c r="FF1" s="12" t="s">
         <v>164</v>
       </c>
-      <c r="FG1" s="9" t="s">
+      <c r="FG1" s="12" t="s">
         <v>165</v>
       </c>
-      <c r="FH1" s="9" t="s">
+      <c r="FH1" s="12" t="s">
         <v>166</v>
       </c>
-      <c r="FI1" s="9" t="s">
+      <c r="FI1" s="12" t="s">
         <v>167</v>
       </c>
-      <c r="FJ1" s="9" t="s">
+      <c r="FJ1" s="12" t="s">
         <v>168</v>
       </c>
-      <c r="FK1" s="9" t="s">
+      <c r="FK1" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="FL1" s="9" t="s">
+      <c r="FL1" s="12" t="s">
         <v>170</v>
       </c>
-      <c r="FM1" s="9" t="s">
+      <c r="FM1" s="12" t="s">
         <v>171</v>
       </c>
-      <c r="FN1" s="9" t="s">
+      <c r="FN1" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="FO1" s="9" t="s">
+      <c r="FO1" s="12" t="s">
         <v>173</v>
       </c>
-      <c r="FP1" s="9" t="s">
+      <c r="FP1" s="12" t="s">
         <v>174</v>
       </c>
-      <c r="FQ1" s="9" t="s">
+      <c r="FQ1" s="12" t="s">
         <v>175</v>
       </c>
-      <c r="FR1" s="9" t="s">
+      <c r="FR1" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="FS1" s="9" t="s">
+      <c r="FS1" s="12" t="s">
         <v>177</v>
       </c>
-      <c r="FT1" s="9" t="s">
+      <c r="FT1" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="FU1" s="9" t="s">
+      <c r="FU1" s="12" t="s">
         <v>179</v>
       </c>
-      <c r="FV1" s="9" t="s">
+      <c r="FV1" s="12" t="s">
         <v>180</v>
       </c>
-      <c r="FW1" s="9" t="s">
+      <c r="FW1" s="12" t="s">
         <v>181</v>
       </c>
-      <c r="FX1" s="9" t="s">
+      <c r="FX1" s="12" t="s">
         <v>182</v>
       </c>
-      <c r="FY1" s="9" t="s">
+      <c r="FY1" s="12" t="s">
         <v>183</v>
       </c>
-      <c r="FZ1" s="9" t="s">
+      <c r="FZ1" s="12" t="s">
         <v>184</v>
       </c>
-      <c r="GA1" s="9" t="s">
+      <c r="GA1" s="12" t="s">
         <v>185</v>
       </c>
-      <c r="GB1" s="9" t="s">
+      <c r="GB1" s="12" t="s">
         <v>186</v>
       </c>
-      <c r="GC1" s="9" t="s">
+      <c r="GC1" s="12" t="s">
         <v>187</v>
       </c>
-      <c r="GD1" s="9" t="s">
+      <c r="GD1" s="12" t="s">
         <v>188</v>
       </c>
-      <c r="GE1" s="9" t="s">
+      <c r="GE1" s="12" t="s">
         <v>189</v>
       </c>
-      <c r="GF1" s="9" t="s">
+      <c r="GF1" s="12" t="s">
         <v>190</v>
       </c>
-      <c r="GG1" s="9" t="s">
+      <c r="GG1" s="12" t="s">
         <v>191</v>
       </c>
-      <c r="GH1" s="9" t="s">
+      <c r="GH1" s="12" t="s">
         <v>192</v>
       </c>
-      <c r="GI1" s="9" t="s">
+      <c r="GI1" s="12" t="s">
         <v>214</v>
       </c>
-      <c r="GJ1" s="9" t="s">
+      <c r="GJ1" s="12" t="s">
         <v>215</v>
       </c>
-      <c r="GK1" s="9" t="s">
+      <c r="GK1" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="GL1" s="9" t="s">
+      <c r="GL1" s="12" t="s">
         <v>217</v>
       </c>
-      <c r="GM1" s="9" t="s">
+      <c r="GM1" s="12" t="s">
         <v>218</v>
       </c>
-      <c r="GN1" s="9" t="s">
+      <c r="GN1" s="12" t="s">
         <v>219</v>
       </c>
-      <c r="GO1" s="9" t="s">
+      <c r="GO1" s="12" t="s">
         <v>220</v>
       </c>
-      <c r="GP1" s="13" t="s">
+      <c r="GP1" s="12" t="s">
         <v>222</v>
       </c>
-      <c r="GQ1" s="9" t="s">
+      <c r="GQ1" s="12" t="s">
         <v>223</v>
       </c>
-      <c r="GR1" s="9" t="s">
+      <c r="GR1" s="12" t="s">
         <v>224</v>
       </c>
-      <c r="GS1" s="9" t="s">
+      <c r="GS1" s="12" t="s">
         <v>225</v>
       </c>
-      <c r="GT1" s="13" t="s">
+      <c r="GT1" s="12" t="s">
         <v>226</v>
       </c>
-      <c r="GU1" s="13" t="s">
+      <c r="GU1" s="12" t="s">
         <v>227</v>
       </c>
-      <c r="GV1" s="9" t="s">
+      <c r="GV1" s="12" t="s">
         <v>228</v>
       </c>
-      <c r="GW1" s="9" t="s">
+      <c r="GW1" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="GX1" s="9" t="s">
+      <c r="GX1" s="12" t="s">
         <v>230</v>
       </c>
-      <c r="GY1" s="13" t="s">
+      <c r="GY1" s="12" t="s">
         <v>231</v>
       </c>
-      <c r="GZ1" s="13" t="s">
+      <c r="GZ1" s="12" t="s">
         <v>232</v>
       </c>
-      <c r="HA1" s="13" t="s">
+      <c r="HA1" s="12" t="s">
         <v>233</v>
       </c>
-      <c r="HB1" s="13" t="s">
+      <c r="HB1" s="12" t="s">
         <v>234</v>
       </c>
-      <c r="HC1" s="9" t="s">
+      <c r="HC1" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="HD1" s="12" t="s">
         <v>238</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="6" t="s">
+      <c r="HE1" s="12" t="s">
+        <v>239</v>
+      </c>
+      <c r="HF1" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="HG1" s="12" t="s">
+        <v>252</v>
+      </c>
+      <c r="HH1" s="12" t="s">
+        <v>254</v>
+      </c>
+      <c r="HI1" s="12" t="s">
+        <v>255</v>
+      </c>
+      <c r="HJ1" s="12" t="s">
+        <v>256</v>
+      </c>
+      <c r="HK1" s="12" t="s">
+        <v>262</v>
+      </c>
+      <c r="HL1" s="12" t="s">
+        <v>263</v>
+      </c>
+      <c r="HM1" s="12" t="s">
+        <v>264</v>
+      </c>
+      <c r="HN1" s="12" t="s">
+        <v>258</v>
+      </c>
+      <c r="HO1" s="12" t="s">
+        <v>259</v>
+      </c>
+      <c r="HP1" s="12" t="s">
+        <v>260</v>
+      </c>
+      <c r="HQ1" s="12" t="s">
+        <v>261</v>
+      </c>
+      <c r="HR1" s="12" t="s">
+        <v>265</v>
+      </c>
+      <c r="HS1" s="12" t="s">
+        <v>266</v>
+      </c>
+      <c r="HT1" s="12" t="s">
+        <v>267</v>
+      </c>
+      <c r="HU1" s="12" t="s">
+        <v>268</v>
+      </c>
+      <c r="HV1" s="12" t="s">
+        <v>269</v>
+      </c>
+      <c r="HW1" s="12" t="s">
+        <v>270</v>
+      </c>
+      <c r="HX1" s="12" t="s">
+        <v>271</v>
+      </c>
+      <c r="HY1" s="12" t="s">
+        <v>277</v>
+      </c>
+      <c r="HZ1" s="12" t="s">
+        <v>278</v>
+      </c>
+      <c r="IA1" s="12" t="s">
+        <v>279</v>
+      </c>
+      <c r="IB1" s="12" t="s">
+        <v>280</v>
+      </c>
+      <c r="IC1" s="12" t="s">
+        <v>272</v>
+      </c>
+      <c r="ID1" s="12" t="s">
+        <v>281</v>
+      </c>
+      <c r="IE1" s="12" t="s">
+        <v>282</v>
+      </c>
+      <c r="IF1" s="20" t="s">
+        <v>283</v>
+      </c>
+      <c r="IG1" s="20" t="s">
+        <v>284</v>
+      </c>
+      <c r="IH1" s="12" t="s">
+        <v>285</v>
+      </c>
+      <c r="II1" s="9" t="s">
+        <v>286</v>
+      </c>
+      <c r="IJ1" s="12" t="s">
+        <v>287</v>
+      </c>
+      <c r="IK1" s="12" t="s">
+        <v>288</v>
+      </c>
+      <c r="IL1" s="12" t="s">
+        <v>289</v>
+      </c>
+      <c r="IM1" s="12" t="s">
+        <v>290</v>
+      </c>
+      <c r="IN1" s="12" t="s">
+        <v>291</v>
+      </c>
+      <c r="IO1" s="12" t="s">
+        <v>292</v>
+      </c>
+      <c r="IP1" s="12" t="s">
+        <v>293</v>
+      </c>
+      <c r="IQ1" s="12" t="s">
+        <v>294</v>
+      </c>
+      <c r="IR1" s="12" t="s">
+        <v>295</v>
+      </c>
+      <c r="IS1" s="12" t="s">
+        <v>296</v>
+      </c>
+      <c r="IT1" s="12" t="s">
+        <v>297</v>
+      </c>
+      <c r="IU1" s="12" t="s">
+        <v>298</v>
+      </c>
+      <c r="IV1" s="12" t="s">
+        <v>299</v>
+      </c>
+      <c r="IW1" s="12" t="s">
+        <v>300</v>
+      </c>
+      <c r="IX1" s="12" t="s">
+        <v>301</v>
+      </c>
+      <c r="IY1" s="12" t="s">
+        <v>302</v>
+      </c>
+      <c r="IZ1" s="12" t="s">
+        <v>303</v>
+      </c>
+      <c r="JA1" s="12" t="s">
+        <v>304</v>
+      </c>
+      <c r="JB1" s="12" t="s">
+        <v>305</v>
+      </c>
+      <c r="JC1" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="JD1" s="12" t="s">
+        <v>307</v>
+      </c>
+      <c r="JE1" s="12" t="s">
+        <v>308</v>
+      </c>
+      <c r="JF1" s="12" t="s">
+        <v>309</v>
+      </c>
+      <c r="JG1" s="12" t="s">
+        <v>311</v>
+      </c>
+      <c r="JH1" s="12" t="s">
+        <v>312</v>
+      </c>
+      <c r="JI1" s="12" t="s">
+        <v>313</v>
+      </c>
+      <c r="JJ1" s="12" t="s">
+        <v>314</v>
+      </c>
+      <c r="JK1" s="12" t="s">
+        <v>315</v>
+      </c>
+      <c r="JL1" s="12" t="s">
+        <v>316</v>
+      </c>
+      <c r="JM1" s="12" t="s">
+        <v>317</v>
+      </c>
+      <c r="JN1" s="12" t="s">
+        <v>318</v>
+      </c>
+      <c r="JO1" s="12" t="s">
+        <v>319</v>
+      </c>
+      <c r="JP1" s="12" t="s">
+        <v>320</v>
+      </c>
+      <c r="JQ1" s="12" t="s">
+        <v>321</v>
+      </c>
+      <c r="JR1" s="12" t="s">
+        <v>322</v>
+      </c>
+      <c r="JS1" s="12" t="s">
+        <v>323</v>
+      </c>
+      <c r="JT1" s="12" t="s">
+        <v>324</v>
+      </c>
+      <c r="JU1" s="12" t="s">
+        <v>325</v>
+      </c>
+      <c r="JV1" s="12" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="2" spans="1:282">
+      <c r="A2" s="17" t="s">
         <v>201</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>213</v>
       </c>
       <c r="C2" s="10" t="s">
         <v>194</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>196</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>200</v>
       </c>
-      <c r="F2" s="10">
+      <c r="F2" s="13">
         <v>78</v>
       </c>
-      <c r="G2" s="10">
+      <c r="G2" s="13">
         <v>67</v>
       </c>
-      <c r="H2" s="10">
+      <c r="H2" s="13">
         <v>74</v>
       </c>
-      <c r="I2" s="10">
+      <c r="I2" s="13">
         <v>57</v>
       </c>
-      <c r="J2" s="10">
+      <c r="J2" s="13">
         <v>56</v>
       </c>
-      <c r="K2" s="10">
+      <c r="K2" s="13">
         <v>82</v>
       </c>
-      <c r="L2" s="10">
+      <c r="L2" s="13">
         <v>79</v>
       </c>
-      <c r="M2" s="10">
+      <c r="M2" s="13">
         <v>68</v>
       </c>
-      <c r="N2" s="10">
+      <c r="N2" s="13">
         <v>66</v>
       </c>
-      <c r="O2" s="10">
+      <c r="O2" s="13">
         <v>49</v>
       </c>
-      <c r="P2" s="10">
+      <c r="P2" s="13">
         <v>60</v>
       </c>
-      <c r="Q2" s="10">
+      <c r="Q2" s="13">
         <v>48</v>
       </c>
-      <c r="R2" s="10">
+      <c r="R2" s="13">
         <v>54</v>
       </c>
-      <c r="S2" s="10">
+      <c r="S2" s="13">
         <v>57</v>
       </c>
-      <c r="T2" s="10">
+      <c r="T2" s="13">
         <v>43</v>
       </c>
-      <c r="U2" s="10">
+      <c r="U2" s="13">
         <v>45</v>
       </c>
-      <c r="V2" s="10">
+      <c r="V2" s="13">
         <v>38</v>
       </c>
-      <c r="W2" s="10">
+      <c r="W2" s="13">
         <v>39</v>
       </c>
-      <c r="X2" s="10">
+      <c r="X2" s="13">
         <v>90</v>
       </c>
-      <c r="Y2" s="10">
+      <c r="Y2" s="13">
         <v>123</v>
       </c>
-      <c r="Z2" s="10">
+      <c r="Z2" s="13">
         <v>115</v>
       </c>
-      <c r="AA2" s="10">
+      <c r="AA2" s="13">
         <v>38</v>
       </c>
-      <c r="AB2" s="10">
+      <c r="AB2" s="13">
         <v>34</v>
       </c>
-      <c r="AC2" s="10">
+      <c r="AC2" s="13">
         <v>37</v>
       </c>
-      <c r="AD2" s="10">
+      <c r="AD2" s="13">
         <v>44</v>
       </c>
-      <c r="AE2" s="10">
+      <c r="AE2" s="13">
         <v>44</v>
       </c>
-      <c r="AF2" s="10">
+      <c r="AF2" s="13">
         <v>39</v>
       </c>
-      <c r="AG2" s="10">
+      <c r="AG2" s="13">
         <v>34</v>
       </c>
-      <c r="AH2" s="10">
+      <c r="AH2" s="13">
         <v>35</v>
       </c>
-      <c r="AI2" s="10">
+      <c r="AI2" s="13">
         <v>30</v>
       </c>
-      <c r="AJ2" s="10">
+      <c r="AJ2" s="13">
         <v>83</v>
       </c>
-      <c r="AK2" s="10">
+      <c r="AK2" s="13">
         <v>125</v>
       </c>
-      <c r="AL2" s="10">
+      <c r="AL2" s="13">
         <v>117</v>
       </c>
-      <c r="AM2" s="10">
+      <c r="AM2" s="13">
         <v>43</v>
       </c>
-      <c r="AN2" s="10">
+      <c r="AN2" s="13">
         <v>36</v>
       </c>
-      <c r="AO2" s="10">
+      <c r="AO2" s="13">
         <v>35</v>
       </c>
-      <c r="AP2" s="10">
+      <c r="AP2" s="13">
         <v>38</v>
       </c>
-      <c r="AQ2" s="10">
+      <c r="AQ2" s="13">
         <v>39</v>
       </c>
-      <c r="AR2" s="10">
+      <c r="AR2" s="13">
         <v>33</v>
       </c>
-      <c r="AS2" s="10">
+      <c r="AS2" s="13">
         <v>33</v>
       </c>
-      <c r="AT2" s="10">
+      <c r="AT2" s="13">
         <v>29</v>
       </c>
-      <c r="AU2" s="10">
+      <c r="AU2" s="13">
         <v>33</v>
       </c>
-      <c r="AV2" s="10">
+      <c r="AV2" s="13">
         <v>68</v>
       </c>
-      <c r="AW2" s="10">
+      <c r="AW2" s="13">
         <v>59</v>
       </c>
-      <c r="AX2" s="10">
+      <c r="AX2" s="13">
         <v>46</v>
       </c>
-      <c r="AY2" s="10">
+      <c r="AY2" s="13">
         <v>40</v>
       </c>
-      <c r="AZ2" s="10">
+      <c r="AZ2" s="13">
         <v>43</v>
       </c>
-      <c r="BA2" s="10">
+      <c r="BA2" s="13">
         <v>36</v>
       </c>
-      <c r="BB2" s="10">
+      <c r="BB2" s="13">
         <v>41</v>
       </c>
-      <c r="BC2" s="10">
+      <c r="BC2" s="13">
         <v>35</v>
       </c>
-      <c r="BD2" s="10">
+      <c r="BD2" s="13">
         <v>35</v>
       </c>
-      <c r="BE2" s="10">
+      <c r="BE2" s="13">
         <v>27</v>
       </c>
-      <c r="BF2" s="10">
+      <c r="BF2" s="13">
         <v>28</v>
       </c>
-      <c r="BG2" s="10">
+      <c r="BG2" s="13">
         <v>24</v>
       </c>
-      <c r="BH2" s="10">
+      <c r="BH2" s="13">
         <v>23</v>
       </c>
-      <c r="BI2" s="10">
+      <c r="BI2" s="13">
         <v>46</v>
       </c>
-      <c r="BJ2" s="10">
+      <c r="BJ2" s="13">
         <v>46</v>
       </c>
-      <c r="BK2" s="10">
+      <c r="BK2" s="13">
         <v>25</v>
       </c>
-      <c r="BL2" s="10">
+      <c r="BL2" s="13">
         <v>26</v>
       </c>
-      <c r="BM2" s="10">
+      <c r="BM2" s="13">
         <v>32</v>
       </c>
-      <c r="BN2" s="10">
+      <c r="BN2" s="13">
         <v>27</v>
       </c>
-      <c r="BO2" s="10">
+      <c r="BO2" s="13">
         <v>23</v>
       </c>
-      <c r="BP2" s="10">
+      <c r="BP2" s="13">
         <v>23</v>
       </c>
-      <c r="BQ2" s="10">
+      <c r="BQ2" s="13">
         <v>27</v>
       </c>
-      <c r="BR2" s="10">
+      <c r="BR2" s="13">
         <v>25</v>
       </c>
-      <c r="BS2" s="10">
+      <c r="BS2" s="13">
         <v>27</v>
       </c>
-      <c r="BT2" s="10">
+      <c r="BT2" s="13">
         <v>82</v>
       </c>
-      <c r="BU2" s="10">
+      <c r="BU2" s="13">
         <v>62</v>
       </c>
-      <c r="BV2" s="10">
+      <c r="BV2" s="13">
         <v>48</v>
       </c>
-      <c r="BW2" s="10">
+      <c r="BW2" s="13">
         <v>36</v>
       </c>
-      <c r="BX2" s="10">
+      <c r="BX2" s="13">
         <v>32</v>
       </c>
-      <c r="BY2" s="10">
+      <c r="BY2" s="13">
         <v>33</v>
       </c>
-      <c r="BZ2" s="10">
+      <c r="BZ2" s="13">
         <v>26</v>
       </c>
-      <c r="CA2" s="10">
+      <c r="CA2" s="13">
         <v>29</v>
       </c>
-      <c r="CB2" s="10">
+      <c r="CB2" s="13">
         <v>22</v>
       </c>
-      <c r="CC2" s="10">
+      <c r="CC2" s="13">
         <v>26</v>
       </c>
-      <c r="CD2" s="10">
+      <c r="CD2" s="13">
         <v>20</v>
       </c>
-      <c r="CE2" s="10">
+      <c r="CE2" s="13">
         <v>20</v>
       </c>
-      <c r="CF2" s="10">
+      <c r="CF2" s="13">
         <v>20</v>
       </c>
-      <c r="CG2" s="10">
+      <c r="CG2" s="13">
         <v>64</v>
       </c>
-      <c r="CH2" s="10">
+      <c r="CH2" s="13">
         <v>67</v>
       </c>
-      <c r="CI2" s="10">
+      <c r="CI2" s="13">
         <v>35</v>
       </c>
-      <c r="CJ2" s="10">
+      <c r="CJ2" s="13">
         <v>34</v>
       </c>
-      <c r="CK2" s="10">
+      <c r="CK2" s="13">
         <v>38</v>
       </c>
-      <c r="CL2" s="10">
+      <c r="CL2" s="13">
         <v>40</v>
       </c>
-      <c r="CM2" s="10">
+      <c r="CM2" s="13">
         <v>40</v>
       </c>
-      <c r="CN2" s="10">
+      <c r="CN2" s="13">
         <v>33</v>
       </c>
-      <c r="CO2" s="10">
+      <c r="CO2" s="13">
         <v>36</v>
       </c>
-      <c r="CP2" s="10">
+      <c r="CP2" s="13">
         <v>31</v>
       </c>
-      <c r="CQ2" s="10">
+      <c r="CQ2" s="13">
         <v>33</v>
       </c>
-      <c r="CR2" s="10">
+      <c r="CR2" s="13">
         <v>35</v>
       </c>
-      <c r="CS2" s="10">
+      <c r="CS2" s="13">
         <v>39</v>
       </c>
-      <c r="CT2" s="10">
+      <c r="CT2" s="13">
         <v>52</v>
       </c>
-      <c r="CU2" s="10">
+      <c r="CU2" s="13">
         <v>34</v>
       </c>
-      <c r="CV2" s="10">
+      <c r="CV2" s="13">
         <v>36</v>
       </c>
-      <c r="CW2" s="10">
+      <c r="CW2" s="13">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="6" t="s">
+      <c r="HS2" s="13"/>
+      <c r="HT2" s="13"/>
+      <c r="HU2" s="13"/>
+      <c r="HV2" s="13"/>
+      <c r="HW2" s="13"/>
+      <c r="HX2" s="13"/>
+      <c r="HY2" s="13"/>
+      <c r="HZ2" s="13"/>
+    </row>
+    <row r="3" spans="1:282">
+      <c r="A3" s="17" t="s">
         <v>202</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>194</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>196</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>197</v>
       </c>
-      <c r="F3" s="10">
+      <c r="F3" s="13">
         <v>652</v>
       </c>
-      <c r="G3" s="10">
+      <c r="G3" s="13">
         <v>645</v>
       </c>
-      <c r="H3" s="10">
+      <c r="H3" s="13">
         <v>648</v>
       </c>
-      <c r="I3" s="10">
+      <c r="I3" s="13">
         <v>601</v>
       </c>
-      <c r="J3" s="10">
+      <c r="J3" s="13">
         <v>644</v>
       </c>
-      <c r="K3" s="10">
+      <c r="K3" s="13">
         <v>641</v>
       </c>
-      <c r="L3" s="10">
+      <c r="L3" s="13">
         <v>644</v>
       </c>
-      <c r="M3" s="10">
+      <c r="M3" s="13">
         <v>654</v>
       </c>
-      <c r="N3" s="10">
+      <c r="N3" s="13">
         <v>652</v>
       </c>
-      <c r="O3" s="10">
+      <c r="O3" s="13">
         <v>665</v>
       </c>
-      <c r="P3" s="10">
+      <c r="P3" s="13">
         <v>670</v>
       </c>
-      <c r="Q3" s="10">
+      <c r="Q3" s="13">
         <v>670</v>
       </c>
-      <c r="R3" s="10">
+      <c r="R3" s="13">
         <v>674</v>
       </c>
-      <c r="S3" s="10">
+      <c r="S3" s="13">
         <v>677</v>
       </c>
-      <c r="T3" s="10">
+      <c r="T3" s="13">
         <v>653</v>
       </c>
-      <c r="U3" s="10">
+      <c r="U3" s="13">
         <v>657</v>
       </c>
-      <c r="V3" s="10">
+      <c r="V3" s="13">
         <v>654</v>
       </c>
-      <c r="W3" s="10">
+      <c r="W3" s="13">
         <v>660</v>
       </c>
-      <c r="X3" s="10">
+      <c r="X3" s="13">
         <v>654</v>
       </c>
-      <c r="Y3" s="10">
+      <c r="Y3" s="13">
         <v>657</v>
       </c>
-      <c r="Z3" s="10">
+      <c r="Z3" s="13">
         <v>659</v>
       </c>
-      <c r="AA3" s="10">
+      <c r="AA3" s="13">
         <v>645</v>
       </c>
-      <c r="AB3" s="10">
+      <c r="AB3" s="13">
         <v>647</v>
       </c>
-      <c r="AC3" s="10">
+      <c r="AC3" s="13">
         <v>647</v>
       </c>
-      <c r="AD3" s="10">
+      <c r="AD3" s="13">
         <v>649</v>
       </c>
-      <c r="AE3" s="10">
+      <c r="AE3" s="13">
         <v>645</v>
       </c>
-      <c r="AF3" s="10">
+      <c r="AF3" s="13">
         <v>654</v>
       </c>
-      <c r="AG3" s="10">
+      <c r="AG3" s="13">
         <v>642</v>
       </c>
-      <c r="AH3" s="10">
+      <c r="AH3" s="13">
         <v>634</v>
       </c>
-      <c r="AI3" s="10">
+      <c r="AI3" s="13">
         <v>635</v>
       </c>
-      <c r="AJ3" s="10">
+      <c r="AJ3" s="13">
         <v>634</v>
       </c>
-      <c r="AK3" s="10">
+      <c r="AK3" s="13">
         <v>640</v>
       </c>
-      <c r="AL3" s="10">
+      <c r="AL3" s="13">
         <v>647</v>
       </c>
-      <c r="AM3" s="10">
+      <c r="AM3" s="13">
         <v>654</v>
       </c>
-      <c r="AN3" s="10">
+      <c r="AN3" s="13">
         <v>661</v>
       </c>
-      <c r="AO3" s="10">
+      <c r="AO3" s="13">
         <v>658</v>
       </c>
-      <c r="AP3" s="10">
+      <c r="AP3" s="13">
         <v>659</v>
       </c>
-      <c r="AQ3" s="10">
+      <c r="AQ3" s="13">
         <v>657</v>
       </c>
-      <c r="AR3" s="10">
+      <c r="AR3" s="13">
         <v>660</v>
       </c>
-      <c r="AS3" s="10">
+      <c r="AS3" s="13">
         <v>647</v>
       </c>
-      <c r="AT3" s="10">
+      <c r="AT3" s="13">
         <v>647</v>
       </c>
-      <c r="AU3" s="10">
+      <c r="AU3" s="13">
         <v>646</v>
       </c>
-      <c r="AV3" s="10">
+      <c r="AV3" s="13">
         <v>653</v>
       </c>
-      <c r="AW3" s="10">
+      <c r="AW3" s="13">
         <v>651</v>
       </c>
-      <c r="AX3" s="10">
+      <c r="AX3" s="13">
         <v>649</v>
       </c>
-      <c r="AY3" s="10">
+      <c r="AY3" s="13">
         <v>641</v>
       </c>
-      <c r="AZ3" s="10">
+      <c r="AZ3" s="13">
         <v>639</v>
       </c>
-      <c r="BA3" s="10">
+      <c r="BA3" s="13">
         <v>643</v>
       </c>
-      <c r="BB3" s="10">
+      <c r="BB3" s="13">
         <v>645</v>
       </c>
-      <c r="BC3" s="10">
+      <c r="BC3" s="13">
         <v>647</v>
       </c>
-      <c r="BD3" s="10">
+      <c r="BD3" s="13">
         <v>643</v>
       </c>
-      <c r="BE3" s="10">
+      <c r="BE3" s="13">
         <v>644</v>
       </c>
-      <c r="BF3" s="10">
+      <c r="BF3" s="13">
         <v>642</v>
       </c>
-      <c r="BG3" s="10">
+      <c r="BG3" s="13">
         <v>640</v>
       </c>
-      <c r="BH3" s="10">
+      <c r="BH3" s="13">
         <v>636</v>
       </c>
-      <c r="BI3" s="10">
+      <c r="BI3" s="13">
         <v>643</v>
       </c>
-      <c r="BJ3" s="10">
+      <c r="BJ3" s="13">
         <v>643</v>
       </c>
-      <c r="BK3" s="10">
+      <c r="BK3" s="13">
         <v>646</v>
       </c>
-      <c r="BL3" s="10">
+      <c r="BL3" s="13">
         <v>645</v>
       </c>
-      <c r="BM3" s="10">
+      <c r="BM3" s="13">
         <v>643</v>
       </c>
-      <c r="BN3" s="10">
+      <c r="BN3" s="13">
         <v>640</v>
       </c>
-      <c r="BO3" s="10">
+      <c r="BO3" s="13">
         <v>636</v>
       </c>
-      <c r="BP3" s="10">
+      <c r="BP3" s="13">
         <v>638</v>
       </c>
-      <c r="BQ3" s="10">
+      <c r="BQ3" s="13">
         <v>642</v>
       </c>
-      <c r="BR3" s="10">
+      <c r="BR3" s="13">
         <v>645</v>
       </c>
-      <c r="BS3" s="10">
+      <c r="BS3" s="13">
         <v>641</v>
       </c>
-      <c r="BT3" s="10">
+      <c r="BT3" s="13">
         <v>645</v>
       </c>
-      <c r="BU3" s="10">
+      <c r="BU3" s="13">
         <v>657</v>
       </c>
-      <c r="BV3" s="10">
+      <c r="BV3" s="13">
         <v>696</v>
       </c>
-      <c r="BW3" s="10">
+      <c r="BW3" s="13">
         <v>689</v>
       </c>
-      <c r="BX3" s="10">
+      <c r="BX3" s="13">
         <v>686</v>
       </c>
-      <c r="BY3" s="10">
+      <c r="BY3" s="13">
         <v>689</v>
       </c>
-      <c r="BZ3" s="10">
+      <c r="BZ3" s="13">
         <v>693</v>
       </c>
-      <c r="CA3" s="10">
+      <c r="CA3" s="13">
         <v>693</v>
       </c>
-      <c r="CB3" s="10">
+      <c r="CB3" s="13">
         <v>696</v>
       </c>
-      <c r="CC3" s="10">
+      <c r="CC3" s="13">
         <v>702</v>
       </c>
-      <c r="CD3" s="10">
+      <c r="CD3" s="13">
         <v>706</v>
       </c>
-      <c r="CE3" s="10">
+      <c r="CE3" s="13">
         <v>715</v>
       </c>
-      <c r="CF3" s="10">
+      <c r="CF3" s="13">
         <v>713</v>
       </c>
-      <c r="CG3" s="10">
+      <c r="CG3" s="13">
         <v>715</v>
       </c>
-      <c r="CH3" s="10">
+      <c r="CH3" s="13">
         <v>723</v>
       </c>
-      <c r="CI3" s="10">
+      <c r="CI3" s="13">
         <v>722</v>
       </c>
-      <c r="CJ3" s="10">
+      <c r="CJ3" s="13">
         <v>750</v>
       </c>
-      <c r="CK3" s="10">
+      <c r="CK3" s="13">
         <v>769</v>
       </c>
-      <c r="CL3" s="10">
+      <c r="CL3" s="13">
         <v>764</v>
       </c>
-      <c r="CM3" s="10">
+      <c r="CM3" s="13">
         <v>750</v>
       </c>
-      <c r="CN3" s="10">
+      <c r="CN3" s="13">
         <v>754</v>
       </c>
-      <c r="CO3" s="10">
+      <c r="CO3" s="13">
         <v>749</v>
       </c>
-      <c r="CP3" s="10">
+      <c r="CP3" s="13">
         <v>742</v>
       </c>
-      <c r="CQ3" s="10">
+      <c r="CQ3" s="13">
         <v>749</v>
       </c>
-      <c r="CR3" s="10">
+      <c r="CR3" s="13">
         <v>750</v>
       </c>
-      <c r="CS3" s="10">
+      <c r="CS3" s="13">
         <v>741</v>
       </c>
-      <c r="CT3" s="10">
+      <c r="CT3" s="13">
         <v>743</v>
       </c>
-      <c r="CU3" s="10">
+      <c r="CU3" s="13">
         <v>735</v>
       </c>
-      <c r="CV3" s="10">
+      <c r="CV3" s="13">
         <v>729</v>
       </c>
-      <c r="CW3" s="10">
+      <c r="CW3" s="13">
         <v>729</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="6" t="s">
+      <c r="HS3" s="13"/>
+      <c r="HT3" s="13"/>
+      <c r="HU3" s="13"/>
+      <c r="HV3" s="13"/>
+      <c r="HW3" s="13"/>
+      <c r="HX3" s="13"/>
+      <c r="HY3" s="13"/>
+      <c r="HZ3" s="13"/>
+    </row>
+    <row r="4" spans="1:282">
+      <c r="A4" s="17" t="s">
         <v>203</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>211</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>194</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>196</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>199</v>
       </c>
-      <c r="F4" s="10">
+      <c r="F4" s="13">
         <v>167</v>
       </c>
-      <c r="G4" s="10">
+      <c r="G4" s="13">
         <v>174</v>
       </c>
-      <c r="H4" s="10">
+      <c r="H4" s="13">
         <v>176</v>
       </c>
-      <c r="I4" s="10">
+      <c r="I4" s="13">
         <v>185</v>
       </c>
-      <c r="J4" s="10">
+      <c r="J4" s="13">
         <v>163</v>
       </c>
-      <c r="K4" s="10">
+      <c r="K4" s="13">
         <v>142</v>
       </c>
-      <c r="L4" s="10">
+      <c r="L4" s="13">
         <v>139</v>
       </c>
-      <c r="M4" s="10">
+      <c r="M4" s="13">
         <v>134</v>
       </c>
-      <c r="N4" s="10">
+      <c r="N4" s="13">
         <v>113</v>
       </c>
-      <c r="O4" s="10">
+      <c r="O4" s="13">
         <v>118</v>
       </c>
-      <c r="P4" s="10">
+      <c r="P4" s="13">
         <v>130</v>
       </c>
-      <c r="Q4" s="10">
+      <c r="Q4" s="13">
         <v>130</v>
       </c>
-      <c r="R4" s="10">
+      <c r="R4" s="13">
         <v>129</v>
       </c>
-      <c r="S4" s="10">
+      <c r="S4" s="13">
         <v>128</v>
       </c>
-      <c r="T4" s="10">
+      <c r="T4" s="13">
         <v>119</v>
       </c>
-      <c r="U4" s="10">
+      <c r="U4" s="13">
         <v>148</v>
       </c>
-      <c r="V4" s="10">
+      <c r="V4" s="13">
         <v>157</v>
       </c>
-      <c r="W4" s="10">
+      <c r="W4" s="13">
         <v>138</v>
       </c>
-      <c r="X4" s="10">
+      <c r="X4" s="13">
         <v>134</v>
       </c>
-      <c r="Y4" s="10">
+      <c r="Y4" s="13">
         <v>133</v>
       </c>
-      <c r="Z4" s="10">
+      <c r="Z4" s="13">
         <v>123</v>
       </c>
-      <c r="AA4" s="10">
+      <c r="AA4" s="13">
         <v>122</v>
       </c>
-      <c r="AB4" s="10">
+      <c r="AB4" s="13">
         <v>116</v>
       </c>
-      <c r="AC4" s="10">
+      <c r="AC4" s="13">
         <v>115</v>
       </c>
-      <c r="AD4" s="10">
+      <c r="AD4" s="13">
         <v>98</v>
       </c>
-      <c r="AE4" s="10">
+      <c r="AE4" s="13">
         <v>96</v>
       </c>
-      <c r="AF4" s="10">
+      <c r="AF4" s="13">
         <v>115</v>
       </c>
-      <c r="AG4" s="10">
+      <c r="AG4" s="13">
         <v>101</v>
       </c>
-      <c r="AH4" s="10">
+      <c r="AH4" s="13">
         <v>104</v>
       </c>
-      <c r="AI4" s="10">
+      <c r="AI4" s="13">
         <v>104</v>
       </c>
-      <c r="AJ4" s="10">
+      <c r="AJ4" s="13">
         <v>93</v>
       </c>
-      <c r="AK4" s="10">
+      <c r="AK4" s="13">
         <v>89</v>
       </c>
-      <c r="AL4" s="10">
+      <c r="AL4" s="13">
         <v>87</v>
       </c>
-      <c r="AM4" s="10">
+      <c r="AM4" s="13">
         <v>82</v>
       </c>
-      <c r="AN4" s="10">
+      <c r="AN4" s="13">
         <v>77</v>
       </c>
-      <c r="AO4" s="10">
+      <c r="AO4" s="13">
         <v>77</v>
       </c>
-      <c r="AP4" s="10">
+      <c r="AP4" s="13">
         <v>77</v>
       </c>
-      <c r="AQ4" s="10">
+      <c r="AQ4" s="13">
         <v>78</v>
       </c>
-      <c r="AR4" s="10">
+      <c r="AR4" s="13">
         <v>80</v>
       </c>
-      <c r="AS4" s="10">
+      <c r="AS4" s="13">
         <v>77</v>
       </c>
-      <c r="AT4" s="10">
+      <c r="AT4" s="13">
         <v>79</v>
       </c>
-      <c r="AU4" s="10">
+      <c r="AU4" s="13">
         <v>79</v>
       </c>
-      <c r="AV4" s="10">
+      <c r="AV4" s="13">
         <v>77</v>
       </c>
-      <c r="AW4" s="10">
+      <c r="AW4" s="13">
         <v>82</v>
       </c>
-      <c r="AX4" s="10">
+      <c r="AX4" s="13">
         <v>77</v>
       </c>
-      <c r="AY4" s="10">
+      <c r="AY4" s="13">
         <v>78</v>
       </c>
-      <c r="AZ4" s="10">
+      <c r="AZ4" s="13">
         <v>75</v>
       </c>
-      <c r="BA4" s="10">
+      <c r="BA4" s="13">
         <v>73</v>
       </c>
-      <c r="BB4" s="10">
+      <c r="BB4" s="13">
         <v>74</v>
       </c>
-      <c r="BC4" s="10">
+      <c r="BC4" s="13">
         <v>64</v>
       </c>
-      <c r="BD4" s="10">
+      <c r="BD4" s="13">
         <v>64</v>
       </c>
-      <c r="BE4" s="10">
+      <c r="BE4" s="13">
         <v>62</v>
       </c>
-      <c r="BF4" s="10">
+      <c r="BF4" s="13">
         <v>60</v>
       </c>
-      <c r="BG4" s="10">
+      <c r="BG4" s="13">
         <v>60</v>
       </c>
-      <c r="BH4" s="10">
+      <c r="BH4" s="13">
         <v>57</v>
       </c>
-      <c r="BI4" s="10">
+      <c r="BI4" s="13">
         <v>56</v>
       </c>
-      <c r="BJ4" s="10">
+      <c r="BJ4" s="13">
         <v>57</v>
       </c>
-      <c r="BK4" s="10">
+      <c r="BK4" s="13">
         <v>52</v>
       </c>
-      <c r="BL4" s="10">
+      <c r="BL4" s="13">
         <v>44</v>
       </c>
-      <c r="BM4" s="10">
+      <c r="BM4" s="13">
         <v>44</v>
       </c>
-      <c r="BN4" s="10">
+      <c r="BN4" s="13">
         <v>40</v>
       </c>
-      <c r="BO4" s="10">
+      <c r="BO4" s="13">
         <v>43</v>
       </c>
-      <c r="BP4" s="10">
+      <c r="BP4" s="13">
         <v>44</v>
       </c>
-      <c r="BQ4" s="10">
+      <c r="BQ4" s="13">
         <v>44</v>
       </c>
-      <c r="BR4" s="10">
+      <c r="BR4" s="13">
         <v>30</v>
       </c>
-      <c r="BS4" s="10">
+      <c r="BS4" s="13">
         <v>31</v>
       </c>
-      <c r="BT4" s="10">
+      <c r="BT4" s="13">
         <v>33</v>
       </c>
-      <c r="BU4" s="10">
+      <c r="BU4" s="13">
         <v>37</v>
       </c>
-      <c r="BV4" s="10">
+      <c r="BV4" s="13">
         <v>36</v>
       </c>
-      <c r="BW4" s="10">
+      <c r="BW4" s="13">
         <v>36</v>
       </c>
-      <c r="BX4" s="10">
+      <c r="BX4" s="13">
         <v>34</v>
       </c>
-      <c r="BY4" s="10">
+      <c r="BY4" s="13">
         <v>30</v>
       </c>
-      <c r="BZ4" s="10">
+      <c r="BZ4" s="13">
         <v>31</v>
       </c>
-      <c r="CA4" s="10">
+      <c r="CA4" s="13">
         <v>28</v>
       </c>
-      <c r="CB4" s="10">
+      <c r="CB4" s="13">
         <v>26</v>
       </c>
-      <c r="CC4" s="10">
+      <c r="CC4" s="13">
         <v>24</v>
       </c>
-      <c r="CD4" s="10">
+      <c r="CD4" s="13">
         <v>24</v>
       </c>
-      <c r="CE4" s="10">
+      <c r="CE4" s="13">
         <v>24</v>
       </c>
-      <c r="CF4" s="10">
+      <c r="CF4" s="13">
         <v>27</v>
       </c>
-      <c r="CG4" s="10">
+      <c r="CG4" s="13">
         <v>27</v>
       </c>
-      <c r="CH4" s="10">
+      <c r="CH4" s="13">
         <v>28</v>
       </c>
-      <c r="CI4" s="10">
+      <c r="CI4" s="13">
         <v>28</v>
       </c>
-      <c r="CJ4" s="10">
+      <c r="CJ4" s="13">
         <v>28</v>
       </c>
-      <c r="CK4" s="10">
+      <c r="CK4" s="13">
         <v>22</v>
       </c>
-      <c r="CL4" s="10">
+      <c r="CL4" s="13">
         <v>21</v>
       </c>
-      <c r="CM4" s="10">
+      <c r="CM4" s="13">
         <v>23</v>
       </c>
-      <c r="CN4" s="10">
+      <c r="CN4" s="13">
         <v>22</v>
       </c>
-      <c r="CO4" s="10">
+      <c r="CO4" s="13">
         <v>22</v>
       </c>
-      <c r="CP4" s="10">
+      <c r="CP4" s="13">
         <v>20</v>
       </c>
-      <c r="CQ4" s="10">
+      <c r="CQ4" s="13">
         <v>20</v>
       </c>
-      <c r="CR4" s="10">
+      <c r="CR4" s="13">
         <v>20</v>
       </c>
-      <c r="CS4" s="10">
+      <c r="CS4" s="13">
         <v>19</v>
       </c>
-      <c r="CT4" s="10">
+      <c r="CT4" s="13">
         <v>21</v>
       </c>
-      <c r="CU4" s="10">
+      <c r="CU4" s="13">
         <v>19</v>
       </c>
-      <c r="CV4" s="10">
+      <c r="CV4" s="13">
         <v>14</v>
       </c>
-      <c r="CW4" s="10">
+      <c r="CW4" s="13">
         <v>15</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="6" t="s">
+      <c r="HS4" s="13"/>
+      <c r="HT4" s="13"/>
+      <c r="HU4" s="13"/>
+      <c r="HV4" s="13"/>
+      <c r="HW4" s="13"/>
+      <c r="HX4" s="13"/>
+      <c r="HY4" s="13"/>
+      <c r="HZ4" s="13"/>
+    </row>
+    <row r="5" spans="1:282">
+      <c r="A5" s="17" t="s">
         <v>204</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>208</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>196</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="F5" s="10" t="s">
+      <c r="F5" s="13" t="s">
         <v>210</v>
       </c>
-      <c r="EB5" s="10">
+      <c r="EB5" s="13">
         <v>183</v>
       </c>
-      <c r="EC5" s="10">
+      <c r="EC5" s="13">
         <v>189</v>
       </c>
-      <c r="ED5" s="10">
+      <c r="ED5" s="13">
         <v>185</v>
       </c>
-      <c r="EE5" s="10">
+      <c r="EE5" s="13">
         <v>184</v>
       </c>
-      <c r="EF5" s="10">
+      <c r="EF5" s="13">
         <v>177</v>
       </c>
-      <c r="EG5" s="10">
+      <c r="EG5" s="13">
         <v>174</v>
       </c>
-      <c r="EH5" s="10">
+      <c r="EH5" s="13">
         <v>169</v>
       </c>
-      <c r="EI5" s="10">
+      <c r="EI5" s="13">
         <v>168</v>
       </c>
-      <c r="EJ5" s="10">
+      <c r="EJ5" s="13">
         <v>161</v>
       </c>
-      <c r="EK5" s="10">
+      <c r="EK5" s="13">
         <v>163</v>
       </c>
-      <c r="EL5" s="10">
+      <c r="EL5" s="13">
         <v>166</v>
       </c>
-      <c r="EM5" s="10">
+      <c r="EM5" s="13">
         <v>160</v>
       </c>
-      <c r="EN5" s="10">
+      <c r="EN5" s="13">
         <v>157</v>
       </c>
-      <c r="EO5" s="10">
+      <c r="EO5" s="13">
         <v>148</v>
       </c>
-      <c r="EP5" s="10">
+      <c r="EP5" s="13">
         <v>152</v>
       </c>
-      <c r="EQ5" s="10">
+      <c r="EQ5" s="13">
         <v>144</v>
       </c>
-      <c r="ER5" s="10">
+      <c r="ER5" s="13">
         <v>142</v>
       </c>
-      <c r="ES5" s="10">
+      <c r="ES5" s="13">
         <v>148</v>
       </c>
-      <c r="ET5" s="10">
+      <c r="ET5" s="13">
         <v>153</v>
       </c>
-      <c r="EU5" s="10">
+      <c r="EU5" s="13">
         <v>157</v>
       </c>
-      <c r="EV5" s="10">
+      <c r="EV5" s="13">
         <v>155</v>
       </c>
-      <c r="EW5" s="10">
+      <c r="EW5" s="13">
         <v>150</v>
       </c>
-      <c r="EX5" s="10">
+      <c r="EX5" s="13">
         <v>149</v>
       </c>
-      <c r="EY5" s="10">
+      <c r="EY5" s="13">
         <v>145</v>
       </c>
-      <c r="EZ5" s="10">
+      <c r="EZ5" s="13">
         <v>147</v>
       </c>
-      <c r="FA5" s="10">
+      <c r="FA5" s="13">
         <v>146</v>
       </c>
-      <c r="FB5" s="10">
+      <c r="FB5" s="13">
         <v>143</v>
       </c>
-      <c r="FC5" s="10">
+      <c r="FC5" s="13">
         <v>137</v>
       </c>
-      <c r="FD5" s="10">
+      <c r="FD5" s="13">
         <v>144</v>
       </c>
-      <c r="FE5" s="10">
+      <c r="FE5" s="13">
         <v>146</v>
       </c>
-      <c r="FF5" s="10">
+      <c r="FF5" s="13">
         <v>143</v>
       </c>
-      <c r="FG5" s="10">
+      <c r="FG5" s="13">
         <v>144</v>
       </c>
-      <c r="FH5" s="10">
+      <c r="FH5" s="13">
         <v>145</v>
       </c>
-      <c r="FI5" s="10">
+      <c r="FI5" s="13">
         <v>145</v>
       </c>
-      <c r="FJ5" s="10">
+      <c r="FJ5" s="13">
         <v>144</v>
       </c>
-      <c r="FK5" s="10">
+      <c r="FK5" s="13">
         <v>148</v>
       </c>
-      <c r="FL5" s="10">
+      <c r="FL5" s="13">
         <v>152</v>
       </c>
-      <c r="FM5" s="10">
+      <c r="FM5" s="13">
         <v>153</v>
       </c>
-      <c r="FN5" s="10">
+      <c r="FN5" s="13">
         <v>152</v>
       </c>
-      <c r="FO5" s="10">
+      <c r="FO5" s="13">
         <v>153</v>
       </c>
-      <c r="FP5" s="10">
+      <c r="FP5" s="13">
         <v>153</v>
       </c>
-      <c r="FQ5" s="10">
+      <c r="FQ5" s="13">
         <v>151</v>
       </c>
-      <c r="FR5" s="10">
+      <c r="FR5" s="13">
         <v>148</v>
       </c>
-      <c r="FS5" s="10">
+      <c r="FS5" s="13">
         <v>149</v>
       </c>
-      <c r="FT5" s="10">
+      <c r="FT5" s="13">
         <v>144</v>
       </c>
-      <c r="FU5" s="10">
+      <c r="FU5" s="13">
         <v>144</v>
       </c>
-      <c r="FV5" s="10">
+      <c r="FV5" s="13">
         <v>143</v>
       </c>
-      <c r="FW5" s="10">
+      <c r="FW5" s="13">
         <v>142</v>
       </c>
-      <c r="FX5" s="10">
+      <c r="FX5" s="13">
         <v>139</v>
       </c>
-      <c r="FY5" s="10">
+      <c r="FY5" s="13">
         <v>131</v>
       </c>
-      <c r="FZ5" s="10">
+      <c r="FZ5" s="13">
         <v>130</v>
       </c>
-      <c r="GA5" s="10">
+      <c r="GA5" s="13">
         <v>134</v>
       </c>
-      <c r="GB5" s="10">
+      <c r="GB5" s="13">
         <v>134</v>
       </c>
-      <c r="GC5" s="10">
+      <c r="GC5" s="13">
         <v>131</v>
       </c>
-      <c r="GD5" s="10">
+      <c r="GD5" s="13">
         <v>132</v>
       </c>
-      <c r="GE5" s="10">
+      <c r="GE5" s="13">
         <v>128</v>
       </c>
-      <c r="GF5" s="10">
+      <c r="GF5" s="13">
         <v>124</v>
       </c>
-      <c r="GG5" s="10">
+      <c r="GG5" s="13">
         <v>128</v>
       </c>
-      <c r="GH5" s="10">
+      <c r="GH5" s="13">
         <v>132</v>
       </c>
-      <c r="GI5" s="10">
+      <c r="GI5" s="13">
         <v>133</v>
       </c>
-      <c r="GJ5" s="10">
+      <c r="GJ5" s="13">
         <v>133</v>
       </c>
-      <c r="GK5" s="10">
+      <c r="GK5" s="13">
         <v>144</v>
       </c>
-      <c r="GL5" s="10">
+      <c r="GL5" s="13">
         <v>147</v>
       </c>
-      <c r="GM5" s="10">
+      <c r="GM5" s="13">
         <v>145</v>
       </c>
-      <c r="GN5" s="10">
+      <c r="GN5" s="13">
         <v>142</v>
       </c>
-      <c r="GO5" s="10">
+      <c r="GO5" s="13">
         <v>142</v>
       </c>
-      <c r="GP5" s="14">
+      <c r="GP5" s="13">
         <v>139</v>
       </c>
-      <c r="GQ5" s="10">
+      <c r="GQ5" s="13">
         <v>140</v>
       </c>
-      <c r="GR5" s="10">
+      <c r="GR5" s="13">
         <v>150</v>
       </c>
-      <c r="GS5" s="10">
+      <c r="GS5" s="13">
         <v>161</v>
       </c>
-      <c r="GT5" s="10">
+      <c r="GT5" s="13">
         <v>163</v>
       </c>
-      <c r="GU5" s="14">
+      <c r="GU5" s="13">
         <v>167</v>
       </c>
-      <c r="GV5" s="10">
+      <c r="GV5" s="13">
         <v>166</v>
       </c>
-      <c r="GW5" s="10">
+      <c r="GW5" s="13">
         <v>170</v>
       </c>
-      <c r="GX5" s="10">
+      <c r="GX5" s="13">
         <v>176</v>
       </c>
-      <c r="GY5" s="14">
+      <c r="GY5" s="13">
         <v>180</v>
       </c>
-      <c r="GZ5" s="14">
+      <c r="GZ5" s="13">
         <v>173</v>
       </c>
-      <c r="HA5" s="14">
+      <c r="HA5" s="13">
         <v>174</v>
       </c>
-      <c r="HB5" s="14">
+      <c r="HB5" s="13">
         <v>174</v>
       </c>
-      <c r="HC5" s="10">
+      <c r="HC5" s="13">
         <v>188</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="HD5" s="13">
+        <v>194</v>
+      </c>
+      <c r="HE5" s="13">
+        <v>202</v>
+      </c>
+      <c r="HF5" s="13">
+        <v>202</v>
+      </c>
+      <c r="HG5" s="13">
+        <v>210</v>
+      </c>
+      <c r="HH5" s="13">
+        <v>210</v>
+      </c>
+      <c r="HI5" s="13">
+        <v>215</v>
+      </c>
+      <c r="HJ5" s="13">
+        <v>217</v>
+      </c>
+      <c r="HK5" s="13">
+        <v>220</v>
+      </c>
+      <c r="HL5" s="13">
+        <v>222</v>
+      </c>
+      <c r="HM5" s="13">
+        <v>210</v>
+      </c>
+      <c r="HN5" s="13">
+        <v>208</v>
+      </c>
+      <c r="HO5" s="13">
+        <v>210</v>
+      </c>
+      <c r="HP5" s="13">
+        <v>211</v>
+      </c>
+      <c r="HQ5" s="13">
+        <v>213</v>
+      </c>
+      <c r="HR5" s="13">
+        <v>218</v>
+      </c>
+      <c r="HS5" s="13">
+        <v>217</v>
+      </c>
+      <c r="HT5" s="13">
+        <v>220</v>
+      </c>
+      <c r="HU5" s="13">
+        <v>222</v>
+      </c>
+      <c r="HV5" s="13">
+        <v>216</v>
+      </c>
+      <c r="HW5" s="13">
+        <v>236</v>
+      </c>
+      <c r="HX5" s="13">
+        <v>224</v>
+      </c>
+      <c r="HY5" s="13">
+        <v>224</v>
+      </c>
+      <c r="HZ5" s="13">
+        <v>221</v>
+      </c>
+      <c r="IA5" s="13">
+        <v>218</v>
+      </c>
+      <c r="IB5" s="13">
+        <v>228</v>
+      </c>
+      <c r="IC5" s="13">
+        <v>222</v>
+      </c>
+      <c r="ID5" s="13">
+        <v>229</v>
+      </c>
+      <c r="IE5" s="16">
+        <v>236</v>
+      </c>
+      <c r="IF5" s="16">
+        <v>234</v>
+      </c>
+      <c r="IG5" s="16">
+        <v>231</v>
+      </c>
+      <c r="IH5" s="13">
+        <v>235</v>
+      </c>
+      <c r="II5" s="10">
+        <v>240</v>
+      </c>
+      <c r="IJ5" s="10">
+        <v>244</v>
+      </c>
+      <c r="IK5" s="10">
+        <v>244</v>
+      </c>
+      <c r="IL5" s="13">
+        <v>242</v>
+      </c>
+      <c r="IM5" s="13">
+        <v>240</v>
+      </c>
+      <c r="IN5" s="13">
+        <v>245</v>
+      </c>
+      <c r="IO5" s="13">
+        <v>247</v>
+      </c>
+      <c r="IP5" s="13">
+        <v>251</v>
+      </c>
+      <c r="IQ5" s="10">
+        <v>253</v>
+      </c>
+      <c r="IR5" s="10">
+        <v>249</v>
+      </c>
+      <c r="IS5" s="10">
+        <v>249</v>
+      </c>
+      <c r="IT5" s="10">
+        <v>251</v>
+      </c>
+      <c r="IU5" s="16">
+        <v>257</v>
+      </c>
+      <c r="IV5" s="10">
+        <v>258</v>
+      </c>
+      <c r="IW5" s="10">
+        <v>266</v>
+      </c>
+      <c r="IX5" s="10">
+        <v>264</v>
+      </c>
+      <c r="IY5" s="10">
+        <v>266</v>
+      </c>
+      <c r="IZ5" s="10">
+        <v>267</v>
+      </c>
+      <c r="JA5" s="10">
+        <v>270</v>
+      </c>
+      <c r="JB5" s="10">
+        <v>276</v>
+      </c>
+      <c r="JC5" s="10">
+        <v>281</v>
+      </c>
+      <c r="JD5" s="10">
+        <v>286</v>
+      </c>
+      <c r="JE5" s="10">
+        <v>282</v>
+      </c>
+      <c r="JF5" s="10">
+        <v>290</v>
+      </c>
+      <c r="JG5" s="10">
+        <v>292</v>
+      </c>
+      <c r="JH5" s="10">
+        <v>294</v>
+      </c>
+      <c r="JI5" s="10">
+        <v>287</v>
+      </c>
+      <c r="JJ5" s="10">
+        <v>281</v>
+      </c>
+      <c r="JK5" s="13">
+        <v>276</v>
+      </c>
+      <c r="JL5" s="13">
+        <v>273</v>
+      </c>
+      <c r="JM5" s="10">
+        <v>277</v>
+      </c>
+      <c r="JN5" s="10">
+        <v>282</v>
+      </c>
+      <c r="JO5" s="10">
+        <v>278</v>
+      </c>
+      <c r="JP5" s="10">
+        <v>271</v>
+      </c>
+      <c r="JQ5" s="10">
+        <v>269</v>
+      </c>
+      <c r="JR5" s="10">
+        <v>277</v>
+      </c>
+      <c r="JS5" s="10">
+        <v>280</v>
+      </c>
+      <c r="JT5" s="10">
+        <v>277</v>
+      </c>
+      <c r="JU5" s="10">
+        <v>276</v>
+      </c>
+      <c r="JV5" s="10">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="6" spans="1:282">
+      <c r="A6" s="17" t="s">
         <v>205</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>194</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>196</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="F6" s="10" t="s">
+      <c r="F6" s="13" t="s">
         <v>210</v>
       </c>
-      <c r="DJ6" s="10">
+      <c r="DJ6" s="13">
         <v>578</v>
       </c>
-      <c r="DK6" s="10">
+      <c r="DK6" s="13">
         <v>599</v>
       </c>
-      <c r="DL6" s="10">
+      <c r="DL6" s="13">
         <v>618</v>
       </c>
-      <c r="DM6" s="10">
+      <c r="DM6" s="13">
         <v>559</v>
       </c>
-      <c r="DN6" s="10">
+      <c r="DN6" s="13">
         <v>571</v>
       </c>
-      <c r="DO6" s="10">
+      <c r="DO6" s="13">
         <v>611</v>
       </c>
-      <c r="DP6" s="10">
+      <c r="DP6" s="13">
         <v>614</v>
       </c>
-      <c r="DQ6" s="10">
+      <c r="DQ6" s="13">
         <v>617</v>
       </c>
-      <c r="DR6" s="10">
+      <c r="DR6" s="13">
         <v>619</v>
       </c>
-      <c r="DS6" s="10">
+      <c r="DS6" s="13">
         <v>581</v>
       </c>
-      <c r="DT6" s="10">
+      <c r="DT6" s="13">
         <v>583</v>
       </c>
-      <c r="DU6" s="10">
+      <c r="DU6" s="13">
         <v>584</v>
       </c>
-      <c r="DV6" s="10">
+      <c r="DV6" s="13">
         <v>586</v>
       </c>
-      <c r="DW6" s="10">
+      <c r="DW6" s="13">
         <v>591</v>
       </c>
-      <c r="DX6" s="10">
+      <c r="DX6" s="13">
         <v>596</v>
       </c>
-      <c r="EB6" s="10">
+      <c r="EB6" s="13">
         <v>609</v>
       </c>
-      <c r="EC6" s="10">
+      <c r="EC6" s="13">
         <v>616</v>
       </c>
-      <c r="ED6" s="10">
+      <c r="ED6" s="13">
         <v>619</v>
       </c>
-      <c r="EE6" s="10">
+      <c r="EE6" s="13">
         <v>621</v>
       </c>
-      <c r="EF6" s="10">
+      <c r="EF6" s="13">
         <v>630</v>
       </c>
-      <c r="EG6" s="10">
+      <c r="EG6" s="13">
         <v>631</v>
       </c>
-      <c r="EH6" s="10">
+      <c r="EH6" s="13">
         <v>635</v>
       </c>
-      <c r="EI6" s="10">
+      <c r="EI6" s="13">
         <v>633</v>
       </c>
-      <c r="EJ6" s="10">
+      <c r="EJ6" s="13">
         <v>635</v>
       </c>
-      <c r="EK6" s="10">
+      <c r="EK6" s="13">
         <v>635</v>
       </c>
-      <c r="EL6" s="10">
+      <c r="EL6" s="13">
         <v>634</v>
       </c>
-      <c r="EM6" s="10">
+      <c r="EM6" s="13">
         <v>635</v>
       </c>
-      <c r="EN6" s="10">
+      <c r="EN6" s="13">
         <v>637</v>
       </c>
-      <c r="EO6" s="10">
+      <c r="EO6" s="13">
         <v>639</v>
       </c>
-      <c r="EP6" s="10">
+      <c r="EP6" s="13">
         <v>639</v>
       </c>
-      <c r="EQ6" s="10">
+      <c r="EQ6" s="13">
         <v>636</v>
       </c>
-      <c r="ER6" s="10">
+      <c r="ER6" s="13">
         <v>638</v>
       </c>
-      <c r="ES6" s="10">
+      <c r="ES6" s="13">
         <v>638</v>
       </c>
-      <c r="ET6" s="10">
+      <c r="ET6" s="13">
         <v>639</v>
       </c>
-      <c r="EU6" s="10">
+      <c r="EU6" s="13">
         <v>641</v>
       </c>
-      <c r="EV6" s="10">
+      <c r="EV6" s="13">
         <v>643</v>
       </c>
-      <c r="EW6" s="10">
+      <c r="EW6" s="13">
         <v>649</v>
       </c>
-      <c r="EX6" s="10">
+      <c r="EX6" s="13">
         <v>652</v>
       </c>
-      <c r="EY6" s="10">
+      <c r="EY6" s="13">
         <v>655</v>
       </c>
-      <c r="EZ6" s="10">
+      <c r="EZ6" s="13">
         <v>660</v>
       </c>
-      <c r="FA6" s="10">
+      <c r="FA6" s="13">
         <v>658</v>
       </c>
-      <c r="FB6" s="10">
+      <c r="FB6" s="13">
         <v>655</v>
       </c>
-      <c r="FC6" s="10">
+      <c r="FC6" s="13">
         <v>655</v>
       </c>
-      <c r="FD6" s="10">
+      <c r="FD6" s="13">
         <v>659</v>
       </c>
-      <c r="FE6" s="10">
+      <c r="FE6" s="13">
         <v>659</v>
       </c>
-      <c r="FF6" s="10">
+      <c r="FF6" s="13">
         <v>662</v>
       </c>
-      <c r="FG6" s="10">
+      <c r="FG6" s="13">
         <v>660</v>
       </c>
-      <c r="FH6" s="10">
+      <c r="FH6" s="13">
         <v>679</v>
       </c>
-      <c r="FI6" s="10">
+      <c r="FI6" s="13">
         <v>686</v>
       </c>
-      <c r="FJ6" s="10">
+      <c r="FJ6" s="13">
         <v>687</v>
       </c>
-      <c r="FK6" s="10">
+      <c r="FK6" s="13">
         <v>681</v>
       </c>
-      <c r="FL6" s="10">
+      <c r="FL6" s="13">
         <v>685</v>
       </c>
-      <c r="FM6" s="10">
+      <c r="FM6" s="13">
         <v>684</v>
       </c>
-      <c r="FN6" s="10">
+      <c r="FN6" s="13">
         <v>681</v>
       </c>
-      <c r="FO6" s="10">
+      <c r="FO6" s="13">
         <v>684</v>
       </c>
-      <c r="FP6" s="10">
+      <c r="FP6" s="13">
         <v>683</v>
       </c>
-      <c r="FQ6" s="10">
+      <c r="FQ6" s="13">
         <v>687</v>
       </c>
-      <c r="FR6" s="10">
+      <c r="FR6" s="13">
         <v>687</v>
       </c>
-      <c r="FS6" s="10">
+      <c r="FS6" s="13">
         <v>689</v>
       </c>
-      <c r="FT6" s="10">
+      <c r="FT6" s="13">
         <v>693</v>
       </c>
-      <c r="FU6" s="10">
+      <c r="FU6" s="13">
         <v>697</v>
       </c>
-      <c r="FV6" s="10">
+      <c r="FV6" s="13">
         <v>696</v>
       </c>
-      <c r="FW6" s="10">
+      <c r="FW6" s="13">
         <v>699</v>
       </c>
-      <c r="FX6" s="10">
+      <c r="FX6" s="13">
         <v>697</v>
       </c>
-      <c r="FY6" s="10">
+      <c r="FY6" s="13">
         <v>697</v>
       </c>
-      <c r="FZ6" s="10">
+      <c r="FZ6" s="13">
         <v>698</v>
       </c>
-      <c r="GA6" s="10">
+      <c r="GA6" s="13">
         <v>698</v>
       </c>
-      <c r="GB6" s="10">
+      <c r="GB6" s="13">
         <v>697</v>
       </c>
-      <c r="GC6" s="10">
+      <c r="GC6" s="13">
         <v>698</v>
       </c>
-      <c r="GD6" s="10">
+      <c r="GD6" s="13">
         <v>704</v>
       </c>
-      <c r="GE6" s="10">
+      <c r="GE6" s="13">
         <v>715</v>
       </c>
-      <c r="GF6" s="10">
+      <c r="GF6" s="13">
         <v>721</v>
       </c>
-      <c r="GG6" s="10">
+      <c r="GG6" s="13">
         <v>721</v>
       </c>
-      <c r="GH6" s="10">
+      <c r="GH6" s="13">
         <v>727</v>
       </c>
-      <c r="GI6" s="10">
+      <c r="GI6" s="13">
         <v>731</v>
       </c>
-      <c r="GJ6" s="10">
+      <c r="GJ6" s="13">
         <v>732</v>
       </c>
-      <c r="GK6" s="10">
+      <c r="GK6" s="13">
         <v>737</v>
       </c>
-      <c r="GL6" s="10">
+      <c r="GL6" s="13">
         <v>738</v>
       </c>
-      <c r="GM6" s="10">
+      <c r="GM6" s="13">
         <v>741</v>
       </c>
-      <c r="GN6" s="10">
+      <c r="GN6" s="13">
         <v>743</v>
       </c>
-      <c r="GO6" s="10">
+      <c r="GO6" s="13">
         <v>748</v>
       </c>
-      <c r="GP6" s="14">
+      <c r="GP6" s="13">
         <v>749</v>
       </c>
-      <c r="GQ6" s="10">
+      <c r="GQ6" s="13">
         <v>750</v>
       </c>
-      <c r="GR6" s="10">
+      <c r="GR6" s="13">
         <v>757</v>
       </c>
-      <c r="GS6" s="10">
+      <c r="GS6" s="13">
         <v>761</v>
       </c>
-      <c r="GT6" s="10">
+      <c r="GT6" s="13">
         <v>762</v>
       </c>
-      <c r="GU6" s="14">
+      <c r="GU6" s="13">
         <v>763</v>
       </c>
-      <c r="GV6" s="10">
+      <c r="GV6" s="13">
         <v>769</v>
       </c>
-      <c r="GW6" s="10">
+      <c r="GW6" s="13">
         <v>770</v>
       </c>
-      <c r="GX6" s="10">
+      <c r="GX6" s="13">
         <v>772</v>
       </c>
-      <c r="GY6" s="14">
+      <c r="GY6" s="13">
         <v>776</v>
       </c>
-      <c r="GZ6" s="14">
+      <c r="GZ6" s="13">
         <v>775</v>
       </c>
-      <c r="HA6" s="14">
+      <c r="HA6" s="13">
         <v>778</v>
       </c>
-      <c r="HB6" s="14">
+      <c r="HB6" s="13">
         <v>780</v>
       </c>
-      <c r="HC6" s="10">
+      <c r="HC6" s="13">
         <v>783</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="6" t="s">
+      <c r="HD6" s="13">
+        <v>785</v>
+      </c>
+      <c r="HE6" s="13">
+        <v>784</v>
+      </c>
+      <c r="HF6" s="13">
+        <v>787</v>
+      </c>
+      <c r="HG6" s="13">
+        <v>787</v>
+      </c>
+      <c r="HH6" s="13">
+        <v>792</v>
+      </c>
+      <c r="HI6" s="13">
+        <v>795</v>
+      </c>
+      <c r="HJ6" s="13">
+        <v>799</v>
+      </c>
+      <c r="HK6" s="13">
+        <v>797</v>
+      </c>
+      <c r="HL6" s="13">
+        <v>798</v>
+      </c>
+      <c r="HM6" s="13">
+        <v>798</v>
+      </c>
+      <c r="HN6" s="13">
+        <v>801</v>
+      </c>
+      <c r="HO6" s="13">
+        <v>799</v>
+      </c>
+      <c r="HP6" s="13">
+        <v>798</v>
+      </c>
+      <c r="HQ6" s="13">
+        <v>799</v>
+      </c>
+      <c r="HR6" s="13">
+        <v>797</v>
+      </c>
+      <c r="HS6" s="13">
+        <v>800</v>
+      </c>
+      <c r="HT6" s="13">
+        <v>796</v>
+      </c>
+      <c r="HU6" s="13">
+        <v>801</v>
+      </c>
+      <c r="HV6" s="13">
+        <v>803</v>
+      </c>
+      <c r="HW6" s="13">
+        <v>806</v>
+      </c>
+      <c r="HX6" s="13">
+        <v>814</v>
+      </c>
+      <c r="HY6" s="13">
+        <v>825</v>
+      </c>
+      <c r="HZ6" s="13">
+        <v>824</v>
+      </c>
+      <c r="IA6" s="13">
+        <v>828</v>
+      </c>
+      <c r="IB6" s="13">
+        <v>828</v>
+      </c>
+      <c r="IC6" s="13">
+        <v>823</v>
+      </c>
+      <c r="ID6" s="13">
+        <v>824</v>
+      </c>
+      <c r="IE6" s="13">
+        <v>824</v>
+      </c>
+      <c r="IF6" s="16">
+        <v>826</v>
+      </c>
+      <c r="IG6" s="16">
+        <v>825</v>
+      </c>
+      <c r="IH6" s="13">
+        <v>825</v>
+      </c>
+      <c r="II6" s="10">
+        <v>826</v>
+      </c>
+      <c r="IJ6" s="10">
+        <v>823</v>
+      </c>
+      <c r="IK6" s="10">
+        <v>825</v>
+      </c>
+      <c r="IL6" s="13">
+        <v>827</v>
+      </c>
+      <c r="IM6" s="13">
+        <v>831</v>
+      </c>
+      <c r="IN6" s="13">
+        <v>833</v>
+      </c>
+      <c r="IO6" s="13">
+        <v>831</v>
+      </c>
+      <c r="IP6" s="13">
+        <v>834</v>
+      </c>
+      <c r="IQ6" s="10">
+        <v>833</v>
+      </c>
+      <c r="IR6" s="10">
+        <v>832</v>
+      </c>
+      <c r="IS6" s="10">
+        <v>836</v>
+      </c>
+      <c r="IT6" s="10">
+        <v>837</v>
+      </c>
+      <c r="IU6" s="16">
+        <v>845</v>
+      </c>
+      <c r="IV6" s="10">
+        <v>847</v>
+      </c>
+      <c r="IW6" s="10">
+        <v>847</v>
+      </c>
+      <c r="IX6" s="10">
+        <v>847</v>
+      </c>
+      <c r="IY6" s="10">
+        <v>851</v>
+      </c>
+      <c r="IZ6" s="10">
+        <v>855</v>
+      </c>
+      <c r="JA6" s="10">
+        <v>853</v>
+      </c>
+      <c r="JB6" s="10">
+        <v>856</v>
+      </c>
+      <c r="JC6" s="10">
+        <v>852</v>
+      </c>
+      <c r="JD6" s="10">
+        <v>854</v>
+      </c>
+      <c r="JE6" s="10">
+        <v>856</v>
+      </c>
+      <c r="JF6" s="10">
+        <v>861</v>
+      </c>
+      <c r="JG6" s="10">
+        <v>861</v>
+      </c>
+      <c r="JH6" s="10">
+        <v>862</v>
+      </c>
+      <c r="JI6" s="10">
+        <v>870</v>
+      </c>
+      <c r="JJ6" s="10">
+        <v>871</v>
+      </c>
+      <c r="JK6" s="13">
+        <v>870</v>
+      </c>
+      <c r="JL6" s="13">
+        <v>872</v>
+      </c>
+      <c r="JM6" s="10">
+        <v>874</v>
+      </c>
+      <c r="JN6" s="10">
+        <v>875</v>
+      </c>
+      <c r="JO6" s="10">
+        <v>879</v>
+      </c>
+      <c r="JP6" s="10">
+        <v>888</v>
+      </c>
+      <c r="JQ6" s="10">
+        <v>891</v>
+      </c>
+      <c r="JR6" s="10">
+        <v>892</v>
+      </c>
+      <c r="JS6" s="10">
+        <v>899</v>
+      </c>
+      <c r="JT6" s="10">
+        <v>903</v>
+      </c>
+      <c r="JU6" s="10">
+        <v>902</v>
+      </c>
+      <c r="JV6" s="10">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="7" spans="1:282">
+      <c r="A7" s="17" t="s">
         <v>206</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>212</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>194</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>196</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>200</v>
       </c>
-      <c r="F7" s="10" t="s">
+      <c r="F7" s="13" t="s">
         <v>210</v>
       </c>
-      <c r="EB7" s="10">
+      <c r="EB7" s="13">
         <v>8</v>
       </c>
-      <c r="EC7" s="10">
+      <c r="EC7" s="13">
         <v>12</v>
       </c>
-      <c r="ED7" s="10">
+      <c r="ED7" s="13">
         <v>12</v>
       </c>
-      <c r="EE7" s="10">
+      <c r="EE7" s="13">
         <v>5</v>
       </c>
-      <c r="EF7" s="10">
+      <c r="EF7" s="13">
         <v>4</v>
       </c>
-      <c r="EG7" s="10">
+      <c r="EG7" s="13">
         <v>4</v>
       </c>
-      <c r="EH7" s="10">
+      <c r="EH7" s="13">
         <v>8</v>
       </c>
-      <c r="EI7" s="10">
+      <c r="EI7" s="13">
         <v>7</v>
       </c>
-      <c r="EJ7" s="10">
+      <c r="EJ7" s="13">
         <v>5</v>
       </c>
-      <c r="EK7" s="10">
+      <c r="EK7" s="13">
         <v>4</v>
       </c>
-      <c r="EL7" s="10">
+      <c r="EL7" s="13">
         <v>5</v>
       </c>
-      <c r="EM7" s="10">
+      <c r="EM7" s="13">
         <v>7</v>
       </c>
-      <c r="EN7" s="10">
+      <c r="EN7" s="13">
         <v>6</v>
       </c>
-      <c r="EO7" s="10">
+      <c r="EO7" s="13">
         <v>13</v>
       </c>
-      <c r="EP7" s="10">
+      <c r="EP7" s="13">
         <v>13</v>
       </c>
-      <c r="EQ7" s="10">
+      <c r="EQ7" s="13">
         <v>13</v>
       </c>
-      <c r="ER7" s="10">
+      <c r="ER7" s="13">
         <v>13</v>
       </c>
-      <c r="ES7" s="10">
+      <c r="ES7" s="13">
         <v>7</v>
       </c>
-      <c r="ET7" s="10">
+      <c r="ET7" s="13">
         <v>7</v>
       </c>
-      <c r="EU7" s="10">
+      <c r="EU7" s="13">
         <v>8</v>
       </c>
-      <c r="EV7" s="10">
+      <c r="EV7" s="13">
         <v>9</v>
       </c>
-      <c r="EW7" s="10">
+      <c r="EW7" s="13">
         <v>10</v>
       </c>
-      <c r="EX7" s="10">
+      <c r="EX7" s="13">
         <v>10</v>
       </c>
-      <c r="EY7" s="10">
+      <c r="EY7" s="13">
         <v>7</v>
       </c>
-      <c r="EZ7" s="10">
+      <c r="EZ7" s="13">
         <v>8</v>
       </c>
-      <c r="FA7" s="10">
+      <c r="FA7" s="13">
         <v>9</v>
       </c>
-      <c r="FB7" s="10">
+      <c r="FB7" s="13">
         <v>9</v>
       </c>
-      <c r="FC7" s="10">
+      <c r="FC7" s="13">
         <v>13</v>
       </c>
-      <c r="FD7" s="10">
+      <c r="FD7" s="13">
         <v>15</v>
       </c>
-      <c r="FE7" s="10">
+      <c r="FE7" s="13">
         <v>9</v>
       </c>
-      <c r="FF7" s="10">
+      <c r="FF7" s="13">
         <v>7</v>
       </c>
-      <c r="FG7" s="10">
+      <c r="FG7" s="13">
         <v>8</v>
       </c>
-      <c r="FH7" s="10">
+      <c r="FH7" s="13">
         <v>9</v>
       </c>
-      <c r="FI7" s="10">
+      <c r="FI7" s="13">
         <v>10</v>
       </c>
-      <c r="FJ7" s="10">
+      <c r="FJ7" s="13">
         <v>10</v>
       </c>
-      <c r="FK7" s="10">
+      <c r="FK7" s="13">
         <v>10</v>
       </c>
-      <c r="FL7" s="10">
+      <c r="FL7" s="13">
         <v>10</v>
       </c>
-      <c r="FM7" s="10">
+      <c r="FM7" s="13">
         <v>9</v>
       </c>
-      <c r="FN7" s="10">
+      <c r="FN7" s="13">
         <v>15</v>
       </c>
-      <c r="FO7" s="10">
+      <c r="FO7" s="13">
         <v>16</v>
       </c>
-      <c r="FP7" s="10">
+      <c r="FP7" s="13">
         <v>14</v>
       </c>
-      <c r="FQ7" s="10">
+      <c r="FQ7" s="13">
         <v>14</v>
       </c>
-      <c r="FR7" s="10">
+      <c r="FR7" s="13">
         <v>20</v>
       </c>
-      <c r="FS7" s="10">
+      <c r="FS7" s="13">
         <v>16</v>
       </c>
-      <c r="FT7" s="10">
+      <c r="FT7" s="13">
         <v>16</v>
       </c>
-      <c r="FU7" s="10">
+      <c r="FU7" s="13">
         <v>15</v>
       </c>
-      <c r="FV7" s="10">
+      <c r="FV7" s="13">
         <v>16</v>
       </c>
-      <c r="FW7" s="10">
+      <c r="FW7" s="13">
         <v>17</v>
       </c>
-      <c r="FX7" s="10">
+      <c r="FX7" s="13">
         <v>21</v>
       </c>
-      <c r="FY7" s="10">
+      <c r="FY7" s="13">
         <v>15</v>
       </c>
-      <c r="FZ7" s="10">
+      <c r="FZ7" s="13">
         <v>13</v>
       </c>
-      <c r="GA7" s="10">
+      <c r="GA7" s="13">
         <v>5</v>
       </c>
-      <c r="GB7" s="10">
+      <c r="GB7" s="13">
         <v>9</v>
       </c>
-      <c r="GC7" s="10">
+      <c r="GC7" s="13">
         <v>9</v>
       </c>
-      <c r="GD7" s="10">
+      <c r="GD7" s="13">
         <v>11</v>
       </c>
-      <c r="GE7" s="10">
+      <c r="GE7" s="13">
         <v>12</v>
       </c>
-      <c r="GF7" s="10">
+      <c r="GF7" s="13">
         <v>9</v>
       </c>
-      <c r="GG7" s="10">
+      <c r="GG7" s="13">
         <v>16</v>
       </c>
-      <c r="GH7" s="10">
+      <c r="GH7" s="13">
         <v>19</v>
       </c>
-      <c r="GI7" s="10">
+      <c r="GI7" s="13">
         <v>16</v>
       </c>
-      <c r="GJ7" s="10">
+      <c r="GJ7" s="13">
         <v>24</v>
       </c>
-      <c r="GK7" s="10">
+      <c r="GK7" s="13">
         <v>35</v>
       </c>
-      <c r="GL7" s="10">
+      <c r="GL7" s="13">
         <v>37</v>
       </c>
-      <c r="GM7" s="10">
+      <c r="GM7" s="13">
         <v>33</v>
       </c>
-      <c r="GN7" s="10">
+      <c r="GN7" s="13">
         <v>25</v>
       </c>
-      <c r="GO7" s="10">
+      <c r="GO7" s="13">
         <v>17</v>
       </c>
-      <c r="GP7" s="14">
+      <c r="GP7" s="13">
         <v>16</v>
       </c>
-      <c r="GQ7" s="10">
+      <c r="GQ7" s="13">
         <v>14</v>
       </c>
-      <c r="GR7" s="10">
+      <c r="GR7" s="13">
         <v>22</v>
       </c>
-      <c r="GS7" s="10">
+      <c r="GS7" s="13">
         <v>36</v>
       </c>
-      <c r="GT7" s="10">
+      <c r="GT7" s="13">
         <v>33</v>
       </c>
-      <c r="GU7" s="14">
+      <c r="GU7" s="13">
         <v>41</v>
       </c>
-      <c r="GV7" s="10">
+      <c r="GV7" s="13">
         <v>46</v>
       </c>
-      <c r="GW7" s="10">
+      <c r="GW7" s="13">
         <v>46</v>
       </c>
-      <c r="GX7" s="10">
+      <c r="GX7" s="13">
         <v>47</v>
       </c>
-      <c r="GY7" s="14">
+      <c r="GY7" s="13">
         <v>57</v>
       </c>
-      <c r="GZ7" s="14">
+      <c r="GZ7" s="13">
         <v>53</v>
       </c>
-      <c r="HA7" s="14">
+      <c r="HA7" s="13">
         <v>53</v>
       </c>
-      <c r="HB7" s="14">
+      <c r="HB7" s="13">
         <v>23</v>
       </c>
-      <c r="HC7" s="10">
+      <c r="HC7" s="13">
         <v>26</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="6" t="s">
+      <c r="HD7" s="13">
+        <v>39</v>
+      </c>
+      <c r="HE7" s="13">
+        <v>45</v>
+      </c>
+      <c r="HF7" s="13">
+        <v>52</v>
+      </c>
+      <c r="HG7" s="13">
+        <v>54</v>
+      </c>
+      <c r="HH7" s="13">
+        <v>55</v>
+      </c>
+      <c r="HI7" s="13">
+        <v>60</v>
+      </c>
+      <c r="HJ7" s="13">
+        <v>59</v>
+      </c>
+      <c r="HK7" s="13">
+        <v>55</v>
+      </c>
+      <c r="HL7" s="13">
+        <v>45</v>
+      </c>
+      <c r="HM7" s="13">
+        <v>42</v>
+      </c>
+      <c r="HN7" s="13">
+        <v>43</v>
+      </c>
+      <c r="HO7" s="13">
+        <v>35</v>
+      </c>
+      <c r="HP7" s="13">
+        <v>30</v>
+      </c>
+      <c r="HQ7" s="13">
+        <v>27</v>
+      </c>
+      <c r="HR7" s="13">
+        <v>30</v>
+      </c>
+      <c r="HS7" s="13">
+        <v>34</v>
+      </c>
+      <c r="HT7" s="13">
+        <v>24</v>
+      </c>
+      <c r="HU7" s="13">
+        <v>27</v>
+      </c>
+      <c r="HV7" s="13">
+        <v>25</v>
+      </c>
+      <c r="HW7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="HX7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="HY7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="HZ7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IA7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IB7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IC7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="ID7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IE7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IF7" s="16" t="s">
+        <v>273</v>
+      </c>
+      <c r="IG7" s="16" t="s">
+        <v>273</v>
+      </c>
+      <c r="IH7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="II7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IJ7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IK7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IL7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IM7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IN7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IO7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IP7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IQ7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IR7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IS7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IT7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IU7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IV7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IW7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IX7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IY7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="IZ7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JA7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JB7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JC7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JD7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JE7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JF7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JG7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JH7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JI7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JJ7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JK7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JL7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JM7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JN7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JO7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JP7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JQ7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JR7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JS7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JT7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JU7" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JV7" s="13" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="8" spans="1:282">
+      <c r="A8" s="19" t="s">
+        <v>276</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="HS8" s="13"/>
+      <c r="HT8" s="13"/>
+      <c r="HU8" s="13"/>
+      <c r="HV8" s="13"/>
+      <c r="HW8" s="13">
+        <v>35</v>
+      </c>
+      <c r="HX8" s="13">
+        <v>31</v>
+      </c>
+      <c r="HY8" s="13">
+        <v>23</v>
+      </c>
+      <c r="HZ8" s="13">
+        <v>16</v>
+      </c>
+      <c r="IA8" s="13">
+        <v>26</v>
+      </c>
+      <c r="IB8" s="13">
+        <v>28</v>
+      </c>
+      <c r="IC8" s="13">
+        <v>24</v>
+      </c>
+      <c r="ID8" s="13">
+        <v>28</v>
+      </c>
+      <c r="IE8" s="16">
+        <v>37</v>
+      </c>
+      <c r="IF8" s="16">
+        <v>35</v>
+      </c>
+      <c r="IG8" s="16">
+        <v>31</v>
+      </c>
+      <c r="IH8" s="13">
+        <v>28</v>
+      </c>
+      <c r="II8" s="10">
+        <v>33</v>
+      </c>
+      <c r="IJ8" s="10">
+        <v>31</v>
+      </c>
+      <c r="IK8" s="10">
+        <v>35</v>
+      </c>
+      <c r="IL8" s="13">
+        <v>34</v>
+      </c>
+      <c r="IM8" s="13">
+        <v>23</v>
+      </c>
+      <c r="IN8" s="13">
+        <v>27</v>
+      </c>
+      <c r="IO8" s="13">
+        <v>30</v>
+      </c>
+      <c r="IP8" s="13">
+        <v>33</v>
+      </c>
+      <c r="IQ8" s="10">
+        <v>35</v>
+      </c>
+      <c r="IR8" s="10">
+        <v>38</v>
+      </c>
+      <c r="IS8" s="10">
+        <v>33</v>
+      </c>
+      <c r="IT8" s="10">
+        <v>34</v>
+      </c>
+      <c r="IU8" s="13">
+        <v>33</v>
+      </c>
+      <c r="IV8" s="10">
+        <v>31</v>
+      </c>
+      <c r="IW8" s="10">
+        <v>33</v>
+      </c>
+      <c r="IX8" s="10">
+        <v>33</v>
+      </c>
+      <c r="IY8" s="10">
+        <v>35</v>
+      </c>
+      <c r="IZ8" s="10">
+        <v>38</v>
+      </c>
+      <c r="JA8" s="10">
+        <v>37</v>
+      </c>
+      <c r="JB8" s="10">
+        <v>49</v>
+      </c>
+      <c r="JC8" s="10">
+        <v>45</v>
+      </c>
+      <c r="JD8" s="10">
+        <v>43</v>
+      </c>
+      <c r="JE8" s="10">
+        <v>45</v>
+      </c>
+      <c r="JF8" s="10">
+        <v>50</v>
+      </c>
+      <c r="JG8" s="10">
+        <v>50</v>
+      </c>
+      <c r="JH8" s="10">
+        <v>49</v>
+      </c>
+      <c r="JI8" s="10">
+        <v>46</v>
+      </c>
+      <c r="JJ8" s="10">
+        <v>49</v>
+      </c>
+      <c r="JK8" s="13">
+        <v>33</v>
+      </c>
+      <c r="JL8" s="13">
+        <v>46</v>
+      </c>
+      <c r="JM8" s="10">
+        <v>51</v>
+      </c>
+      <c r="JN8" s="10">
+        <v>50</v>
+      </c>
+      <c r="JO8" s="10">
+        <v>44</v>
+      </c>
+      <c r="JP8" s="10">
+        <v>40</v>
+      </c>
+      <c r="JQ8" s="10">
+        <v>42</v>
+      </c>
+      <c r="JR8" s="10">
+        <v>41</v>
+      </c>
+      <c r="JS8" s="10">
+        <v>41</v>
+      </c>
+      <c r="JT8" s="10">
+        <v>43</v>
+      </c>
+      <c r="JU8" s="10">
+        <v>46</v>
+      </c>
+      <c r="JV8" s="10">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:282">
+      <c r="A9" s="17" t="s">
         <v>207</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="B9" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="10" t="s">
+      <c r="C9" s="10" t="s">
         <v>194</v>
       </c>
-      <c r="D8" s="10" t="s">
+      <c r="D9" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="E8" s="10" t="s">
+      <c r="E9" s="10" t="s">
         <v>209</v>
       </c>
-      <c r="F8" s="10">
+      <c r="F9" s="13">
         <v>68</v>
       </c>
-      <c r="G8" s="10">
+      <c r="G9" s="13">
         <v>70</v>
       </c>
-      <c r="H8" s="10">
+      <c r="H9" s="13">
         <v>70</v>
       </c>
-      <c r="I8" s="10">
+      <c r="I9" s="13">
         <v>74</v>
       </c>
-      <c r="J8" s="10">
+      <c r="J9" s="13">
         <v>63</v>
       </c>
-      <c r="K8" s="10">
+      <c r="K9" s="13">
         <v>74</v>
       </c>
-      <c r="L8" s="10">
+      <c r="L9" s="13">
         <v>74</v>
       </c>
-      <c r="M8" s="10">
+      <c r="M9" s="13">
         <v>74</v>
       </c>
-      <c r="N8" s="10">
+      <c r="N9" s="13">
         <v>75</v>
       </c>
-      <c r="O8" s="10">
+      <c r="O9" s="13">
         <v>77</v>
       </c>
-      <c r="P8" s="10">
+      <c r="P9" s="13">
         <v>81</v>
       </c>
-      <c r="Q8" s="10">
+      <c r="Q9" s="13">
         <v>82</v>
       </c>
-      <c r="R8" s="10">
+      <c r="R9" s="13">
         <v>83</v>
       </c>
-      <c r="S8" s="10">
+      <c r="S9" s="13">
         <v>90</v>
       </c>
-      <c r="T8" s="10">
+      <c r="T9" s="13">
         <v>92</v>
       </c>
-      <c r="U8" s="10">
+      <c r="U9" s="13">
         <v>90</v>
       </c>
-      <c r="V8" s="10">
+      <c r="V9" s="13">
         <v>91</v>
       </c>
-      <c r="W8" s="10">
+      <c r="W9" s="13">
         <v>92</v>
       </c>
-      <c r="X8" s="10">
+      <c r="X9" s="13">
         <v>97</v>
       </c>
-      <c r="Y8" s="10">
+      <c r="Y9" s="13">
         <v>93</v>
       </c>
-      <c r="Z8" s="10">
+      <c r="Z9" s="13">
         <v>93</v>
       </c>
-      <c r="AA8" s="10">
+      <c r="AA9" s="13">
         <v>92</v>
       </c>
-      <c r="AB8" s="10">
+      <c r="AB9" s="13">
         <v>93</v>
       </c>
-      <c r="AC8" s="10">
+      <c r="AC9" s="13">
         <v>93</v>
       </c>
-      <c r="AD8" s="10">
+      <c r="AD9" s="13">
         <v>95</v>
       </c>
-      <c r="AE8" s="10">
+      <c r="AE9" s="13">
         <v>95</v>
       </c>
-      <c r="AF8" s="10">
+      <c r="AF9" s="13">
         <v>94</v>
       </c>
-      <c r="AG8" s="10">
+      <c r="AG9" s="13">
         <v>93</v>
       </c>
-      <c r="AH8" s="10">
+      <c r="AH9" s="13">
         <v>93</v>
       </c>
-      <c r="AI8" s="10">
+      <c r="AI9" s="13">
         <v>92</v>
       </c>
-      <c r="AJ8" s="10">
+      <c r="AJ9" s="13">
         <v>91</v>
       </c>
-      <c r="AK8" s="10">
+      <c r="AK9" s="13">
         <v>93</v>
       </c>
-      <c r="AL8" s="10">
+      <c r="AL9" s="13">
         <v>91</v>
       </c>
-      <c r="AM8" s="10">
+      <c r="AM9" s="13">
         <v>92</v>
       </c>
-      <c r="AN8" s="10">
+      <c r="AN9" s="13">
         <v>92</v>
       </c>
-      <c r="AO8" s="10">
+      <c r="AO9" s="13">
         <v>92</v>
       </c>
-      <c r="AP8" s="10">
+      <c r="AP9" s="13">
         <v>92</v>
       </c>
-      <c r="AQ8" s="10">
+      <c r="AQ9" s="13">
         <v>91</v>
       </c>
-      <c r="AR8" s="10">
+      <c r="AR9" s="13">
         <v>91</v>
       </c>
-      <c r="AS8" s="10">
+      <c r="AS9" s="13">
         <v>88</v>
       </c>
-      <c r="AT8" s="10">
+      <c r="AT9" s="13">
         <v>89</v>
       </c>
-      <c r="AU8" s="10">
+      <c r="AU9" s="13">
         <v>88</v>
       </c>
-      <c r="AV8" s="10">
+      <c r="AV9" s="13">
         <v>88</v>
       </c>
-      <c r="AW8" s="10">
+      <c r="AW9" s="13">
         <v>87</v>
       </c>
-      <c r="AX8" s="10">
+      <c r="AX9" s="13">
         <v>90</v>
       </c>
-      <c r="AY8" s="10">
+      <c r="AY9" s="13">
         <v>90</v>
       </c>
-      <c r="AZ8" s="10">
+      <c r="AZ9" s="13">
         <v>88</v>
       </c>
-      <c r="BA8" s="10">
+      <c r="BA9" s="13">
         <v>88</v>
       </c>
-      <c r="BB8" s="10">
+      <c r="BB9" s="13">
         <v>87</v>
       </c>
-      <c r="BC8" s="10">
+      <c r="BC9" s="13">
         <v>86</v>
       </c>
-      <c r="BD8" s="10">
+      <c r="BD9" s="13">
         <v>85</v>
       </c>
-      <c r="BE8" s="10">
+      <c r="BE9" s="13">
         <v>86</v>
       </c>
-      <c r="BF8" s="10">
+      <c r="BF9" s="13">
         <v>84</v>
       </c>
-      <c r="BG8" s="10">
+      <c r="BG9" s="13">
         <v>83</v>
       </c>
-      <c r="BH8" s="10">
+      <c r="BH9" s="13">
         <v>83</v>
       </c>
-      <c r="BI8" s="10">
+      <c r="BI9" s="13">
         <v>84</v>
       </c>
-      <c r="BJ8" s="10">
+      <c r="BJ9" s="13">
         <v>84</v>
       </c>
-      <c r="BK8" s="10">
+      <c r="BK9" s="13">
         <v>82</v>
       </c>
-      <c r="BL8" s="10">
+      <c r="BL9" s="13">
         <v>84</v>
       </c>
-      <c r="BM8" s="10">
+      <c r="BM9" s="13">
         <v>84</v>
       </c>
-      <c r="BN8" s="10">
+      <c r="BN9" s="13">
         <v>84</v>
       </c>
-      <c r="BO8" s="10">
+      <c r="BO9" s="13">
         <v>83</v>
       </c>
-      <c r="BP8" s="10">
+      <c r="BP9" s="13">
         <v>83</v>
       </c>
-      <c r="BQ8" s="10">
+      <c r="BQ9" s="13">
         <v>85</v>
       </c>
-      <c r="BR8" s="10">
+      <c r="BR9" s="13">
         <v>84</v>
       </c>
-      <c r="BS8" s="10">
+      <c r="BS9" s="13">
         <v>84</v>
       </c>
-      <c r="BT8" s="10">
+      <c r="BT9" s="13">
         <v>86</v>
       </c>
-      <c r="BU8" s="10">
+      <c r="BU9" s="13">
         <v>84</v>
       </c>
-      <c r="BV8" s="10">
+      <c r="BV9" s="13">
         <v>84</v>
       </c>
-      <c r="BW8" s="10">
+      <c r="BW9" s="13">
         <v>83</v>
       </c>
-      <c r="BX8" s="10">
+      <c r="BX9" s="13">
         <v>87</v>
       </c>
-      <c r="BY8" s="10">
+      <c r="BY9" s="13">
         <v>87</v>
       </c>
-      <c r="BZ8" s="10">
+      <c r="BZ9" s="13">
         <v>89</v>
       </c>
-      <c r="CA8" s="10">
+      <c r="CA9" s="13">
         <v>89</v>
       </c>
-      <c r="CB8" s="10">
+      <c r="CB9" s="13">
         <v>89</v>
       </c>
-      <c r="CC8" s="10">
+      <c r="CC9" s="13">
         <v>91</v>
       </c>
-      <c r="CD8" s="10">
+      <c r="CD9" s="13">
         <v>91</v>
       </c>
-      <c r="CE8" s="10">
+      <c r="CE9" s="13">
         <v>92</v>
       </c>
-      <c r="CF8" s="10">
+      <c r="CF9" s="13">
         <v>95</v>
       </c>
-      <c r="CG8" s="10">
+      <c r="CG9" s="13">
         <v>95</v>
       </c>
-      <c r="CH8" s="10">
+      <c r="CH9" s="13">
         <v>96</v>
       </c>
-      <c r="CI8" s="10">
+      <c r="CI9" s="13">
         <v>98</v>
       </c>
-      <c r="CJ8" s="10">
+      <c r="CJ9" s="13">
         <v>98</v>
       </c>
-      <c r="CK8" s="10">
+      <c r="CK9" s="13">
         <v>98</v>
       </c>
-      <c r="CL8" s="10">
+      <c r="CL9" s="13">
         <v>97</v>
       </c>
-      <c r="CM8" s="10">
+      <c r="CM9" s="13">
         <v>99</v>
       </c>
-      <c r="CN8" s="10">
+      <c r="CN9" s="13">
         <v>100</v>
       </c>
-      <c r="CO8" s="10">
+      <c r="CO9" s="13">
         <v>100</v>
       </c>
-      <c r="CP8" s="10">
+      <c r="CP9" s="13">
         <v>99</v>
       </c>
-      <c r="CQ8" s="10">
+      <c r="CQ9" s="13">
         <v>102</v>
       </c>
-      <c r="CR8" s="10">
+      <c r="CR9" s="13">
         <v>104</v>
       </c>
-      <c r="CS8" s="10">
+      <c r="CS9" s="13">
         <v>103</v>
       </c>
-      <c r="CT8" s="10">
+      <c r="CT9" s="13">
         <v>105</v>
       </c>
-      <c r="CU8" s="10">
+      <c r="CU9" s="13">
         <v>104</v>
       </c>
-      <c r="CV8" s="10">
+      <c r="CV9" s="13">
         <v>105</v>
       </c>
-      <c r="CW8" s="10">
+      <c r="CW9" s="13">
         <v>104</v>
       </c>
-    </row>
-[...50 lines deleted...]
-      <c r="B52" s="6"/>
+      <c r="HS9" s="13"/>
+      <c r="HT9" s="13"/>
+      <c r="HU9" s="13"/>
+      <c r="HV9" s="13"/>
+      <c r="HW9" s="13"/>
+      <c r="HX9" s="13"/>
+      <c r="HY9" s="13"/>
+      <c r="HZ9" s="13"/>
+    </row>
+    <row r="10" spans="1:282" s="15" customFormat="1">
+      <c r="A10" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="16"/>
+      <c r="R10" s="16"/>
+      <c r="S10" s="16"/>
+      <c r="T10" s="16"/>
+      <c r="U10" s="16"/>
+      <c r="V10" s="16"/>
+      <c r="W10" s="16"/>
+      <c r="X10" s="16"/>
+      <c r="Y10" s="16"/>
+      <c r="Z10" s="16"/>
+      <c r="AA10" s="16"/>
+      <c r="AB10" s="16"/>
+      <c r="AC10" s="16"/>
+      <c r="AD10" s="16"/>
+      <c r="AE10" s="16"/>
+      <c r="AF10" s="16"/>
+      <c r="AG10" s="16"/>
+      <c r="AH10" s="16"/>
+      <c r="AI10" s="16"/>
+      <c r="AJ10" s="16"/>
+      <c r="AK10" s="16"/>
+      <c r="AL10" s="16"/>
+      <c r="AM10" s="16"/>
+      <c r="AN10" s="16"/>
+      <c r="AO10" s="16"/>
+      <c r="AP10" s="16"/>
+      <c r="AQ10" s="16"/>
+      <c r="AR10" s="16"/>
+      <c r="AS10" s="16"/>
+      <c r="AT10" s="16"/>
+      <c r="AU10" s="16"/>
+      <c r="AV10" s="16"/>
+      <c r="AW10" s="16"/>
+      <c r="AX10" s="16"/>
+      <c r="AY10" s="16"/>
+      <c r="AZ10" s="16"/>
+      <c r="BA10" s="16"/>
+      <c r="BB10" s="16"/>
+      <c r="BC10" s="16"/>
+      <c r="BD10" s="16"/>
+      <c r="BE10" s="16"/>
+      <c r="BF10" s="16"/>
+      <c r="BG10" s="16"/>
+      <c r="BH10" s="16"/>
+      <c r="BI10" s="16"/>
+      <c r="BJ10" s="16"/>
+      <c r="BK10" s="16"/>
+      <c r="BL10" s="16"/>
+      <c r="BM10" s="16"/>
+      <c r="BN10" s="16"/>
+      <c r="BO10" s="16"/>
+      <c r="BP10" s="16"/>
+      <c r="BQ10" s="16"/>
+      <c r="BR10" s="16"/>
+      <c r="BS10" s="16"/>
+      <c r="BT10" s="16"/>
+      <c r="BU10" s="16"/>
+      <c r="BV10" s="16"/>
+      <c r="BW10" s="16"/>
+      <c r="BX10" s="16"/>
+      <c r="BY10" s="16"/>
+      <c r="BZ10" s="16"/>
+      <c r="CA10" s="16"/>
+      <c r="CB10" s="16"/>
+      <c r="CC10" s="16"/>
+      <c r="CD10" s="16"/>
+      <c r="CE10" s="16"/>
+      <c r="CF10" s="16"/>
+      <c r="CG10" s="16"/>
+      <c r="CH10" s="16"/>
+      <c r="CI10" s="16"/>
+      <c r="CJ10" s="16"/>
+      <c r="CK10" s="16"/>
+      <c r="CL10" s="16"/>
+      <c r="CM10" s="16"/>
+      <c r="CN10" s="16"/>
+      <c r="CO10" s="16"/>
+      <c r="CP10" s="16"/>
+      <c r="CQ10" s="16"/>
+      <c r="CR10" s="16"/>
+      <c r="CS10" s="16"/>
+      <c r="CT10" s="16"/>
+      <c r="CU10" s="16"/>
+      <c r="CV10" s="16"/>
+      <c r="CW10" s="16"/>
+      <c r="CX10" s="16"/>
+      <c r="CY10" s="16"/>
+      <c r="CZ10" s="16"/>
+      <c r="DA10" s="16"/>
+      <c r="DB10" s="16"/>
+      <c r="DC10" s="16"/>
+      <c r="DD10" s="16"/>
+      <c r="DE10" s="16"/>
+      <c r="DF10" s="16"/>
+      <c r="DG10" s="16"/>
+      <c r="DH10" s="16"/>
+      <c r="DI10" s="16"/>
+      <c r="DJ10" s="16"/>
+      <c r="DK10" s="16"/>
+      <c r="DL10" s="16"/>
+      <c r="DM10" s="16"/>
+      <c r="DN10" s="16"/>
+      <c r="DO10" s="16"/>
+      <c r="DP10" s="16"/>
+      <c r="DQ10" s="16"/>
+      <c r="DR10" s="16"/>
+      <c r="DS10" s="16"/>
+      <c r="DT10" s="16"/>
+      <c r="DU10" s="16"/>
+      <c r="DV10" s="16"/>
+      <c r="DW10" s="16"/>
+      <c r="DX10" s="16"/>
+      <c r="DY10" s="16"/>
+      <c r="DZ10" s="16"/>
+      <c r="EA10" s="16"/>
+      <c r="EB10" s="16"/>
+      <c r="EC10" s="16"/>
+      <c r="ED10" s="16"/>
+      <c r="EE10" s="16"/>
+      <c r="EF10" s="16"/>
+      <c r="EG10" s="16"/>
+      <c r="EH10" s="16"/>
+      <c r="EI10" s="16"/>
+      <c r="EJ10" s="16"/>
+      <c r="EK10" s="16"/>
+      <c r="EL10" s="16"/>
+      <c r="EM10" s="16"/>
+      <c r="EN10" s="16"/>
+      <c r="EO10" s="16"/>
+      <c r="EP10" s="16"/>
+      <c r="EQ10" s="16"/>
+      <c r="ER10" s="16"/>
+      <c r="ES10" s="16"/>
+      <c r="ET10" s="16"/>
+      <c r="EU10" s="16"/>
+      <c r="EV10" s="16"/>
+      <c r="EW10" s="16"/>
+      <c r="EX10" s="16"/>
+      <c r="EY10" s="16"/>
+      <c r="EZ10" s="16"/>
+      <c r="FA10" s="16"/>
+      <c r="FB10" s="16"/>
+      <c r="FC10" s="16"/>
+      <c r="FD10" s="16"/>
+      <c r="FE10" s="16"/>
+      <c r="FF10" s="16"/>
+      <c r="FG10" s="16"/>
+      <c r="FH10" s="16"/>
+      <c r="FI10" s="16"/>
+      <c r="FJ10" s="16"/>
+      <c r="FK10" s="16"/>
+      <c r="FL10" s="16"/>
+      <c r="FM10" s="16"/>
+      <c r="FN10" s="16"/>
+      <c r="FO10" s="16"/>
+      <c r="FP10" s="16"/>
+      <c r="FQ10" s="16"/>
+      <c r="FR10" s="16"/>
+      <c r="FS10" s="16"/>
+      <c r="FT10" s="16"/>
+      <c r="FU10" s="16"/>
+      <c r="FV10" s="16"/>
+      <c r="FW10" s="16"/>
+      <c r="FX10" s="16"/>
+      <c r="FY10" s="16"/>
+      <c r="FZ10" s="16"/>
+      <c r="GA10" s="16"/>
+      <c r="GB10" s="16"/>
+      <c r="GC10" s="16"/>
+      <c r="GD10" s="16"/>
+      <c r="GE10" s="16"/>
+      <c r="GF10" s="16"/>
+      <c r="GG10" s="16"/>
+      <c r="GH10" s="16"/>
+      <c r="GI10" s="16"/>
+      <c r="GJ10" s="16"/>
+      <c r="GK10" s="16"/>
+      <c r="GL10" s="16"/>
+      <c r="GM10" s="16"/>
+      <c r="GN10" s="16"/>
+      <c r="GO10" s="16"/>
+      <c r="GP10" s="16"/>
+      <c r="GQ10" s="16"/>
+      <c r="GR10" s="16"/>
+      <c r="GS10" s="16"/>
+      <c r="GT10" s="16"/>
+      <c r="GU10" s="16"/>
+      <c r="GV10" s="16"/>
+      <c r="GW10" s="16"/>
+      <c r="GX10" s="16">
+        <v>12</v>
+      </c>
+      <c r="GY10" s="16">
+        <v>12</v>
+      </c>
+      <c r="GZ10" s="16">
+        <v>11</v>
+      </c>
+      <c r="HA10" s="16">
+        <v>10</v>
+      </c>
+      <c r="HB10" s="16">
+        <v>10</v>
+      </c>
+      <c r="HC10" s="16">
+        <v>10</v>
+      </c>
+      <c r="HD10" s="16">
+        <v>10</v>
+      </c>
+      <c r="HE10" s="16">
+        <v>9</v>
+      </c>
+      <c r="HF10" s="16">
+        <v>9</v>
+      </c>
+      <c r="HG10" s="16">
+        <v>9</v>
+      </c>
+      <c r="HH10" s="16">
+        <v>9</v>
+      </c>
+      <c r="HI10" s="16">
+        <v>9</v>
+      </c>
+      <c r="HJ10" s="16">
+        <v>12</v>
+      </c>
+      <c r="HK10" s="16">
+        <v>12</v>
+      </c>
+      <c r="HL10" s="16">
+        <v>12</v>
+      </c>
+      <c r="HM10" s="16">
+        <v>12</v>
+      </c>
+      <c r="HN10" s="16">
+        <v>12</v>
+      </c>
+      <c r="HO10" s="16">
+        <v>12</v>
+      </c>
+      <c r="HP10" s="16">
+        <v>11</v>
+      </c>
+      <c r="HQ10" s="16">
+        <v>11</v>
+      </c>
+      <c r="HR10" s="16">
+        <v>11</v>
+      </c>
+      <c r="HS10" s="16">
+        <v>11</v>
+      </c>
+      <c r="HT10" s="16">
+        <v>12</v>
+      </c>
+      <c r="HU10" s="16">
+        <v>12</v>
+      </c>
+      <c r="HV10" s="16">
+        <v>12</v>
+      </c>
+      <c r="HW10" s="16">
+        <v>11</v>
+      </c>
+      <c r="HX10" s="16">
+        <v>11</v>
+      </c>
+      <c r="HY10" s="16">
+        <v>11</v>
+      </c>
+      <c r="HZ10" s="16">
+        <v>11</v>
+      </c>
+      <c r="IA10" s="16">
+        <v>12</v>
+      </c>
+      <c r="IB10" s="16">
+        <v>12</v>
+      </c>
+      <c r="IC10" s="16">
+        <v>14</v>
+      </c>
+      <c r="ID10" s="16">
+        <v>14</v>
+      </c>
+      <c r="IE10" s="16">
+        <v>15</v>
+      </c>
+      <c r="IF10" s="16">
+        <v>18</v>
+      </c>
+      <c r="IG10" s="16">
+        <v>19</v>
+      </c>
+      <c r="IH10" s="16">
+        <v>19</v>
+      </c>
+      <c r="II10" s="15">
+        <v>21</v>
+      </c>
+      <c r="IJ10" s="15">
+        <v>23</v>
+      </c>
+      <c r="IK10" s="15">
+        <v>25</v>
+      </c>
+      <c r="IL10" s="16">
+        <v>26</v>
+      </c>
+      <c r="IM10" s="16">
+        <v>25</v>
+      </c>
+      <c r="IN10" s="16">
+        <v>25</v>
+      </c>
+      <c r="IO10" s="16">
+        <v>27</v>
+      </c>
+      <c r="IP10" s="16">
+        <v>27</v>
+      </c>
+      <c r="IQ10" s="15">
+        <v>27</v>
+      </c>
+      <c r="IR10" s="15">
+        <v>27</v>
+      </c>
+      <c r="IS10" s="15">
+        <v>25</v>
+      </c>
+      <c r="IT10" s="15">
+        <v>25</v>
+      </c>
+      <c r="IU10" s="16">
+        <v>24</v>
+      </c>
+      <c r="IV10" s="15">
+        <v>22</v>
+      </c>
+      <c r="IW10" s="15">
+        <v>22</v>
+      </c>
+      <c r="IX10" s="15">
+        <v>21</v>
+      </c>
+      <c r="IY10" s="15">
+        <v>20</v>
+      </c>
+      <c r="IZ10" s="15">
+        <v>20</v>
+      </c>
+      <c r="JA10" s="15">
+        <v>20</v>
+      </c>
+      <c r="JB10" s="15">
+        <v>20</v>
+      </c>
+      <c r="JC10" s="15">
+        <v>19</v>
+      </c>
+      <c r="JD10" s="15">
+        <v>17</v>
+      </c>
+      <c r="JE10" s="15">
+        <v>17</v>
+      </c>
+      <c r="JF10" s="15">
+        <v>19</v>
+      </c>
+      <c r="JG10" s="15">
+        <v>19</v>
+      </c>
+      <c r="JH10" s="15">
+        <v>19</v>
+      </c>
+      <c r="JI10" s="15">
+        <v>21</v>
+      </c>
+      <c r="JJ10" s="15">
+        <v>21</v>
+      </c>
+      <c r="JK10" s="16">
+        <v>21</v>
+      </c>
+      <c r="JL10" s="16">
+        <v>22</v>
+      </c>
+      <c r="JM10" s="15">
+        <v>22</v>
+      </c>
+      <c r="JN10" s="15">
+        <v>23</v>
+      </c>
+      <c r="JO10" s="15">
+        <v>23</v>
+      </c>
+      <c r="JP10" s="15">
+        <v>25</v>
+      </c>
+      <c r="JQ10" s="15">
+        <v>25</v>
+      </c>
+      <c r="JR10" s="15">
+        <v>24</v>
+      </c>
+      <c r="JS10" s="15">
+        <v>22</v>
+      </c>
+      <c r="JT10" s="15">
+        <v>22</v>
+      </c>
+      <c r="JU10" s="15">
+        <v>22</v>
+      </c>
+      <c r="JV10" s="15">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="11" spans="1:282">
+      <c r="A11" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="B11" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="GW11" s="13">
+        <v>65</v>
+      </c>
+      <c r="GX11" s="13">
+        <v>64</v>
+      </c>
+      <c r="GY11" s="13">
+        <v>65</v>
+      </c>
+      <c r="GZ11" s="13">
+        <v>66</v>
+      </c>
+      <c r="HA11" s="13">
+        <v>68</v>
+      </c>
+      <c r="HB11" s="13">
+        <v>68</v>
+      </c>
+      <c r="HC11" s="13">
+        <v>67</v>
+      </c>
+      <c r="HD11" s="13">
+        <v>68</v>
+      </c>
+      <c r="HE11" s="13">
+        <v>68</v>
+      </c>
+      <c r="HF11" s="13">
+        <v>68</v>
+      </c>
+      <c r="HG11" s="13">
+        <v>69</v>
+      </c>
+      <c r="HH11" s="13">
+        <v>72</v>
+      </c>
+      <c r="HI11" s="13">
+        <v>72</v>
+      </c>
+      <c r="HJ11" s="13">
+        <v>72</v>
+      </c>
+      <c r="HK11" s="13">
+        <v>69</v>
+      </c>
+      <c r="HL11" s="16">
+        <v>70</v>
+      </c>
+      <c r="HM11" s="16">
+        <v>73</v>
+      </c>
+      <c r="HN11" s="13">
+        <v>73</v>
+      </c>
+      <c r="HO11" s="13">
+        <v>73</v>
+      </c>
+      <c r="HP11" s="13">
+        <v>72</v>
+      </c>
+      <c r="HQ11" s="13">
+        <v>69</v>
+      </c>
+      <c r="HR11" s="13">
+        <v>68</v>
+      </c>
+      <c r="HS11" s="13">
+        <v>68</v>
+      </c>
+      <c r="HT11" s="13">
+        <v>69</v>
+      </c>
+      <c r="HU11" s="13">
+        <v>66</v>
+      </c>
+      <c r="HV11" s="13">
+        <v>64</v>
+      </c>
+      <c r="HW11" s="13">
+        <v>64</v>
+      </c>
+      <c r="HX11" s="13">
+        <v>65</v>
+      </c>
+      <c r="HY11" s="13">
+        <v>65</v>
+      </c>
+      <c r="HZ11" s="13">
+        <v>65</v>
+      </c>
+      <c r="IA11" s="13">
+        <v>63</v>
+      </c>
+      <c r="IB11" s="13">
+        <v>62</v>
+      </c>
+      <c r="IC11" s="13">
+        <v>63</v>
+      </c>
+      <c r="ID11" s="13">
+        <v>62</v>
+      </c>
+      <c r="IE11" s="13">
+        <v>62</v>
+      </c>
+      <c r="IF11" s="16">
+        <v>62</v>
+      </c>
+      <c r="IG11" s="16">
+        <v>64</v>
+      </c>
+      <c r="IH11" s="13">
+        <v>62</v>
+      </c>
+      <c r="II11" s="10">
+        <v>66</v>
+      </c>
+      <c r="IJ11" s="10">
+        <v>67</v>
+      </c>
+      <c r="IK11" s="10">
+        <v>65</v>
+      </c>
+      <c r="IL11" s="13">
+        <v>65</v>
+      </c>
+      <c r="IM11" s="13">
+        <v>65</v>
+      </c>
+      <c r="IN11" s="13">
+        <v>64</v>
+      </c>
+      <c r="IO11" s="13">
+        <v>64</v>
+      </c>
+      <c r="IP11" s="13">
+        <v>63</v>
+      </c>
+      <c r="IQ11" s="10">
+        <v>60</v>
+      </c>
+      <c r="IR11" s="10">
+        <v>59</v>
+      </c>
+      <c r="IS11" s="10">
+        <v>55</v>
+      </c>
+      <c r="IT11" s="10">
+        <v>54</v>
+      </c>
+      <c r="IU11" s="13">
+        <v>53</v>
+      </c>
+      <c r="IV11" s="10">
+        <v>51</v>
+      </c>
+      <c r="IW11" s="10">
+        <v>51</v>
+      </c>
+      <c r="IX11" s="10">
+        <v>54</v>
+      </c>
+      <c r="IY11" s="10">
+        <v>54</v>
+      </c>
+      <c r="IZ11" s="10">
+        <v>52</v>
+      </c>
+      <c r="JA11" s="10">
+        <v>52</v>
+      </c>
+      <c r="JB11" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JC11" s="10">
+        <v>57</v>
+      </c>
+      <c r="JD11" s="10">
+        <v>57</v>
+      </c>
+      <c r="JE11" s="10">
+        <v>54</v>
+      </c>
+      <c r="JF11" s="10">
+        <v>54</v>
+      </c>
+      <c r="JG11" s="10">
+        <v>54</v>
+      </c>
+      <c r="JH11" s="10">
+        <v>55</v>
+      </c>
+      <c r="JI11" s="10">
+        <v>54</v>
+      </c>
+      <c r="JJ11" s="10">
+        <v>56</v>
+      </c>
+      <c r="JK11" s="13">
+        <v>55</v>
+      </c>
+      <c r="JL11" s="13">
+        <v>55</v>
+      </c>
+      <c r="JM11" s="10">
+        <v>54</v>
+      </c>
+      <c r="JN11" s="10">
+        <v>54</v>
+      </c>
+      <c r="JO11" s="10">
+        <v>54</v>
+      </c>
+      <c r="JP11" s="10">
+        <v>54</v>
+      </c>
+      <c r="JQ11" s="10">
+        <v>56</v>
+      </c>
+      <c r="JR11" s="10">
+        <v>57</v>
+      </c>
+      <c r="JS11" s="10">
+        <v>56</v>
+      </c>
+      <c r="JT11" s="10">
+        <v>56</v>
+      </c>
+      <c r="JU11" s="10">
+        <v>56</v>
+      </c>
+      <c r="JV11" s="10">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:282">
+      <c r="A12" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D12" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="GW12" s="13">
+        <v>60</v>
+      </c>
+      <c r="GX12" s="13">
+        <v>63</v>
+      </c>
+      <c r="GY12" s="13">
+        <v>63</v>
+      </c>
+      <c r="GZ12" s="13">
+        <v>65</v>
+      </c>
+      <c r="HA12" s="13">
+        <v>65</v>
+      </c>
+      <c r="HB12" s="13">
+        <v>65</v>
+      </c>
+      <c r="HC12" s="13">
+        <v>66</v>
+      </c>
+      <c r="HD12" s="13">
+        <v>66</v>
+      </c>
+      <c r="HE12" s="13">
+        <v>64</v>
+      </c>
+      <c r="HF12" s="13">
+        <v>65</v>
+      </c>
+      <c r="HG12" s="13">
+        <v>65</v>
+      </c>
+      <c r="HH12" s="13">
+        <v>66</v>
+      </c>
+      <c r="HI12" s="13">
+        <v>66</v>
+      </c>
+      <c r="HJ12" s="13">
+        <v>66</v>
+      </c>
+      <c r="HK12" s="13">
+        <v>64</v>
+      </c>
+      <c r="HL12" s="13">
+        <v>65</v>
+      </c>
+      <c r="HM12" s="13">
+        <v>65</v>
+      </c>
+      <c r="HN12" s="13">
+        <v>65</v>
+      </c>
+      <c r="HO12" s="13">
+        <v>64</v>
+      </c>
+      <c r="HP12" s="13">
+        <v>65</v>
+      </c>
+      <c r="HQ12" s="13">
+        <v>62</v>
+      </c>
+      <c r="HR12" s="13">
+        <v>62</v>
+      </c>
+      <c r="HS12" s="13">
+        <v>64</v>
+      </c>
+      <c r="HT12" s="13">
+        <v>64</v>
+      </c>
+      <c r="HU12" s="13">
+        <v>63</v>
+      </c>
+      <c r="HV12" s="13">
+        <v>62</v>
+      </c>
+      <c r="HW12" s="13">
+        <v>61</v>
+      </c>
+      <c r="HX12" s="13">
+        <v>62</v>
+      </c>
+      <c r="HY12" s="13">
+        <v>62</v>
+      </c>
+      <c r="HZ12" s="13">
+        <v>63</v>
+      </c>
+      <c r="IA12" s="13">
+        <v>61</v>
+      </c>
+      <c r="IB12" s="13">
+        <v>57</v>
+      </c>
+      <c r="IC12" s="13">
+        <v>58</v>
+      </c>
+      <c r="ID12" s="13">
+        <v>58</v>
+      </c>
+      <c r="IE12" s="13">
+        <v>58</v>
+      </c>
+      <c r="IF12" s="16">
+        <v>58</v>
+      </c>
+      <c r="IG12" s="16">
+        <v>58</v>
+      </c>
+      <c r="IH12" s="13">
+        <v>59</v>
+      </c>
+      <c r="II12" s="10">
+        <v>60</v>
+      </c>
+      <c r="IJ12" s="10">
+        <v>60</v>
+      </c>
+      <c r="IK12" s="10">
+        <v>60</v>
+      </c>
+      <c r="IL12" s="13">
+        <v>61</v>
+      </c>
+      <c r="IM12" s="13">
+        <v>63</v>
+      </c>
+      <c r="IN12" s="13">
+        <v>63</v>
+      </c>
+      <c r="IO12" s="13">
+        <v>60</v>
+      </c>
+      <c r="IP12" s="13">
+        <v>60</v>
+      </c>
+      <c r="IQ12" s="10">
+        <v>60</v>
+      </c>
+      <c r="IR12" s="10">
+        <v>58</v>
+      </c>
+      <c r="IS12" s="10">
+        <v>56</v>
+      </c>
+      <c r="IT12" s="10">
+        <v>57</v>
+      </c>
+      <c r="IU12" s="13">
+        <v>56</v>
+      </c>
+      <c r="IV12" s="10">
+        <v>56</v>
+      </c>
+      <c r="IW12" s="10">
+        <v>56</v>
+      </c>
+      <c r="IX12" s="10">
+        <v>41</v>
+      </c>
+      <c r="IY12" s="10">
+        <v>41</v>
+      </c>
+      <c r="IZ12" s="10">
+        <v>47</v>
+      </c>
+      <c r="JA12" s="10">
+        <v>47</v>
+      </c>
+      <c r="JB12" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JC12" s="10">
+        <v>47</v>
+      </c>
+      <c r="JD12" s="10">
+        <v>47</v>
+      </c>
+      <c r="JE12" s="10">
+        <v>48</v>
+      </c>
+      <c r="JF12" s="10">
+        <v>48</v>
+      </c>
+      <c r="JG12" s="10">
+        <v>48</v>
+      </c>
+      <c r="JH12" s="10">
+        <v>48</v>
+      </c>
+      <c r="JI12" s="10">
+        <v>46</v>
+      </c>
+      <c r="JJ12" s="10">
+        <v>46</v>
+      </c>
+      <c r="JK12" s="13">
+        <v>41</v>
+      </c>
+      <c r="JL12" s="13">
+        <v>42</v>
+      </c>
+      <c r="JM12" s="10">
+        <v>39</v>
+      </c>
+      <c r="JN12" s="10">
+        <v>35</v>
+      </c>
+      <c r="JO12" s="10">
+        <v>35</v>
+      </c>
+      <c r="JP12" s="10">
+        <v>36</v>
+      </c>
+      <c r="JQ12" s="10">
+        <v>37</v>
+      </c>
+      <c r="JR12" s="10">
+        <v>35</v>
+      </c>
+      <c r="JS12" s="10">
+        <v>37</v>
+      </c>
+      <c r="JT12" s="10">
+        <v>37</v>
+      </c>
+      <c r="JU12" s="10">
+        <v>36</v>
+      </c>
+      <c r="JV12" s="10">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:282">
+      <c r="A13" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="GW13" s="13">
+        <v>9</v>
+      </c>
+      <c r="GX13" s="13">
+        <v>11</v>
+      </c>
+      <c r="GY13" s="13">
+        <v>12</v>
+      </c>
+      <c r="GZ13" s="13">
+        <v>13</v>
+      </c>
+      <c r="HA13" s="13">
+        <v>12</v>
+      </c>
+      <c r="HB13" s="13">
+        <v>13</v>
+      </c>
+      <c r="HC13" s="13">
+        <v>14</v>
+      </c>
+      <c r="HD13" s="13">
+        <v>14</v>
+      </c>
+      <c r="HE13" s="13">
+        <v>14</v>
+      </c>
+      <c r="HF13" s="13">
+        <v>15</v>
+      </c>
+      <c r="HG13" s="13">
+        <v>15</v>
+      </c>
+      <c r="HH13" s="13">
+        <v>18</v>
+      </c>
+      <c r="HI13" s="13">
+        <v>19</v>
+      </c>
+      <c r="HJ13" s="13">
+        <v>21</v>
+      </c>
+      <c r="HK13" s="13">
+        <v>23</v>
+      </c>
+      <c r="HL13" s="13">
+        <v>25</v>
+      </c>
+      <c r="HM13" s="13">
+        <v>27</v>
+      </c>
+      <c r="HN13" s="13">
+        <v>26</v>
+      </c>
+      <c r="HO13" s="13">
+        <v>26</v>
+      </c>
+      <c r="HP13" s="13">
+        <v>27</v>
+      </c>
+      <c r="HQ13" s="13">
+        <v>29</v>
+      </c>
+      <c r="HR13" s="13">
+        <v>30</v>
+      </c>
+      <c r="HS13" s="13">
+        <v>30</v>
+      </c>
+      <c r="HT13" s="13">
+        <v>32</v>
+      </c>
+      <c r="HU13" s="13">
+        <v>28</v>
+      </c>
+      <c r="HV13" s="13">
+        <v>28</v>
+      </c>
+      <c r="HW13" s="13">
+        <v>28</v>
+      </c>
+      <c r="HX13" s="13">
+        <v>27</v>
+      </c>
+      <c r="HY13" s="13">
+        <v>28</v>
+      </c>
+      <c r="HZ13" s="13">
+        <v>27</v>
+      </c>
+      <c r="IA13" s="13">
+        <v>27</v>
+      </c>
+      <c r="IB13" s="13">
+        <v>30</v>
+      </c>
+      <c r="IC13" s="13">
+        <v>30</v>
+      </c>
+      <c r="ID13" s="13">
+        <v>29</v>
+      </c>
+      <c r="IE13" s="13">
+        <v>31</v>
+      </c>
+      <c r="IF13" s="16">
+        <v>30</v>
+      </c>
+      <c r="IG13" s="16">
+        <v>32</v>
+      </c>
+      <c r="IH13" s="13">
+        <v>29</v>
+      </c>
+      <c r="II13" s="10">
+        <v>30</v>
+      </c>
+      <c r="IJ13" s="10">
+        <v>32</v>
+      </c>
+      <c r="IK13" s="10">
+        <v>32</v>
+      </c>
+      <c r="IL13" s="13">
+        <v>32</v>
+      </c>
+      <c r="IM13" s="13">
+        <v>32</v>
+      </c>
+      <c r="IN13" s="13">
+        <v>32</v>
+      </c>
+      <c r="IO13" s="13">
+        <v>32</v>
+      </c>
+      <c r="IP13" s="13">
+        <v>32</v>
+      </c>
+      <c r="IQ13" s="10">
+        <v>35</v>
+      </c>
+      <c r="IR13" s="10">
+        <v>36</v>
+      </c>
+      <c r="IS13" s="10">
+        <v>33</v>
+      </c>
+      <c r="IT13" s="10">
+        <v>33</v>
+      </c>
+      <c r="IU13" s="13">
+        <v>32</v>
+      </c>
+      <c r="IV13" s="10">
+        <v>31</v>
+      </c>
+      <c r="IW13" s="10">
+        <v>31</v>
+      </c>
+      <c r="IX13" s="10">
+        <v>33</v>
+      </c>
+      <c r="IY13" s="10">
+        <v>33</v>
+      </c>
+      <c r="IZ13" s="10">
+        <v>27</v>
+      </c>
+      <c r="JA13" s="10">
+        <v>33</v>
+      </c>
+      <c r="JB13" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JC13" s="10">
+        <v>30</v>
+      </c>
+      <c r="JD13" s="10">
+        <v>30</v>
+      </c>
+      <c r="JE13" s="10">
+        <v>32</v>
+      </c>
+      <c r="JF13" s="10">
+        <v>32</v>
+      </c>
+      <c r="JG13" s="10">
+        <v>32</v>
+      </c>
+      <c r="JH13" s="10">
+        <v>30</v>
+      </c>
+      <c r="JI13" s="10">
+        <v>32</v>
+      </c>
+      <c r="JJ13" s="10">
+        <v>31</v>
+      </c>
+      <c r="JK13" s="13">
+        <v>34</v>
+      </c>
+      <c r="JL13" s="13">
+        <v>35</v>
+      </c>
+      <c r="JM13" s="10">
+        <v>36</v>
+      </c>
+      <c r="JN13" s="10">
+        <v>39</v>
+      </c>
+      <c r="JO13" s="10">
+        <v>40</v>
+      </c>
+      <c r="JP13" s="10">
+        <v>40</v>
+      </c>
+      <c r="JQ13" s="10">
+        <v>39</v>
+      </c>
+      <c r="JR13" s="10">
+        <v>41</v>
+      </c>
+      <c r="JS13" s="10">
+        <v>42</v>
+      </c>
+      <c r="JT13" s="10">
+        <v>43</v>
+      </c>
+      <c r="JU13" s="10">
+        <v>43</v>
+      </c>
+      <c r="JV13" s="10">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="14" spans="1:282">
+      <c r="A14" s="18" t="s">
+        <v>244</v>
+      </c>
+      <c r="B14" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="GW14" s="13">
+        <v>25</v>
+      </c>
+      <c r="GX14" s="13">
+        <v>27</v>
+      </c>
+      <c r="GY14" s="13">
+        <v>28</v>
+      </c>
+      <c r="GZ14" s="13">
+        <v>28</v>
+      </c>
+      <c r="HA14" s="13">
+        <v>26</v>
+      </c>
+      <c r="HB14" s="13">
+        <v>26</v>
+      </c>
+      <c r="HC14" s="13">
+        <v>28</v>
+      </c>
+      <c r="HD14" s="13">
+        <v>27</v>
+      </c>
+      <c r="HE14" s="13">
+        <v>27</v>
+      </c>
+      <c r="HF14" s="13">
+        <v>27</v>
+      </c>
+      <c r="HG14" s="13">
+        <v>29</v>
+      </c>
+      <c r="HH14" s="13">
+        <v>32</v>
+      </c>
+      <c r="HI14" s="13">
+        <v>33</v>
+      </c>
+      <c r="HJ14" s="13">
+        <v>35</v>
+      </c>
+      <c r="HK14" s="13">
+        <v>34</v>
+      </c>
+      <c r="HL14" s="13">
+        <v>36</v>
+      </c>
+      <c r="HM14" s="13">
+        <v>36</v>
+      </c>
+      <c r="HN14" s="13">
+        <v>36</v>
+      </c>
+      <c r="HO14" s="13">
+        <v>36</v>
+      </c>
+      <c r="HP14" s="13">
+        <v>36</v>
+      </c>
+      <c r="HQ14" s="13">
+        <v>39</v>
+      </c>
+      <c r="HR14" s="13">
+        <v>40</v>
+      </c>
+      <c r="HS14" s="13">
+        <v>40</v>
+      </c>
+      <c r="HT14" s="13">
+        <v>43</v>
+      </c>
+      <c r="HU14" s="13">
+        <v>43</v>
+      </c>
+      <c r="HV14" s="13">
+        <v>41</v>
+      </c>
+      <c r="HW14" s="13">
+        <v>41</v>
+      </c>
+      <c r="HX14" s="13">
+        <v>41</v>
+      </c>
+      <c r="HY14" s="13">
+        <v>40</v>
+      </c>
+      <c r="HZ14" s="13">
+        <v>41</v>
+      </c>
+      <c r="IA14" s="13">
+        <v>39</v>
+      </c>
+      <c r="IB14" s="13">
+        <v>40</v>
+      </c>
+      <c r="IC14" s="13">
+        <v>42</v>
+      </c>
+      <c r="ID14" s="13">
+        <v>43</v>
+      </c>
+      <c r="IE14" s="13">
+        <v>46</v>
+      </c>
+      <c r="IF14" s="16">
+        <v>46</v>
+      </c>
+      <c r="IG14" s="16">
+        <v>44</v>
+      </c>
+      <c r="IH14" s="13">
+        <v>48</v>
+      </c>
+      <c r="II14" s="10">
+        <v>48</v>
+      </c>
+      <c r="IJ14" s="10">
+        <v>48</v>
+      </c>
+      <c r="IK14" s="10">
+        <v>50</v>
+      </c>
+      <c r="IL14" s="13">
+        <v>51</v>
+      </c>
+      <c r="IM14" s="13">
+        <v>51</v>
+      </c>
+      <c r="IN14" s="13">
+        <v>54</v>
+      </c>
+      <c r="IO14" s="13">
+        <v>55</v>
+      </c>
+      <c r="IP14" s="13">
+        <v>54</v>
+      </c>
+      <c r="IQ14" s="10">
+        <v>48</v>
+      </c>
+      <c r="IR14" s="10">
+        <v>46</v>
+      </c>
+      <c r="IS14" s="10">
+        <v>44</v>
+      </c>
+      <c r="IT14" s="10">
+        <v>44</v>
+      </c>
+      <c r="IU14" s="13">
+        <v>43</v>
+      </c>
+      <c r="IV14" s="10">
+        <v>42</v>
+      </c>
+      <c r="IW14" s="10">
+        <v>43</v>
+      </c>
+      <c r="IX14" s="10">
+        <v>38</v>
+      </c>
+      <c r="IY14" s="10">
+        <v>38</v>
+      </c>
+      <c r="IZ14" s="10">
+        <v>39</v>
+      </c>
+      <c r="JA14" s="10">
+        <v>39</v>
+      </c>
+      <c r="JB14" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="JC14" s="10">
+        <v>38</v>
+      </c>
+      <c r="JD14" s="10">
+        <v>39</v>
+      </c>
+      <c r="JE14" s="10">
+        <v>41</v>
+      </c>
+      <c r="JF14" s="10">
+        <v>41</v>
+      </c>
+      <c r="JG14" s="10">
+        <v>38</v>
+      </c>
+      <c r="JH14" s="10">
+        <v>37</v>
+      </c>
+      <c r="JI14" s="10">
+        <v>38</v>
+      </c>
+      <c r="JJ14" s="10">
+        <v>36</v>
+      </c>
+      <c r="JK14" s="13">
+        <v>34</v>
+      </c>
+      <c r="JL14" s="13">
+        <v>35</v>
+      </c>
+      <c r="JM14" s="10">
+        <v>42</v>
+      </c>
+      <c r="JN14" s="10">
+        <v>43</v>
+      </c>
+      <c r="JO14" s="10">
+        <v>43</v>
+      </c>
+      <c r="JP14" s="10">
+        <v>43</v>
+      </c>
+      <c r="JQ14" s="10">
+        <v>43</v>
+      </c>
+      <c r="JR14" s="10">
+        <v>44</v>
+      </c>
+      <c r="JS14" s="10">
+        <v>44</v>
+      </c>
+      <c r="JT14" s="10">
+        <v>43</v>
+      </c>
+      <c r="JU14" s="10">
+        <v>43</v>
+      </c>
+      <c r="JV14" s="10">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="17" spans="1:239">
+      <c r="IA17" s="10"/>
+      <c r="IB17" s="10"/>
+      <c r="IC17" s="10"/>
+      <c r="ID17" s="10"/>
+      <c r="IE17" s="10"/>
+    </row>
+    <row r="18" spans="1:239">
+      <c r="HS18" s="13"/>
+      <c r="HT18" s="13"/>
+      <c r="HU18" s="13"/>
+      <c r="HV18" s="13"/>
+      <c r="HW18" s="13"/>
+      <c r="HX18" s="13"/>
+      <c r="HY18" s="13"/>
+      <c r="HZ18" s="13"/>
+    </row>
+    <row r="24" spans="1:239">
+      <c r="A24" s="6"/>
+      <c r="B24" s="6"/>
+    </row>
+    <row r="25" spans="1:239">
+      <c r="A25" s="6"/>
+      <c r="B25" s="6"/>
+    </row>
+    <row r="26" spans="1:239">
+      <c r="A26" s="6"/>
+      <c r="B26" s="6"/>
+    </row>
+    <row r="27" spans="1:239">
+      <c r="A27" s="6"/>
+      <c r="B27" s="6"/>
+    </row>
+    <row r="28" spans="1:239">
+      <c r="A28" s="6"/>
+      <c r="B28" s="6"/>
+    </row>
+    <row r="29" spans="1:239">
+      <c r="A29" s="6"/>
+      <c r="B29" s="6"/>
+    </row>
+    <row r="30" spans="1:239">
+      <c r="A30" s="6"/>
+      <c r="B30" s="6"/>
+    </row>
+    <row r="31" spans="1:239">
+      <c r="A31" s="6"/>
+      <c r="B31" s="6"/>
+    </row>
+    <row r="32" spans="1:239">
+      <c r="A32" s="6"/>
+      <c r="B32" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FA7CC9C01A01214D806DA3AF257C230A" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9356f25f0898e190126f25044d1ea66b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c64490b4aec6201516c3a874156f37b2">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -5575,93 +8448,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA0947CE-1837-43BE-BDD4-1941953B1382}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92125F4B-83FE-4925-8B03-2575EFB1671A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CD0181C-6B48-43BA-BF0E-54F9EA77C0E2}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C1254A3-DC5F-46BF-A723-E2E9E9B8339B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CD0181C-6B48-43BA-BF0E-54F9EA77C0E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>